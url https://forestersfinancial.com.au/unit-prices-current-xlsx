--- v0 (2025-10-20)
+++ v1 (2025-11-13)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Administration\Products (Funds)\Unit pricing\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{876AC60E-1A41-4D00-BE6D-0BE5972BB6CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{89706132-7AD3-46EE-9617-42C53A20CEB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="13380" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{8ECC81A5-EB3F-49F8-BE04-1406697A7ED3}"/>
+    <workbookView xWindow="13380" yWindow="-16320" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{8ECC81A5-EB3F-49F8-BE04-1406697A7ED3}"/>
   </bookViews>
   <sheets>
     <sheet name="Prepaid Funeral_Funeral Bond" sheetId="1" r:id="rId1"/>
     <sheet name="Investment Bond" sheetId="2" r:id="rId2"/>
     <sheet name="Education Bond" sheetId="4" r:id="rId3"/>
     <sheet name="Corporate Funeral Bond" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -444,6643 +444,7665 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A5374B0-6425-4502-9A0E-2983FDA3D210}">
-  <dimension ref="A1:Z84"/>
+  <dimension ref="A1:Z99"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
     <col min="19" max="19" width="11.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B2" s="7">
-        <v>1.1349689999999999</v>
+        <v>1.1325080000000001</v>
       </c>
       <c r="C2" s="7">
-        <v>1.1171420000000001</v>
+        <v>1.114323</v>
       </c>
       <c r="D2" s="7">
-        <v>1.181908</v>
+        <v>1.1787160000000001</v>
       </c>
       <c r="E2" s="7">
-        <v>1.0888580000000001</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:23" x14ac:dyDescent="0.35">
+        <v>1.0834630000000001</v>
+      </c>
+    </row>
+    <row r="3" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B3" s="7">
-        <v>1.135904</v>
+        <v>1.133915</v>
       </c>
       <c r="C3" s="7">
-        <v>1.1177440000000001</v>
+        <v>1.116206</v>
       </c>
       <c r="D3" s="7">
-        <v>1.183263</v>
+        <v>1.181648</v>
       </c>
       <c r="E3" s="7">
-        <v>1.0921339999999999</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:23" x14ac:dyDescent="0.35">
+        <v>1.0861609999999999</v>
+      </c>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B4" s="7">
-        <v>1.133346</v>
+        <v>1.1334340000000001</v>
       </c>
       <c r="C4" s="7">
-        <v>1.1148290000000001</v>
+        <v>1.115435</v>
       </c>
       <c r="D4" s="7">
-        <v>1.1797550000000001</v>
+        <v>1.180599</v>
       </c>
       <c r="E4" s="7">
-        <v>1.0893330000000001</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:23" x14ac:dyDescent="0.35">
+        <v>1.0844499999999999</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B5" s="7">
-        <v>1.1303650000000001</v>
+        <v>1.134417</v>
       </c>
       <c r="C5" s="7">
-        <v>1.111658</v>
+        <v>1.116495</v>
       </c>
       <c r="D5" s="7">
-        <v>1.1759900000000001</v>
+        <v>1.182267</v>
       </c>
       <c r="E5" s="7">
-        <v>1.0857840000000001</v>
-[...7 lines deleted...]
-    <row r="6" spans="1:23" x14ac:dyDescent="0.35">
+        <v>1.0863659999999999</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B6" s="7">
-        <v>1.1298820000000001</v>
+        <v>1.135699</v>
       </c>
       <c r="C6" s="7">
-        <v>1.110862</v>
+        <v>1.118276</v>
       </c>
       <c r="D6" s="7">
-        <v>1.175262</v>
+        <v>1.1848099999999999</v>
       </c>
       <c r="E6" s="7">
-        <v>1.085628</v>
-[...2 lines deleted...]
-      <c r="R6" s="2"/>
+        <v>1.0891630000000001</v>
+      </c>
+      <c r="J6" s="1"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
-      <c r="W6" s="2"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U6" s="2"/>
+      <c r="X6" s="2"/>
+    </row>
+    <row r="7" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B7" s="7">
-        <v>1.1318509999999999</v>
+        <v>1.13652</v>
       </c>
       <c r="C7" s="7">
-        <v>1.1133489999999999</v>
+        <v>1.118684</v>
       </c>
       <c r="D7" s="7">
-        <v>1.178947</v>
+        <v>1.185025</v>
       </c>
       <c r="E7" s="7">
-        <v>1.084584</v>
-[...2 lines deleted...]
-      <c r="R7" s="2"/>
+        <v>1.0896699999999999</v>
+      </c>
+      <c r="J7" s="1"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
-      <c r="W7" s="2"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U7" s="2"/>
+      <c r="X7" s="2"/>
+    </row>
+    <row r="8" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B8" s="7">
-        <v>1.132441</v>
+        <v>1.1365989999999999</v>
       </c>
       <c r="C8" s="7">
-        <v>1.113947</v>
+        <v>1.119041</v>
       </c>
       <c r="D8" s="7">
-        <v>1.1797040000000001</v>
+        <v>1.185362</v>
       </c>
       <c r="E8" s="7">
-        <v>1.0883499999999999</v>
-[...2 lines deleted...]
-      <c r="R8" s="2"/>
+        <v>1.091397</v>
+      </c>
+      <c r="J8" s="1"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
-      <c r="W8" s="2"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U8" s="2"/>
+      <c r="X8" s="2"/>
+    </row>
+    <row r="9" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45938</v>
+        <v>45959</v>
       </c>
       <c r="B9" s="7">
-        <v>1.131759</v>
+        <v>1.137964</v>
       </c>
       <c r="C9" s="7">
-        <v>1.113383</v>
+        <v>1.120987</v>
       </c>
       <c r="D9" s="7">
-        <v>1.1789320000000001</v>
+        <v>1.1880310000000001</v>
       </c>
       <c r="E9" s="7">
-        <v>1.087407</v>
-[...2 lines deleted...]
-      <c r="R9" s="2"/>
+        <v>1.093434</v>
+      </c>
+      <c r="J9" s="1"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
-      <c r="W9" s="2"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U9" s="2"/>
+      <c r="X9" s="2"/>
+    </row>
+    <row r="10" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45937</v>
+        <v>45958</v>
       </c>
       <c r="B10" s="7">
-        <v>1.132072</v>
+        <v>1.139219</v>
       </c>
       <c r="C10" s="7">
-        <v>1.1134269999999999</v>
+        <v>1.122538</v>
       </c>
       <c r="D10" s="7">
-        <v>1.179092</v>
+        <v>1.189573</v>
       </c>
       <c r="E10" s="7">
-        <v>1.0885830000000001</v>
-[...2 lines deleted...]
-      <c r="R10" s="2"/>
+        <v>1.094176</v>
+      </c>
+      <c r="J10" s="1"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
-      <c r="W10" s="2"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U10" s="2"/>
+      <c r="X10" s="2"/>
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45936</v>
+        <v>45957</v>
       </c>
       <c r="B11" s="7">
-        <v>1.1323589999999999</v>
+        <v>1.139451</v>
       </c>
       <c r="C11" s="7">
-        <v>1.1137680000000001</v>
+        <v>1.1227929999999999</v>
       </c>
       <c r="D11" s="7">
-        <v>1.179252</v>
+        <v>1.1896720000000001</v>
       </c>
       <c r="E11" s="7">
-        <v>1.0889340000000001</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
+        <v>1.0958920000000001</v>
+      </c>
+      <c r="J11" s="1"/>
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="U11" s="2"/>
+      <c r="X11" s="2"/>
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45933</v>
+        <v>45954</v>
       </c>
       <c r="B12" s="7">
-        <v>1.1313839999999999</v>
+        <v>1.137721</v>
       </c>
       <c r="C12" s="7">
-        <v>1.1120319999999999</v>
+        <v>1.1205000000000001</v>
       </c>
       <c r="D12" s="7">
-        <v>1.177233</v>
+        <v>1.186167</v>
       </c>
       <c r="E12" s="7">
-        <v>1.0878129999999999</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
+        <v>1.0945180000000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45932</v>
+        <v>45953</v>
       </c>
       <c r="B13" s="7">
-        <v>1.130728</v>
+        <v>1.137761</v>
       </c>
       <c r="C13" s="7">
-        <v>1.1109359999999999</v>
+        <v>1.120331</v>
       </c>
       <c r="D13" s="7">
-        <v>1.1749780000000001</v>
+        <v>1.1859200000000001</v>
       </c>
       <c r="E13" s="7">
-        <v>1.0865050000000001</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
+        <v>1.0941080000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45931</v>
+        <v>45952</v>
       </c>
       <c r="B14" s="7">
-        <v>1.1282650000000001</v>
+        <v>1.137643</v>
       </c>
       <c r="C14" s="7">
-        <v>1.107925</v>
+        <v>1.1203000000000001</v>
       </c>
       <c r="D14" s="7">
-        <v>1.1708289999999999</v>
+        <v>1.1860170000000001</v>
       </c>
       <c r="E14" s="7">
-        <v>1.0835840000000001</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
+        <v>1.093923</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45930</v>
+        <v>45951</v>
       </c>
       <c r="B15" s="7">
-        <v>1.1278280000000001</v>
+        <v>1.1386540000000001</v>
       </c>
       <c r="C15" s="7">
-        <v>1.106862</v>
+        <v>1.121688</v>
       </c>
       <c r="D15" s="7">
-        <v>1.1697010000000001</v>
+        <v>1.1876500000000001</v>
       </c>
       <c r="E15" s="7">
-        <v>1.082908</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
+        <v>1.0946800000000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45929</v>
+        <v>45950</v>
       </c>
       <c r="B16" s="7">
-        <v>1.1278809999999999</v>
+        <v>1.1366959999999999</v>
       </c>
       <c r="C16" s="7">
-        <v>1.107073</v>
+        <v>1.1194200000000001</v>
       </c>
       <c r="D16" s="7">
-        <v>1.1701699999999999</v>
+        <v>1.184895</v>
       </c>
       <c r="E16" s="7">
-        <v>1.0826610000000001</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0934619999999999</v>
+      </c>
+      <c r="K16" s="1"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+      <c r="V16" s="2"/>
+      <c r="Y16" s="2"/>
+    </row>
+    <row r="17" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45926</v>
+        <v>45947</v>
       </c>
       <c r="B17" s="7">
-        <v>1.125373</v>
+        <v>1.1349689999999999</v>
       </c>
       <c r="C17" s="7">
-        <v>1.104668</v>
+        <v>1.1171420000000001</v>
       </c>
       <c r="D17" s="7">
-        <v>1.167065</v>
+        <v>1.181908</v>
       </c>
       <c r="E17" s="7">
-        <v>1.0798380000000001</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0888580000000001</v>
+      </c>
+      <c r="K17" s="1"/>
+      <c r="T17" s="2"/>
+      <c r="U17" s="2"/>
+      <c r="V17" s="2"/>
+      <c r="Y17" s="2"/>
+    </row>
+    <row r="18" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45925</v>
+        <v>45946</v>
       </c>
       <c r="B18" s="7">
-        <v>1.1258600000000001</v>
+        <v>1.135904</v>
       </c>
       <c r="C18" s="7">
-        <v>1.1054390000000001</v>
+        <v>1.1177440000000001</v>
       </c>
       <c r="D18" s="7">
-        <v>1.16788</v>
+        <v>1.183263</v>
       </c>
       <c r="E18" s="7">
-        <v>1.08135</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0921339999999999</v>
+      </c>
+      <c r="K18" s="1"/>
+      <c r="T18" s="2"/>
+      <c r="U18" s="2"/>
+      <c r="V18" s="2"/>
+      <c r="Y18" s="2"/>
+    </row>
+    <row r="19" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45924</v>
+        <v>45945</v>
       </c>
       <c r="B19" s="7">
-        <v>1.126304</v>
+        <v>1.133346</v>
       </c>
       <c r="C19" s="7">
-        <v>1.1053109999999999</v>
+        <v>1.1148290000000001</v>
       </c>
       <c r="D19" s="7">
-        <v>1.1676059999999999</v>
+        <v>1.1797550000000001</v>
       </c>
       <c r="E19" s="7">
-        <v>1.083161</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0893330000000001</v>
+      </c>
+      <c r="K19" s="1"/>
+      <c r="T19" s="2"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="2"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45923</v>
+        <v>45944</v>
       </c>
       <c r="B20" s="7">
-        <v>1.128271</v>
+        <v>1.1303650000000001</v>
       </c>
       <c r="C20" s="7">
-        <v>1.1070199999999999</v>
+        <v>1.111658</v>
       </c>
       <c r="D20" s="7">
-        <v>1.170358</v>
+        <v>1.1759900000000001</v>
       </c>
       <c r="E20" s="7">
-        <v>1.084754</v>
-      </c>
+        <v>1.0857840000000001</v>
+      </c>
+      <c r="I20" s="1"/>
       <c r="K20" s="1"/>
+      <c r="R20" s="2"/>
+      <c r="S20" s="2"/>
       <c r="T20" s="2"/>
       <c r="U20" s="2"/>
       <c r="V20" s="2"/>
+      <c r="W20" s="2"/>
       <c r="Y20" s="2"/>
     </row>
-    <row r="21" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45922</v>
+        <v>45943</v>
       </c>
       <c r="B21" s="7">
-        <v>1.1265719999999999</v>
+        <v>1.1298820000000001</v>
       </c>
       <c r="C21" s="7">
-        <v>1.1050199999999999</v>
+        <v>1.110862</v>
       </c>
       <c r="D21" s="7">
-        <v>1.167586</v>
+        <v>1.175262</v>
       </c>
       <c r="E21" s="7">
-        <v>1.0831390000000001</v>
-[...1 lines deleted...]
-      <c r="K21" s="1"/>
+        <v>1.085628</v>
+      </c>
+      <c r="I21" s="1"/>
+      <c r="R21" s="2"/>
+      <c r="S21" s="2"/>
       <c r="T21" s="2"/>
-      <c r="U21" s="2"/>
-[...3 lines deleted...]
-    <row r="22" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45919</v>
+        <v>45940</v>
       </c>
       <c r="B22" s="7">
-        <v>1.1256079999999999</v>
+        <v>1.1318509999999999</v>
       </c>
       <c r="C22" s="7">
-        <v>1.1041650000000001</v>
+        <v>1.1133489999999999</v>
       </c>
       <c r="D22" s="7">
-        <v>1.1661999999999999</v>
+        <v>1.178947</v>
       </c>
       <c r="E22" s="7">
-        <v>1.082125</v>
-[...1 lines deleted...]
-      <c r="K22" s="1"/>
+        <v>1.084584</v>
+      </c>
+      <c r="I22" s="1"/>
+      <c r="R22" s="2"/>
+      <c r="S22" s="2"/>
       <c r="T22" s="2"/>
-      <c r="U22" s="2"/>
-[...3 lines deleted...]
-    <row r="23" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45918</v>
+        <v>45939</v>
       </c>
       <c r="B23" s="7">
-        <v>1.125362</v>
+        <v>1.132441</v>
       </c>
       <c r="C23" s="7">
-        <v>1.1034390000000001</v>
+        <v>1.113947</v>
       </c>
       <c r="D23" s="7">
-        <v>1.1644080000000001</v>
+        <v>1.1797040000000001</v>
       </c>
       <c r="E23" s="7">
-        <v>1.080584</v>
-[...1 lines deleted...]
-      <c r="K23" s="1"/>
+        <v>1.0883499999999999</v>
+      </c>
+      <c r="I23" s="1"/>
+      <c r="R23" s="2"/>
+      <c r="S23" s="2"/>
       <c r="T23" s="2"/>
-      <c r="U23" s="2"/>
-[...3 lines deleted...]
-    <row r="24" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
-        <v>45917</v>
+        <v>45938</v>
       </c>
       <c r="B24" s="7">
-        <v>1.125642</v>
+        <v>1.131759</v>
       </c>
       <c r="C24" s="7">
-        <v>1.103893</v>
+        <v>1.113383</v>
       </c>
       <c r="D24" s="7">
-        <v>1.1653420000000001</v>
+        <v>1.1789320000000001</v>
       </c>
       <c r="E24" s="7">
-        <v>1.0811599999999999</v>
-[...1 lines deleted...]
-      <c r="K24" s="1"/>
+        <v>1.087407</v>
+      </c>
+      <c r="I24" s="1"/>
+      <c r="R24" s="2"/>
+      <c r="S24" s="2"/>
       <c r="T24" s="2"/>
-      <c r="U24" s="2"/>
-[...3 lines deleted...]
-    <row r="25" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
-        <v>45916</v>
+        <v>45937</v>
       </c>
       <c r="B25" s="7">
-        <v>1.127229</v>
+        <v>1.132072</v>
       </c>
       <c r="C25" s="7">
-        <v>1.105197</v>
+        <v>1.1134269999999999</v>
       </c>
       <c r="D25" s="7">
-        <v>1.167521</v>
+        <v>1.179092</v>
       </c>
       <c r="E25" s="7">
-        <v>1.082495</v>
-[...2 lines deleted...]
-      <c r="L25" s="1"/>
+        <v>1.0885830000000001</v>
+      </c>
+      <c r="I25" s="1"/>
+      <c r="R25" s="2"/>
+      <c r="S25" s="2"/>
       <c r="T25" s="2"/>
-      <c r="U25" s="2"/>
-      <c r="V25" s="2"/>
       <c r="W25" s="2"/>
-      <c r="Y25" s="2"/>
-[...2 lines deleted...]
-    <row r="26" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="26" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
-        <v>45915</v>
+        <v>45936</v>
       </c>
       <c r="B26" s="7">
-        <v>1.1260399999999999</v>
+        <v>1.1323589999999999</v>
       </c>
       <c r="C26" s="7">
-        <v>1.103345</v>
+        <v>1.1137680000000001</v>
       </c>
       <c r="D26" s="7">
-        <v>1.1652469999999999</v>
+        <v>1.179252</v>
       </c>
       <c r="E26" s="7">
-        <v>1.0815079999999999</v>
-[...10 lines deleted...]
-    <row r="27" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0889340000000001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
-        <v>45912</v>
+        <v>45933</v>
       </c>
       <c r="B27" s="7">
-        <v>1.126234</v>
+        <v>1.1313839999999999</v>
       </c>
       <c r="C27" s="7">
-        <v>1.1035440000000001</v>
+        <v>1.1120319999999999</v>
       </c>
       <c r="D27" s="7">
-        <v>1.165807</v>
+        <v>1.177233</v>
       </c>
       <c r="E27" s="7">
-        <v>1.082363</v>
-[...10 lines deleted...]
-    <row r="28" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0878129999999999</v>
+      </c>
+    </row>
+    <row r="28" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
-        <v>45911</v>
+        <v>45932</v>
       </c>
       <c r="B28" s="7">
-        <v>1.1237250000000001</v>
+        <v>1.130728</v>
       </c>
       <c r="C28" s="7">
-        <v>1.1009249999999999</v>
+        <v>1.1109359999999999</v>
       </c>
       <c r="D28" s="7">
-        <v>1.161529</v>
+        <v>1.1749780000000001</v>
       </c>
       <c r="E28" s="7">
-        <v>1.0795699999999999</v>
-[...7 lines deleted...]
-    <row r="29" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0865050000000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
-        <v>45910</v>
+        <v>45931</v>
       </c>
       <c r="B29" s="7">
-        <v>1.1234569999999999</v>
+        <v>1.1282650000000001</v>
       </c>
       <c r="C29" s="7">
-        <v>1.1008290000000001</v>
+        <v>1.107925</v>
       </c>
       <c r="D29" s="7">
-        <v>1.1614420000000001</v>
+        <v>1.1708289999999999</v>
       </c>
       <c r="E29" s="7">
-        <v>1.0805210000000001</v>
-[...7 lines deleted...]
-    <row r="30" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0835840000000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
-        <v>45909</v>
+        <v>45930</v>
       </c>
       <c r="B30" s="7">
-        <v>1.122738</v>
+        <v>1.1278280000000001</v>
       </c>
       <c r="C30" s="7">
-        <v>1.100182</v>
+        <v>1.106862</v>
       </c>
       <c r="D30" s="7">
-        <v>1.160609</v>
+        <v>1.1697010000000001</v>
       </c>
       <c r="E30" s="7">
-        <v>1.0787370000000001</v>
-[...7 lines deleted...]
-    <row r="31" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.082908</v>
+      </c>
+    </row>
+    <row r="31" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
-        <v>45908</v>
+        <v>45929</v>
       </c>
       <c r="B31" s="7">
-        <v>1.123181</v>
+        <v>1.1278809999999999</v>
       </c>
       <c r="C31" s="7">
-        <v>1.0998840000000001</v>
+        <v>1.107073</v>
       </c>
       <c r="D31" s="7">
-        <v>1.1608039999999999</v>
+        <v>1.1701699999999999</v>
       </c>
       <c r="E31" s="7">
-        <v>1.078735</v>
-[...7 lines deleted...]
-    <row r="32" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0826610000000001</v>
+      </c>
+    </row>
+    <row r="32" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
-        <v>45905</v>
+        <v>45926</v>
       </c>
       <c r="B32" s="7">
-        <v>1.1235790000000001</v>
+        <v>1.125373</v>
       </c>
       <c r="C32" s="7">
-        <v>1.0998239999999999</v>
+        <v>1.104668</v>
       </c>
       <c r="D32" s="7">
-        <v>1.161276</v>
+        <v>1.167065</v>
       </c>
       <c r="E32" s="7">
-        <v>1.0788679999999999</v>
-[...5 lines deleted...]
-      <c r="Z32" s="2"/>
+        <v>1.0798380000000001</v>
+      </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
-        <v>45904</v>
+        <v>45925</v>
       </c>
       <c r="B33" s="7">
-        <v>1.1212359999999999</v>
+        <v>1.1258600000000001</v>
       </c>
       <c r="C33" s="7">
-        <v>1.098282</v>
+        <v>1.1054390000000001</v>
       </c>
       <c r="D33" s="7">
-        <v>1.158293</v>
+        <v>1.16788</v>
       </c>
       <c r="E33" s="7">
-        <v>1.076057</v>
-[...5 lines deleted...]
-      <c r="Z33" s="2"/>
+        <v>1.08135</v>
+      </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A34" s="1">
-        <v>45903</v>
+        <v>45924</v>
       </c>
       <c r="B34" s="7">
-        <v>1.1183149999999999</v>
+        <v>1.126304</v>
       </c>
       <c r="C34" s="7">
-        <v>1.096716</v>
+        <v>1.1053109999999999</v>
       </c>
       <c r="D34" s="7">
-        <v>1.155872</v>
+        <v>1.1676059999999999</v>
       </c>
       <c r="E34" s="7">
-        <v>1.074632</v>
-[...5 lines deleted...]
-      <c r="Z34" s="2"/>
+        <v>1.083161</v>
+      </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A35" s="1">
-        <v>45902</v>
+        <v>45923</v>
       </c>
       <c r="B35" s="7">
-        <v>1.121672</v>
+        <v>1.128271</v>
       </c>
       <c r="C35" s="7">
-        <v>1.099818</v>
+        <v>1.1070199999999999</v>
       </c>
       <c r="D35" s="7">
-        <v>1.1613329999999999</v>
+        <v>1.170358</v>
       </c>
       <c r="E35" s="7">
-        <v>1.077718</v>
+        <v>1.084754</v>
       </c>
       <c r="K35" s="1"/>
-      <c r="L35" s="1"/>
       <c r="T35" s="2"/>
       <c r="U35" s="2"/>
       <c r="V35" s="2"/>
-      <c r="W35" s="2"/>
       <c r="Y35" s="2"/>
-      <c r="Z35" s="2"/>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
-        <v>45901</v>
+        <v>45922</v>
       </c>
       <c r="B36" s="7">
-        <v>1.1225860000000001</v>
+        <v>1.1265719999999999</v>
       </c>
       <c r="C36" s="7">
-        <v>1.1006279999999999</v>
+        <v>1.1050199999999999</v>
       </c>
       <c r="D36" s="7">
-        <v>1.1622170000000001</v>
+        <v>1.167586</v>
       </c>
       <c r="E36" s="7">
-        <v>1.079107</v>
+        <v>1.0831390000000001</v>
       </c>
       <c r="K36" s="1"/>
-      <c r="L36" s="1"/>
       <c r="T36" s="2"/>
       <c r="U36" s="2"/>
       <c r="V36" s="2"/>
-      <c r="W36" s="2"/>
       <c r="Y36" s="2"/>
-      <c r="Z36" s="2"/>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
-        <v>45898</v>
+        <v>45919</v>
       </c>
       <c r="B37" s="7">
-        <v>1.1241099999999999</v>
+        <v>1.1256079999999999</v>
       </c>
       <c r="C37" s="7">
-        <v>1.1015779999999999</v>
+        <v>1.1041650000000001</v>
       </c>
       <c r="D37" s="7">
-        <v>1.163429</v>
+        <v>1.1661999999999999</v>
       </c>
       <c r="E37" s="7">
-        <v>1.0798680000000001</v>
+        <v>1.082125</v>
       </c>
       <c r="K37" s="1"/>
       <c r="T37" s="2"/>
       <c r="U37" s="2"/>
       <c r="V37" s="2"/>
       <c r="Y37" s="2"/>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A38" s="1">
-        <v>45897</v>
+        <v>45918</v>
       </c>
       <c r="B38" s="7">
-        <v>1.1240680000000001</v>
+        <v>1.125362</v>
       </c>
       <c r="C38" s="7">
-        <v>1.1012710000000001</v>
+        <v>1.1034390000000001</v>
       </c>
       <c r="D38" s="7">
-        <v>1.163025</v>
+        <v>1.1644080000000001</v>
       </c>
       <c r="E38" s="7">
-        <v>1.0800110000000001</v>
+        <v>1.080584</v>
       </c>
       <c r="K38" s="1"/>
       <c r="T38" s="2"/>
       <c r="U38" s="2"/>
       <c r="V38" s="2"/>
       <c r="Y38" s="2"/>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
-        <v>45896</v>
+        <v>45917</v>
       </c>
       <c r="B39" s="7">
-        <v>1.1232549999999999</v>
+        <v>1.125642</v>
       </c>
       <c r="C39" s="7">
-        <v>1.101286</v>
+        <v>1.103893</v>
       </c>
       <c r="D39" s="7">
-        <v>1.162925</v>
+        <v>1.1653420000000001</v>
       </c>
       <c r="E39" s="7">
-        <v>1.0795870000000001</v>
+        <v>1.0811599999999999</v>
       </c>
       <c r="K39" s="1"/>
       <c r="T39" s="2"/>
       <c r="U39" s="2"/>
       <c r="V39" s="2"/>
       <c r="Y39" s="2"/>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A40" s="1">
-        <v>45895</v>
+        <v>45916</v>
       </c>
       <c r="B40" s="7">
-        <v>1.122401</v>
+        <v>1.127229</v>
       </c>
       <c r="C40" s="7">
-        <v>1.100543</v>
+        <v>1.105197</v>
       </c>
       <c r="D40" s="7">
-        <v>1.1618630000000001</v>
+        <v>1.167521</v>
       </c>
       <c r="E40" s="7">
-        <v>1.079189</v>
+        <v>1.082495</v>
       </c>
       <c r="K40" s="1"/>
+      <c r="L40" s="1"/>
       <c r="T40" s="2"/>
       <c r="U40" s="2"/>
       <c r="V40" s="2"/>
+      <c r="W40" s="2"/>
       <c r="Y40" s="2"/>
+      <c r="Z40" s="2"/>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A41" s="1">
-        <v>45894</v>
+        <v>45915</v>
       </c>
       <c r="B41" s="7">
-        <v>1.124045</v>
+        <v>1.1260399999999999</v>
       </c>
       <c r="C41" s="7">
-        <v>1.1016820000000001</v>
+        <v>1.103345</v>
       </c>
       <c r="D41" s="7">
-        <v>1.1637120000000001</v>
+        <v>1.1652469999999999</v>
       </c>
       <c r="E41" s="7">
-        <v>1.080004</v>
-      </c>
+        <v>1.0815079999999999</v>
+      </c>
+      <c r="K41" s="1"/>
+      <c r="L41" s="1"/>
+      <c r="T41" s="2"/>
+      <c r="U41" s="2"/>
+      <c r="V41" s="2"/>
+      <c r="W41" s="2"/>
+      <c r="Y41" s="2"/>
+      <c r="Z41" s="2"/>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A42" s="1">
-        <v>45891</v>
+        <v>45912</v>
       </c>
       <c r="B42" s="7">
-        <v>1.1216349999999999</v>
+        <v>1.126234</v>
       </c>
       <c r="C42" s="7">
-        <v>1.0986370000000001</v>
+        <v>1.1035440000000001</v>
       </c>
       <c r="D42" s="7">
-        <v>1.1595420000000001</v>
+        <v>1.165807</v>
       </c>
       <c r="E42" s="7">
-        <v>1.078697</v>
+        <v>1.082363</v>
       </c>
       <c r="K42" s="1"/>
+      <c r="L42" s="1"/>
       <c r="T42" s="2"/>
       <c r="U42" s="2"/>
       <c r="V42" s="2"/>
+      <c r="W42" s="2"/>
       <c r="Y42" s="2"/>
+      <c r="Z42" s="2"/>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A43" s="1">
-        <v>45890</v>
+        <v>45911</v>
       </c>
       <c r="B43" s="7">
-        <v>1.123448</v>
+        <v>1.1237250000000001</v>
       </c>
       <c r="C43" s="7">
-        <v>1.0996790000000001</v>
+        <v>1.1009249999999999</v>
       </c>
       <c r="D43" s="7">
-        <v>1.161144</v>
+        <v>1.161529</v>
       </c>
       <c r="E43" s="7">
-        <v>1.0804039999999999</v>
-[...2 lines deleted...]
-      <c r="T43" s="2"/>
+        <v>1.0795699999999999</v>
+      </c>
+      <c r="L43" s="1"/>
       <c r="U43" s="2"/>
       <c r="V43" s="2"/>
-      <c r="Y43" s="2"/>
+      <c r="W43" s="2"/>
+      <c r="Z43" s="2"/>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A44" s="1">
-        <v>45889</v>
+        <v>45910</v>
       </c>
       <c r="B44" s="7">
-        <v>1.121553</v>
+        <v>1.1234569999999999</v>
       </c>
       <c r="C44" s="7">
-        <v>1.098206</v>
+        <v>1.1008290000000001</v>
       </c>
       <c r="D44" s="7">
-        <v>1.158258</v>
+        <v>1.1614420000000001</v>
       </c>
       <c r="E44" s="7">
-        <v>1.0782989999999999</v>
-[...2 lines deleted...]
-      <c r="T44" s="2"/>
+        <v>1.0805210000000001</v>
+      </c>
+      <c r="L44" s="1"/>
       <c r="U44" s="2"/>
       <c r="V44" s="2"/>
-      <c r="Y44" s="2"/>
+      <c r="W44" s="2"/>
+      <c r="Z44" s="2"/>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A45" s="1">
-        <v>45888</v>
+        <v>45909</v>
       </c>
       <c r="B45" s="7">
-        <v>1.1207670000000001</v>
+        <v>1.122738</v>
       </c>
       <c r="C45" s="7">
-        <v>1.098007</v>
+        <v>1.100182</v>
       </c>
       <c r="D45" s="7">
-        <v>1.1575299999999999</v>
+        <v>1.160609</v>
       </c>
       <c r="E45" s="7">
-        <v>1.078662</v>
-[...2 lines deleted...]
-      <c r="T45" s="2"/>
+        <v>1.0787370000000001</v>
+      </c>
+      <c r="L45" s="1"/>
       <c r="U45" s="2"/>
       <c r="V45" s="2"/>
-      <c r="Y45" s="2"/>
+      <c r="W45" s="2"/>
+      <c r="Z45" s="2"/>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A46" s="1">
-        <v>45887</v>
+        <v>45908</v>
       </c>
       <c r="B46" s="7">
-        <v>1.1222810000000001</v>
+        <v>1.123181</v>
       </c>
       <c r="C46" s="7">
-        <v>1.098584</v>
+        <v>1.0998840000000001</v>
       </c>
       <c r="D46" s="7">
-        <v>1.1583749999999999</v>
+        <v>1.1608039999999999</v>
       </c>
       <c r="E46" s="7">
-        <v>1.0807659999999999</v>
-[...1 lines deleted...]
-      <c r="K46" s="1"/>
+        <v>1.078735</v>
+      </c>
       <c r="L46" s="1"/>
-      <c r="T46" s="2"/>
       <c r="U46" s="2"/>
       <c r="V46" s="2"/>
       <c r="W46" s="2"/>
-      <c r="Y46" s="2"/>
       <c r="Z46" s="2"/>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A47" s="1">
-        <v>45884</v>
+        <v>45905</v>
       </c>
       <c r="B47" s="7">
-        <v>1.1223179999999999</v>
+        <v>1.1235790000000001</v>
       </c>
       <c r="C47" s="7">
-        <v>1.0983750000000001</v>
+        <v>1.0998239999999999</v>
       </c>
       <c r="D47" s="7">
-        <v>1.1587240000000001</v>
+        <v>1.161276</v>
       </c>
       <c r="E47" s="7">
-        <v>1.080911</v>
-[...1 lines deleted...]
-      <c r="K47" s="1"/>
+        <v>1.0788679999999999</v>
+      </c>
       <c r="L47" s="1"/>
-      <c r="T47" s="2"/>
       <c r="U47" s="2"/>
       <c r="V47" s="2"/>
       <c r="W47" s="2"/>
-      <c r="Y47" s="2"/>
       <c r="Z47" s="2"/>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A48" s="1">
-        <v>45883</v>
+        <v>45904</v>
       </c>
       <c r="B48" s="7">
-        <v>1.120196</v>
+        <v>1.1212359999999999</v>
       </c>
       <c r="C48" s="7">
-        <v>1.096368</v>
+        <v>1.098282</v>
       </c>
       <c r="D48" s="7">
-        <v>1.1557120000000001</v>
+        <v>1.158293</v>
       </c>
       <c r="E48" s="7">
-        <v>1.0788469999999999</v>
-[...1 lines deleted...]
-      <c r="K48" s="1"/>
+        <v>1.076057</v>
+      </c>
       <c r="L48" s="1"/>
-      <c r="T48" s="2"/>
       <c r="U48" s="2"/>
       <c r="V48" s="2"/>
       <c r="W48" s="2"/>
-      <c r="Y48" s="2"/>
       <c r="Z48" s="2"/>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B49" s="7">
-        <v>1.1189770000000001</v>
+        <v>1.1183149999999999</v>
       </c>
       <c r="C49" s="7">
-        <v>1.0948599999999999</v>
+        <v>1.096716</v>
       </c>
       <c r="D49" s="7">
-        <v>1.1533389999999999</v>
+        <v>1.155872</v>
       </c>
       <c r="E49" s="7">
-        <v>1.0780890000000001</v>
-[...1 lines deleted...]
-      <c r="K49" s="1"/>
+        <v>1.074632</v>
+      </c>
       <c r="L49" s="1"/>
-      <c r="T49" s="2"/>
       <c r="U49" s="2"/>
       <c r="V49" s="2"/>
       <c r="W49" s="2"/>
-      <c r="Y49" s="2"/>
       <c r="Z49" s="2"/>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B50" s="7">
-        <v>1.118401</v>
+        <v>1.121672</v>
       </c>
       <c r="C50" s="7">
-        <v>1.0938399999999999</v>
+        <v>1.099818</v>
       </c>
       <c r="D50" s="7">
-        <v>1.152039</v>
+        <v>1.1613329999999999</v>
       </c>
       <c r="E50" s="7">
-        <v>1.0778730000000001</v>
-[...1 lines deleted...]
-      <c r="J50" s="1"/>
+        <v>1.077718</v>
+      </c>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
-      <c r="S50" s="2"/>
       <c r="T50" s="2"/>
       <c r="U50" s="2"/>
       <c r="V50" s="2"/>
       <c r="W50" s="2"/>
-      <c r="X50" s="2"/>
       <c r="Y50" s="2"/>
       <c r="Z50" s="2"/>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B51" s="7">
-        <v>1.118031</v>
+        <v>1.1225860000000001</v>
       </c>
       <c r="C51" s="7">
-        <v>1.0940129999999999</v>
+        <v>1.1006279999999999</v>
       </c>
       <c r="D51" s="7">
-        <v>1.1521300000000001</v>
+        <v>1.1622170000000001</v>
       </c>
       <c r="E51" s="7">
-        <v>1.07744</v>
-[...1 lines deleted...]
-      <c r="J51" s="1"/>
+        <v>1.079107</v>
+      </c>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
-      <c r="S51" s="2"/>
       <c r="T51" s="2"/>
       <c r="U51" s="2"/>
       <c r="V51" s="2"/>
       <c r="W51" s="2"/>
-      <c r="X51" s="2"/>
       <c r="Y51" s="2"/>
       <c r="Z51" s="2"/>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B52" s="7">
-        <v>1.116989</v>
+        <v>1.1241099999999999</v>
       </c>
       <c r="C52" s="7">
-        <v>1.0930200000000001</v>
+        <v>1.1015779999999999</v>
       </c>
       <c r="D52" s="7">
-        <v>1.1502650000000001</v>
+        <v>1.163429</v>
       </c>
       <c r="E52" s="7">
-        <v>1.076732</v>
-[...1 lines deleted...]
-      <c r="J52" s="1"/>
+        <v>1.0798680000000001</v>
+      </c>
       <c r="K52" s="1"/>
-      <c r="S52" s="2"/>
       <c r="T52" s="2"/>
       <c r="U52" s="2"/>
       <c r="V52" s="2"/>
-      <c r="X52" s="2"/>
       <c r="Y52" s="2"/>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B53" s="7">
-        <v>1.1175379999999999</v>
+        <v>1.1240680000000001</v>
       </c>
       <c r="C53" s="7">
-        <v>1.0923480000000001</v>
+        <v>1.1012710000000001</v>
       </c>
       <c r="D53" s="7">
-        <v>1.149559</v>
+        <v>1.163025</v>
       </c>
       <c r="E53" s="7">
-        <v>1.077243</v>
-[...1 lines deleted...]
-      <c r="J53" s="1"/>
+        <v>1.0800110000000001</v>
+      </c>
       <c r="K53" s="1"/>
-      <c r="S53" s="2"/>
       <c r="T53" s="2"/>
       <c r="U53" s="2"/>
       <c r="V53" s="2"/>
-      <c r="X53" s="2"/>
       <c r="Y53" s="2"/>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B54" s="7">
-        <v>1.116854</v>
+        <v>1.1232549999999999</v>
       </c>
       <c r="C54" s="7">
-        <v>1.0899749999999999</v>
+        <v>1.101286</v>
       </c>
       <c r="D54" s="7">
-        <v>1.147527</v>
+        <v>1.162925</v>
       </c>
       <c r="E54" s="7">
-        <v>1.077216</v>
-[...1 lines deleted...]
-      <c r="J54" s="1"/>
+        <v>1.0795870000000001</v>
+      </c>
       <c r="K54" s="1"/>
-      <c r="S54" s="2"/>
       <c r="T54" s="2"/>
       <c r="U54" s="2"/>
       <c r="V54" s="2"/>
-      <c r="X54" s="2"/>
       <c r="Y54" s="2"/>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B55" s="7">
-        <v>1.116352</v>
+        <v>1.122401</v>
       </c>
       <c r="C55" s="7">
-        <v>1.0893349999999999</v>
+        <v>1.100543</v>
       </c>
       <c r="D55" s="7">
-        <v>1.145856</v>
+        <v>1.1618630000000001</v>
       </c>
       <c r="E55" s="7">
-        <v>1.07605</v>
-[...1 lines deleted...]
-      <c r="J55" s="1"/>
+        <v>1.079189</v>
+      </c>
       <c r="K55" s="1"/>
-      <c r="S55" s="2"/>
       <c r="T55" s="2"/>
       <c r="U55" s="2"/>
       <c r="V55" s="2"/>
-      <c r="X55" s="2"/>
       <c r="Y55" s="2"/>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B56" s="7">
-        <v>1.112398</v>
+        <v>1.124045</v>
       </c>
       <c r="C56" s="7">
-        <v>1.0859650000000001</v>
+        <v>1.1016820000000001</v>
       </c>
       <c r="D56" s="7">
-        <v>1.1405479999999999</v>
+        <v>1.1637120000000001</v>
       </c>
       <c r="E56" s="7">
-        <v>1.072819</v>
-[...5 lines deleted...]
-      <c r="Y56" s="2"/>
+        <v>1.080004</v>
+      </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B57" s="7">
-        <v>1.1130979999999999</v>
+        <v>1.1216349999999999</v>
       </c>
       <c r="C57" s="7">
-        <v>1.087226</v>
+        <v>1.0986370000000001</v>
       </c>
       <c r="D57" s="7">
-        <v>1.1423859999999999</v>
+        <v>1.1595420000000001</v>
       </c>
       <c r="E57" s="7">
-        <v>1.0739179999999999</v>
+        <v>1.078697</v>
       </c>
       <c r="K57" s="1"/>
       <c r="T57" s="2"/>
       <c r="U57" s="2"/>
       <c r="V57" s="2"/>
       <c r="Y57" s="2"/>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B58" s="7">
-        <v>1.116533</v>
+        <v>1.123448</v>
       </c>
       <c r="C58" s="7">
-        <v>1.0902620000000001</v>
+        <v>1.0996790000000001</v>
       </c>
       <c r="D58" s="7">
-        <v>1.146552</v>
+        <v>1.161144</v>
       </c>
       <c r="E58" s="7">
-        <v>1.076722</v>
+        <v>1.0804039999999999</v>
       </c>
       <c r="K58" s="1"/>
       <c r="T58" s="2"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
       <c r="Y58" s="2"/>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B59" s="7">
-        <v>1.115694</v>
+        <v>1.121553</v>
       </c>
       <c r="C59" s="7">
-        <v>1.088695</v>
+        <v>1.098206</v>
       </c>
       <c r="D59" s="7">
-        <v>1.1451750000000001</v>
+        <v>1.158258</v>
       </c>
       <c r="E59" s="7">
-        <v>1.075928</v>
+        <v>1.0782989999999999</v>
       </c>
       <c r="K59" s="1"/>
       <c r="T59" s="2"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
       <c r="Y59" s="2"/>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B60" s="7">
-        <v>1.1140289999999999</v>
+        <v>1.1207670000000001</v>
       </c>
       <c r="C60" s="7">
-        <v>1.08751</v>
+        <v>1.098007</v>
       </c>
       <c r="D60" s="7">
-        <v>1.143472</v>
+        <v>1.1575299999999999</v>
       </c>
       <c r="E60" s="7">
-        <v>1.074092</v>
+        <v>1.078662</v>
       </c>
       <c r="K60" s="1"/>
       <c r="T60" s="2"/>
       <c r="U60" s="2"/>
       <c r="V60" s="2"/>
       <c r="Y60" s="2"/>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A61" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B61" s="7">
-        <v>1.114897</v>
+        <v>1.1222810000000001</v>
       </c>
       <c r="C61" s="7">
-        <v>1.088848</v>
+        <v>1.098584</v>
       </c>
       <c r="D61" s="7">
-        <v>1.14567</v>
+        <v>1.1583749999999999</v>
       </c>
       <c r="E61" s="7">
-        <v>1.0741909999999999</v>
+        <v>1.0807659999999999</v>
       </c>
       <c r="K61" s="1"/>
+      <c r="L61" s="1"/>
       <c r="T61" s="2"/>
       <c r="U61" s="2"/>
       <c r="V61" s="2"/>
+      <c r="W61" s="2"/>
       <c r="Y61" s="2"/>
+      <c r="Z61" s="2"/>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A62" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B62" s="7">
-        <v>1.113229</v>
+        <v>1.1223179999999999</v>
       </c>
       <c r="C62" s="7">
-        <v>1.0880289999999999</v>
+        <v>1.0983750000000001</v>
       </c>
       <c r="D62" s="7">
-        <v>1.14392</v>
+        <v>1.1587240000000001</v>
       </c>
       <c r="E62" s="7">
-        <v>1.0730230000000001</v>
+        <v>1.080911</v>
       </c>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="T62" s="2"/>
       <c r="U62" s="2"/>
       <c r="V62" s="2"/>
       <c r="W62" s="2"/>
       <c r="Y62" s="2"/>
       <c r="Z62" s="2"/>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B63" s="7">
-        <v>1.1136170000000001</v>
+        <v>1.120196</v>
       </c>
       <c r="C63" s="7">
-        <v>1.087521</v>
+        <v>1.096368</v>
       </c>
       <c r="D63" s="7">
-        <v>1.1439779999999999</v>
+        <v>1.1557120000000001</v>
       </c>
       <c r="E63" s="7">
-        <v>1.074363</v>
+        <v>1.0788469999999999</v>
       </c>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="T63" s="2"/>
       <c r="U63" s="2"/>
       <c r="V63" s="2"/>
       <c r="W63" s="2"/>
       <c r="Y63" s="2"/>
       <c r="Z63" s="2"/>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A64" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B64" s="7">
-        <v>1.113739</v>
+        <v>1.1189770000000001</v>
       </c>
       <c r="C64" s="7">
-        <v>1.086832</v>
+        <v>1.0948599999999999</v>
       </c>
       <c r="D64" s="7">
-        <v>1.1435299999999999</v>
+        <v>1.1533389999999999</v>
       </c>
       <c r="E64" s="7">
-        <v>1.0746789999999999</v>
+        <v>1.0780890000000001</v>
       </c>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="T64" s="2"/>
       <c r="U64" s="2"/>
       <c r="V64" s="2"/>
       <c r="W64" s="2"/>
       <c r="Y64" s="2"/>
       <c r="Z64" s="2"/>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B65" s="7">
-        <v>1.1122380000000001</v>
+        <v>1.118401</v>
       </c>
       <c r="C65" s="7">
-        <v>1.0857000000000001</v>
+        <v>1.0938399999999999</v>
       </c>
       <c r="D65" s="7">
-        <v>1.141195</v>
+        <v>1.152039</v>
       </c>
       <c r="E65" s="7">
-        <v>1.0728219999999999</v>
-      </c>
+        <v>1.0778730000000001</v>
+      </c>
+      <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
+      <c r="S65" s="2"/>
       <c r="T65" s="2"/>
       <c r="U65" s="2"/>
       <c r="V65" s="2"/>
       <c r="W65" s="2"/>
+      <c r="X65" s="2"/>
       <c r="Y65" s="2"/>
       <c r="Z65" s="2"/>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B66" s="7">
-        <v>1.1118209999999999</v>
+        <v>1.118031</v>
       </c>
       <c r="C66" s="7">
-        <v>1.0845020000000001</v>
+        <v>1.0940129999999999</v>
       </c>
       <c r="D66" s="7">
-        <v>1.139732</v>
+        <v>1.1521300000000001</v>
       </c>
       <c r="E66" s="7">
-        <v>1.072133</v>
-      </c>
+        <v>1.07744</v>
+      </c>
+      <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
+      <c r="S66" s="2"/>
       <c r="T66" s="2"/>
       <c r="U66" s="2"/>
       <c r="V66" s="2"/>
       <c r="W66" s="2"/>
+      <c r="X66" s="2"/>
       <c r="Y66" s="2"/>
       <c r="Z66" s="2"/>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B67" s="7">
-        <v>1.113084</v>
+        <v>1.116989</v>
       </c>
       <c r="C67" s="7">
-        <v>1.0852010000000001</v>
+        <v>1.0930200000000001</v>
       </c>
       <c r="D67" s="7">
-        <v>1.1415420000000001</v>
+        <v>1.1502650000000001</v>
       </c>
       <c r="E67" s="7">
-        <v>1.0732170000000001</v>
-      </c>
+        <v>1.076732</v>
+      </c>
+      <c r="J67" s="1"/>
       <c r="K67" s="1"/>
+      <c r="S67" s="2"/>
       <c r="T67" s="2"/>
       <c r="U67" s="2"/>
       <c r="V67" s="2"/>
+      <c r="X67" s="2"/>
       <c r="Y67" s="2"/>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B68" s="7">
-        <v>1.110311</v>
+        <v>1.1175379999999999</v>
       </c>
       <c r="C68" s="7">
-        <v>1.0828249999999999</v>
+        <v>1.0923480000000001</v>
       </c>
       <c r="D68" s="7">
-        <v>1.1375679999999999</v>
+        <v>1.149559</v>
       </c>
       <c r="E68" s="7">
-        <v>1.068932</v>
-      </c>
+        <v>1.077243</v>
+      </c>
+      <c r="J68" s="1"/>
       <c r="K68" s="1"/>
+      <c r="S68" s="2"/>
       <c r="T68" s="2"/>
       <c r="U68" s="2"/>
       <c r="V68" s="2"/>
+      <c r="X68" s="2"/>
       <c r="Y68" s="2"/>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B69" s="7">
-        <v>1.1073219999999999</v>
+        <v>1.116854</v>
       </c>
       <c r="C69" s="7">
-        <v>1.080071</v>
+        <v>1.0899749999999999</v>
       </c>
       <c r="D69" s="7">
-        <v>1.133286</v>
+        <v>1.147527</v>
       </c>
       <c r="E69" s="7">
-        <v>1.067987</v>
-      </c>
+        <v>1.077216</v>
+      </c>
+      <c r="J69" s="1"/>
       <c r="K69" s="1"/>
+      <c r="S69" s="2"/>
       <c r="T69" s="2"/>
       <c r="U69" s="2"/>
       <c r="V69" s="2"/>
+      <c r="X69" s="2"/>
       <c r="Y69" s="2"/>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B70" s="7">
-        <v>1.1093219999999999</v>
+        <v>1.116352</v>
       </c>
       <c r="C70" s="7">
-        <v>1.082184</v>
+        <v>1.0893349999999999</v>
       </c>
       <c r="D70" s="7">
-        <v>1.1372420000000001</v>
+        <v>1.145856</v>
       </c>
       <c r="E70" s="7">
-        <v>1.0685089999999999</v>
-      </c>
+        <v>1.07605</v>
+      </c>
+      <c r="J70" s="1"/>
       <c r="K70" s="1"/>
+      <c r="S70" s="2"/>
       <c r="T70" s="2"/>
       <c r="U70" s="2"/>
       <c r="V70" s="2"/>
+      <c r="X70" s="2"/>
       <c r="Y70" s="2"/>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B71" s="7">
-        <v>1.1068249999999999</v>
+        <v>1.112398</v>
       </c>
       <c r="C71" s="7">
-        <v>1.080303</v>
+        <v>1.0859650000000001</v>
       </c>
       <c r="D71" s="7">
-        <v>1.1338790000000001</v>
+        <v>1.1405479999999999</v>
       </c>
       <c r="E71" s="7">
-        <v>1.0669139999999999</v>
+        <v>1.072819</v>
       </c>
       <c r="K71" s="1"/>
       <c r="T71" s="2"/>
       <c r="U71" s="2"/>
       <c r="V71" s="2"/>
       <c r="Y71" s="2"/>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B72" s="7">
-        <v>1.1080190000000001</v>
+        <v>1.1130979999999999</v>
       </c>
       <c r="C72" s="7">
-        <v>1.0800970000000001</v>
+        <v>1.087226</v>
       </c>
       <c r="D72" s="7">
-        <v>1.1348279999999999</v>
+        <v>1.1423859999999999</v>
       </c>
       <c r="E72" s="7">
-        <v>1.067396</v>
+        <v>1.0739179999999999</v>
       </c>
       <c r="K72" s="1"/>
       <c r="T72" s="2"/>
       <c r="U72" s="2"/>
       <c r="V72" s="2"/>
       <c r="Y72" s="2"/>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45848</v>
+        <v>45869</v>
       </c>
       <c r="B73" s="7">
-        <v>1.108133</v>
+        <v>1.116533</v>
       </c>
       <c r="C73" s="7">
-        <v>1.0798970000000001</v>
+        <v>1.0902620000000001</v>
       </c>
       <c r="D73" s="7">
-        <v>1.134649</v>
+        <v>1.146552</v>
       </c>
       <c r="E73" s="7">
-        <v>1.065483</v>
+        <v>1.076722</v>
       </c>
       <c r="K73" s="1"/>
       <c r="T73" s="2"/>
       <c r="U73" s="2"/>
       <c r="V73" s="2"/>
       <c r="Y73" s="2"/>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45847</v>
+        <v>45868</v>
       </c>
       <c r="B74" s="7">
-        <v>1.106133</v>
+        <v>1.115694</v>
       </c>
       <c r="C74" s="7">
-        <v>1.078883</v>
+        <v>1.088695</v>
       </c>
       <c r="D74" s="7">
-        <v>1.1328720000000001</v>
+        <v>1.1451750000000001</v>
       </c>
       <c r="E74" s="7">
-        <v>1.064994</v>
-[...1 lines deleted...]
-      <c r="J74" s="1"/>
+        <v>1.075928</v>
+      </c>
       <c r="K74" s="1"/>
-      <c r="S74" s="2"/>
       <c r="T74" s="2"/>
       <c r="U74" s="2"/>
       <c r="V74" s="2"/>
-      <c r="X74" s="2"/>
       <c r="Y74" s="2"/>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45846</v>
+        <v>45867</v>
       </c>
       <c r="B75" s="7">
-        <v>1.1076360000000001</v>
+        <v>1.1140289999999999</v>
       </c>
       <c r="C75" s="7">
-        <v>1.080158</v>
+        <v>1.08751</v>
       </c>
       <c r="D75" s="7">
-        <v>1.13472</v>
+        <v>1.143472</v>
       </c>
       <c r="E75" s="7">
-        <v>1.066724</v>
-[...1 lines deleted...]
-      <c r="J75" s="1"/>
+        <v>1.074092</v>
+      </c>
       <c r="K75" s="1"/>
-      <c r="S75" s="2"/>
       <c r="T75" s="2"/>
       <c r="U75" s="2"/>
       <c r="V75" s="2"/>
-      <c r="X75" s="2"/>
       <c r="Y75" s="2"/>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45845</v>
+        <v>45866</v>
       </c>
       <c r="B76" s="7">
-        <v>1.1088789999999999</v>
+        <v>1.114897</v>
       </c>
       <c r="C76" s="7">
-        <v>1.0809390000000001</v>
+        <v>1.088848</v>
       </c>
       <c r="D76" s="7">
-        <v>1.1359239999999999</v>
+        <v>1.14567</v>
       </c>
       <c r="E76" s="7">
-        <v>1.0691120000000001</v>
-[...1 lines deleted...]
-      <c r="J76" s="1"/>
+        <v>1.0741909999999999</v>
+      </c>
       <c r="K76" s="1"/>
-      <c r="S76" s="2"/>
       <c r="T76" s="2"/>
       <c r="U76" s="2"/>
       <c r="V76" s="2"/>
-      <c r="X76" s="2"/>
       <c r="Y76" s="2"/>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45842</v>
+        <v>45863</v>
       </c>
       <c r="B77" s="7">
-        <v>1.108943</v>
+        <v>1.113229</v>
       </c>
       <c r="C77" s="7">
-        <v>1.081178</v>
+        <v>1.0880289999999999</v>
       </c>
       <c r="D77" s="7">
-        <v>1.135775</v>
+        <v>1.14392</v>
       </c>
       <c r="E77" s="7">
-        <v>1.0694889999999999</v>
-[...1 lines deleted...]
-      <c r="J77" s="1"/>
+        <v>1.0730230000000001</v>
+      </c>
       <c r="K77" s="1"/>
-      <c r="S77" s="2"/>
+      <c r="L77" s="1"/>
       <c r="T77" s="2"/>
       <c r="U77" s="2"/>
       <c r="V77" s="2"/>
-      <c r="X77" s="2"/>
+      <c r="W77" s="2"/>
       <c r="Y77" s="2"/>
+      <c r="Z77" s="2"/>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45841</v>
+        <v>45862</v>
       </c>
       <c r="B78" s="7">
-        <v>1.108417</v>
+        <v>1.1136170000000001</v>
       </c>
       <c r="C78" s="7">
-        <v>1.0806480000000001</v>
+        <v>1.087521</v>
       </c>
       <c r="D78" s="7">
-        <v>1.134944</v>
+        <v>1.1439779999999999</v>
       </c>
       <c r="E78" s="7">
-        <v>1.069348</v>
-[...1 lines deleted...]
-      <c r="J78" s="1"/>
+        <v>1.074363</v>
+      </c>
       <c r="K78" s="1"/>
-      <c r="S78" s="2"/>
+      <c r="L78" s="1"/>
       <c r="T78" s="2"/>
       <c r="U78" s="2"/>
       <c r="V78" s="2"/>
-      <c r="X78" s="2"/>
+      <c r="W78" s="2"/>
       <c r="Y78" s="2"/>
+      <c r="Z78" s="2"/>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45840</v>
+        <v>45861</v>
       </c>
       <c r="B79" s="7">
-        <v>1.1081030000000001</v>
+        <v>1.113739</v>
       </c>
       <c r="C79" s="7">
-        <v>1.080279</v>
+        <v>1.086832</v>
       </c>
       <c r="D79" s="7">
-        <v>1.13462</v>
+        <v>1.1435299999999999</v>
       </c>
       <c r="E79" s="7">
-        <v>1.0705450000000001</v>
-[...1 lines deleted...]
-      <c r="J79" s="1"/>
+        <v>1.0746789999999999</v>
+      </c>
       <c r="K79" s="1"/>
-      <c r="S79" s="2"/>
+      <c r="L79" s="1"/>
       <c r="T79" s="2"/>
       <c r="U79" s="2"/>
       <c r="V79" s="2"/>
-      <c r="X79" s="2"/>
+      <c r="W79" s="2"/>
       <c r="Y79" s="2"/>
+      <c r="Z79" s="2"/>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>45839</v>
+        <v>45860</v>
       </c>
       <c r="B80" s="7">
-        <v>1.1063780000000001</v>
+        <v>1.1122380000000001</v>
       </c>
       <c r="C80" s="7">
-        <v>1.0783149999999999</v>
+        <v>1.0857000000000001</v>
       </c>
       <c r="D80" s="7">
-        <v>1.1317189999999999</v>
+        <v>1.141195</v>
       </c>
       <c r="E80" s="7">
-        <v>1.0685229999999999</v>
-      </c>
+        <v>1.0728219999999999</v>
+      </c>
+      <c r="K80" s="1"/>
       <c r="L80" s="1"/>
+      <c r="T80" s="2"/>
       <c r="U80" s="2"/>
       <c r="V80" s="2"/>
       <c r="W80" s="2"/>
+      <c r="Y80" s="2"/>
       <c r="Z80" s="2"/>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A81" s="1"/>
-[...2 lines deleted...]
-      <c r="E81" s="7"/>
+      <c r="A81" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B81" s="7">
+        <v>1.1118209999999999</v>
+      </c>
+      <c r="C81" s="7">
+        <v>1.0845020000000001</v>
+      </c>
+      <c r="D81" s="7">
+        <v>1.139732</v>
+      </c>
+      <c r="E81" s="7">
+        <v>1.072133</v>
+      </c>
+      <c r="K81" s="1"/>
       <c r="L81" s="1"/>
+      <c r="T81" s="2"/>
       <c r="U81" s="2"/>
       <c r="V81" s="2"/>
       <c r="W81" s="2"/>
+      <c r="Y81" s="2"/>
       <c r="Z81" s="2"/>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A82" s="1"/>
-[...3 lines deleted...]
-      <c r="E82" s="7"/>
+      <c r="A82" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B82" s="7">
+        <v>1.113084</v>
+      </c>
+      <c r="C82" s="7">
+        <v>1.0852010000000001</v>
+      </c>
+      <c r="D82" s="7">
+        <v>1.1415420000000001</v>
+      </c>
+      <c r="E82" s="7">
+        <v>1.0732170000000001</v>
+      </c>
+      <c r="K82" s="1"/>
+      <c r="T82" s="2"/>
+      <c r="U82" s="2"/>
+      <c r="V82" s="2"/>
+      <c r="Y82" s="2"/>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A83" s="1"/>
-[...3 lines deleted...]
-      <c r="E83" s="7"/>
+      <c r="A83" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B83" s="7">
+        <v>1.110311</v>
+      </c>
+      <c r="C83" s="7">
+        <v>1.0828249999999999</v>
+      </c>
+      <c r="D83" s="7">
+        <v>1.1375679999999999</v>
+      </c>
+      <c r="E83" s="7">
+        <v>1.068932</v>
+      </c>
+      <c r="K83" s="1"/>
+      <c r="T83" s="2"/>
+      <c r="U83" s="2"/>
+      <c r="V83" s="2"/>
+      <c r="Y83" s="2"/>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A84" s="1"/>
-[...3 lines deleted...]
-      <c r="E84" s="7"/>
+      <c r="A84" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B84" s="7">
+        <v>1.1073219999999999</v>
+      </c>
+      <c r="C84" s="7">
+        <v>1.080071</v>
+      </c>
+      <c r="D84" s="7">
+        <v>1.133286</v>
+      </c>
+      <c r="E84" s="7">
+        <v>1.067987</v>
+      </c>
+      <c r="K84" s="1"/>
+      <c r="T84" s="2"/>
+      <c r="U84" s="2"/>
+      <c r="V84" s="2"/>
+      <c r="Y84" s="2"/>
+    </row>
+    <row r="85" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A85" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B85" s="7">
+        <v>1.1093219999999999</v>
+      </c>
+      <c r="C85" s="7">
+        <v>1.082184</v>
+      </c>
+      <c r="D85" s="7">
+        <v>1.1372420000000001</v>
+      </c>
+      <c r="E85" s="7">
+        <v>1.0685089999999999</v>
+      </c>
+      <c r="K85" s="1"/>
+      <c r="T85" s="2"/>
+      <c r="U85" s="2"/>
+      <c r="V85" s="2"/>
+      <c r="Y85" s="2"/>
+    </row>
+    <row r="86" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B86" s="7">
+        <v>1.1068249999999999</v>
+      </c>
+      <c r="C86" s="7">
+        <v>1.080303</v>
+      </c>
+      <c r="D86" s="7">
+        <v>1.1338790000000001</v>
+      </c>
+      <c r="E86" s="7">
+        <v>1.0669139999999999</v>
+      </c>
+      <c r="K86" s="1"/>
+      <c r="T86" s="2"/>
+      <c r="U86" s="2"/>
+      <c r="V86" s="2"/>
+      <c r="Y86" s="2"/>
+    </row>
+    <row r="87" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B87" s="7">
+        <v>1.1080190000000001</v>
+      </c>
+      <c r="C87" s="7">
+        <v>1.0800970000000001</v>
+      </c>
+      <c r="D87" s="7">
+        <v>1.1348279999999999</v>
+      </c>
+      <c r="E87" s="7">
+        <v>1.067396</v>
+      </c>
+      <c r="K87" s="1"/>
+      <c r="T87" s="2"/>
+      <c r="U87" s="2"/>
+      <c r="V87" s="2"/>
+      <c r="Y87" s="2"/>
+    </row>
+    <row r="88" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
+        <v>45848</v>
+      </c>
+      <c r="B88" s="7">
+        <v>1.108133</v>
+      </c>
+      <c r="C88" s="7">
+        <v>1.0798970000000001</v>
+      </c>
+      <c r="D88" s="7">
+        <v>1.134649</v>
+      </c>
+      <c r="E88" s="7">
+        <v>1.065483</v>
+      </c>
+      <c r="K88" s="1"/>
+      <c r="T88" s="2"/>
+      <c r="U88" s="2"/>
+      <c r="V88" s="2"/>
+      <c r="Y88" s="2"/>
+    </row>
+    <row r="89" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B89" s="7">
+        <v>1.106133</v>
+      </c>
+      <c r="C89" s="7">
+        <v>1.078883</v>
+      </c>
+      <c r="D89" s="7">
+        <v>1.1328720000000001</v>
+      </c>
+      <c r="E89" s="7">
+        <v>1.064994</v>
+      </c>
+      <c r="J89" s="1"/>
+      <c r="K89" s="1"/>
+      <c r="S89" s="2"/>
+      <c r="T89" s="2"/>
+      <c r="U89" s="2"/>
+      <c r="V89" s="2"/>
+      <c r="X89" s="2"/>
+      <c r="Y89" s="2"/>
+    </row>
+    <row r="90" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B90" s="7">
+        <v>1.1076360000000001</v>
+      </c>
+      <c r="C90" s="7">
+        <v>1.080158</v>
+      </c>
+      <c r="D90" s="7">
+        <v>1.13472</v>
+      </c>
+      <c r="E90" s="7">
+        <v>1.066724</v>
+      </c>
+      <c r="J90" s="1"/>
+      <c r="K90" s="1"/>
+      <c r="S90" s="2"/>
+      <c r="T90" s="2"/>
+      <c r="U90" s="2"/>
+      <c r="V90" s="2"/>
+      <c r="X90" s="2"/>
+      <c r="Y90" s="2"/>
+    </row>
+    <row r="91" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B91" s="7">
+        <v>1.1088789999999999</v>
+      </c>
+      <c r="C91" s="7">
+        <v>1.0809390000000001</v>
+      </c>
+      <c r="D91" s="7">
+        <v>1.1359239999999999</v>
+      </c>
+      <c r="E91" s="7">
+        <v>1.0691120000000001</v>
+      </c>
+      <c r="J91" s="1"/>
+      <c r="K91" s="1"/>
+      <c r="S91" s="2"/>
+      <c r="T91" s="2"/>
+      <c r="U91" s="2"/>
+      <c r="V91" s="2"/>
+      <c r="X91" s="2"/>
+      <c r="Y91" s="2"/>
+    </row>
+    <row r="92" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B92" s="7">
+        <v>1.108943</v>
+      </c>
+      <c r="C92" s="7">
+        <v>1.081178</v>
+      </c>
+      <c r="D92" s="7">
+        <v>1.135775</v>
+      </c>
+      <c r="E92" s="7">
+        <v>1.0694889999999999</v>
+      </c>
+      <c r="J92" s="1"/>
+      <c r="K92" s="1"/>
+      <c r="S92" s="2"/>
+      <c r="T92" s="2"/>
+      <c r="U92" s="2"/>
+      <c r="V92" s="2"/>
+      <c r="X92" s="2"/>
+      <c r="Y92" s="2"/>
+    </row>
+    <row r="93" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B93" s="7">
+        <v>1.108417</v>
+      </c>
+      <c r="C93" s="7">
+        <v>1.0806480000000001</v>
+      </c>
+      <c r="D93" s="7">
+        <v>1.134944</v>
+      </c>
+      <c r="E93" s="7">
+        <v>1.069348</v>
+      </c>
+      <c r="J93" s="1"/>
+      <c r="K93" s="1"/>
+      <c r="S93" s="2"/>
+      <c r="T93" s="2"/>
+      <c r="U93" s="2"/>
+      <c r="V93" s="2"/>
+      <c r="X93" s="2"/>
+      <c r="Y93" s="2"/>
+    </row>
+    <row r="94" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B94" s="7">
+        <v>1.1081030000000001</v>
+      </c>
+      <c r="C94" s="7">
+        <v>1.080279</v>
+      </c>
+      <c r="D94" s="7">
+        <v>1.13462</v>
+      </c>
+      <c r="E94" s="7">
+        <v>1.0705450000000001</v>
+      </c>
+      <c r="J94" s="1"/>
+      <c r="K94" s="1"/>
+      <c r="S94" s="2"/>
+      <c r="T94" s="2"/>
+      <c r="U94" s="2"/>
+      <c r="V94" s="2"/>
+      <c r="X94" s="2"/>
+      <c r="Y94" s="2"/>
+    </row>
+    <row r="95" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
+        <v>45839</v>
+      </c>
+      <c r="B95" s="7">
+        <v>1.1063780000000001</v>
+      </c>
+      <c r="C95" s="7">
+        <v>1.0783149999999999</v>
+      </c>
+      <c r="D95" s="7">
+        <v>1.1317189999999999</v>
+      </c>
+      <c r="E95" s="7">
+        <v>1.0685229999999999</v>
+      </c>
+      <c r="L95" s="1"/>
+      <c r="U95" s="2"/>
+      <c r="V95" s="2"/>
+      <c r="W95" s="2"/>
+      <c r="Z95" s="2"/>
+    </row>
+    <row r="96" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A96" s="1"/>
+      <c r="B96" s="7"/>
+      <c r="C96" s="7"/>
+      <c r="E96" s="7"/>
+      <c r="L96" s="1"/>
+      <c r="U96" s="2"/>
+      <c r="V96" s="2"/>
+      <c r="W96" s="2"/>
+      <c r="Z96" s="2"/>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A97" s="1"/>
+      <c r="B97" s="7"/>
+      <c r="C97" s="7"/>
+      <c r="D97" s="7"/>
+      <c r="E97" s="7"/>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A98" s="1"/>
+      <c r="B98" s="7"/>
+      <c r="C98" s="7"/>
+      <c r="D98" s="7"/>
+      <c r="E98" s="7"/>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A99" s="1"/>
+      <c r="B99" s="7"/>
+      <c r="C99" s="7"/>
+      <c r="D99" s="7"/>
+      <c r="E99" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CEC8427-5381-4074-8C00-0A2704EBE073}">
-  <dimension ref="A1:AB95"/>
+  <dimension ref="A1:AB110"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B2" s="5">
-        <v>1.145384</v>
+        <v>1.1426609999999999</v>
       </c>
       <c r="C2" s="5">
-        <v>1.2336499999999999</v>
+        <v>1.2295849999999999</v>
       </c>
       <c r="D2" s="5">
-        <v>1.310541</v>
+        <v>1.306098</v>
       </c>
       <c r="E2" s="5">
-        <v>1.1075459999999999</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:24" x14ac:dyDescent="0.35">
+        <v>1.104897</v>
+      </c>
+    </row>
+    <row r="3" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B3" s="5">
-        <v>1.146871</v>
+        <v>1.1446540000000001</v>
       </c>
       <c r="C3" s="5">
-        <v>1.23624</v>
+        <v>1.232556</v>
       </c>
       <c r="D3" s="5">
-        <v>1.3151330000000001</v>
+        <v>1.310754</v>
       </c>
       <c r="E3" s="5">
-        <v>1.1120190000000001</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:24" x14ac:dyDescent="0.35">
+        <v>1.1075900000000001</v>
+      </c>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B4" s="5">
-        <v>1.143589</v>
+        <v>1.1433120000000001</v>
       </c>
       <c r="C4" s="5">
-        <v>1.2319249999999999</v>
+        <v>1.230621</v>
       </c>
       <c r="D4" s="5">
-        <v>1.309806</v>
+        <v>1.307884</v>
       </c>
       <c r="E4" s="5">
-        <v>1.108908</v>
+        <v>1.1057220000000001</v>
       </c>
       <c r="J4" s="1"/>
       <c r="S4" s="2"/>
       <c r="T4" s="2"/>
       <c r="X4" s="2"/>
     </row>
-    <row r="5" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B5" s="5">
-        <v>1.140245</v>
+        <v>1.144223</v>
       </c>
       <c r="C5" s="5">
-        <v>1.2274130000000001</v>
+        <v>1.2321409999999999</v>
       </c>
       <c r="D5" s="5">
-        <v>1.303561</v>
+        <v>1.3106120000000001</v>
       </c>
       <c r="E5" s="5">
-        <v>1.1058429999999999</v>
+        <v>1.108044</v>
       </c>
       <c r="J5" s="1"/>
       <c r="S5" s="2"/>
       <c r="T5" s="2"/>
       <c r="X5" s="2"/>
     </row>
-    <row r="6" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B6" s="5">
-        <v>1.139259</v>
+        <v>1.145778</v>
       </c>
       <c r="C6" s="5">
-        <v>1.2256640000000001</v>
+        <v>1.234453</v>
       </c>
       <c r="D6" s="5">
-        <v>1.301042</v>
+        <v>1.314211</v>
       </c>
       <c r="E6" s="5">
-        <v>1.105486</v>
+        <v>1.1107530000000001</v>
       </c>
       <c r="J6" s="1"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="X6" s="2"/>
     </row>
-    <row r="7" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B7" s="5">
-        <v>1.141702</v>
+        <v>1.146396</v>
       </c>
       <c r="C7" s="5">
-        <v>1.229668</v>
+        <v>1.235433</v>
       </c>
       <c r="D7" s="5">
-        <v>1.307803</v>
+        <v>1.315647</v>
       </c>
       <c r="E7" s="5">
-        <v>1.1050139999999999</v>
+        <v>1.1112789999999999</v>
       </c>
       <c r="J7" s="1"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
       <c r="X7" s="2"/>
     </row>
-    <row r="8" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B8" s="5">
-        <v>1.143103</v>
+        <v>1.1459280000000001</v>
       </c>
       <c r="C8" s="5">
-        <v>1.231419</v>
+        <v>1.2346699999999999</v>
       </c>
       <c r="D8" s="5">
-        <v>1.309965</v>
+        <v>1.3144169999999999</v>
       </c>
       <c r="E8" s="5">
-        <v>1.108671</v>
+        <v>1.112473</v>
       </c>
       <c r="J8" s="1"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
       <c r="X8" s="2"/>
     </row>
-    <row r="9" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45938</v>
+        <v>45959</v>
       </c>
       <c r="B9" s="5">
-        <v>1.1421779999999999</v>
+        <v>1.148085</v>
       </c>
       <c r="C9" s="5">
-        <v>1.2303200000000001</v>
+        <v>1.2374039999999999</v>
       </c>
       <c r="D9" s="5">
-        <v>1.3083119999999999</v>
+        <v>1.3176159999999999</v>
       </c>
       <c r="E9" s="5">
-        <v>1.108168</v>
+        <v>1.1137999999999999</v>
       </c>
       <c r="J9" s="1"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
       <c r="X9" s="2"/>
     </row>
-    <row r="10" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
+        <v>45958</v>
+      </c>
+      <c r="B10" s="5">
+        <v>1.1501410000000001</v>
+      </c>
+      <c r="C10" s="5">
+        <v>1.2400500000000001</v>
+      </c>
+      <c r="D10" s="5">
+        <v>1.3206500000000001</v>
+      </c>
+      <c r="E10" s="5">
+        <v>1.1142069999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>45957</v>
+      </c>
+      <c r="B11" s="5">
+        <v>1.150687</v>
+      </c>
+      <c r="C11" s="5">
+        <v>1.2410920000000001</v>
+      </c>
+      <c r="D11" s="5">
+        <v>1.322174</v>
+      </c>
+      <c r="E11" s="5">
+        <v>1.115648</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>45954</v>
+      </c>
+      <c r="B12" s="5">
+        <v>1.1488370000000001</v>
+      </c>
+      <c r="C12" s="5">
+        <v>1.2382120000000001</v>
+      </c>
+      <c r="D12" s="5">
+        <v>1.317547</v>
+      </c>
+      <c r="E12" s="5">
+        <v>1.1137269999999999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>45953</v>
+      </c>
+      <c r="B13" s="5">
+        <v>1.148307</v>
+      </c>
+      <c r="C13" s="5">
+        <v>1.237414</v>
+      </c>
+      <c r="D13" s="5">
+        <v>1.3160689999999999</v>
+      </c>
+      <c r="E13" s="5">
+        <v>1.1130100000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>45952</v>
+      </c>
+      <c r="B14" s="5">
+        <v>1.148871</v>
+      </c>
+      <c r="C14" s="5">
+        <v>1.238046</v>
+      </c>
+      <c r="D14" s="5">
+        <v>1.3167899999999999</v>
+      </c>
+      <c r="E14" s="5">
+        <v>1.113475</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>45951</v>
+      </c>
+      <c r="B15" s="5">
+        <v>1.1504380000000001</v>
+      </c>
+      <c r="C15" s="5">
+        <v>1.2407589999999999</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1.320835</v>
+      </c>
+      <c r="E15" s="5">
+        <v>1.1147659999999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>45950</v>
+      </c>
+      <c r="B16" s="5">
+        <v>1.1474139999999999</v>
+      </c>
+      <c r="C16" s="5">
+        <v>1.2365360000000001</v>
+      </c>
+      <c r="D16" s="5">
+        <v>1.314937</v>
+      </c>
+      <c r="E16" s="5">
+        <v>1.1124000000000001</v>
+      </c>
+      <c r="K16" s="1"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+      <c r="Y16" s="2"/>
+    </row>
+    <row r="17" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>45947</v>
+      </c>
+      <c r="B17" s="5">
+        <v>1.145384</v>
+      </c>
+      <c r="C17" s="5">
+        <v>1.2336499999999999</v>
+      </c>
+      <c r="D17" s="5">
+        <v>1.310541</v>
+      </c>
+      <c r="E17" s="5">
+        <v>1.1075459999999999</v>
+      </c>
+      <c r="K17" s="1"/>
+      <c r="T17" s="2"/>
+      <c r="U17" s="2"/>
+      <c r="Y17" s="2"/>
+    </row>
+    <row r="18" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>45946</v>
+      </c>
+      <c r="B18" s="5">
+        <v>1.146871</v>
+      </c>
+      <c r="C18" s="5">
+        <v>1.23624</v>
+      </c>
+      <c r="D18" s="5">
+        <v>1.3151330000000001</v>
+      </c>
+      <c r="E18" s="5">
+        <v>1.1120190000000001</v>
+      </c>
+      <c r="K18" s="1"/>
+      <c r="T18" s="2"/>
+      <c r="U18" s="2"/>
+      <c r="Y18" s="2"/>
+    </row>
+    <row r="19" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>45945</v>
+      </c>
+      <c r="B19" s="5">
+        <v>1.143589</v>
+      </c>
+      <c r="C19" s="5">
+        <v>1.2319249999999999</v>
+      </c>
+      <c r="D19" s="5">
+        <v>1.309806</v>
+      </c>
+      <c r="E19" s="5">
+        <v>1.108908</v>
+      </c>
+      <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="2"/>
+      <c r="U19" s="2"/>
+      <c r="X19" s="2"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>45944</v>
+      </c>
+      <c r="B20" s="5">
+        <v>1.140245</v>
+      </c>
+      <c r="C20" s="5">
+        <v>1.2274130000000001</v>
+      </c>
+      <c r="D20" s="5">
+        <v>1.303561</v>
+      </c>
+      <c r="E20" s="5">
+        <v>1.1058429999999999</v>
+      </c>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="S20" s="2"/>
+      <c r="T20" s="2"/>
+      <c r="U20" s="2"/>
+      <c r="X20" s="2"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>45943</v>
+      </c>
+      <c r="B21" s="5">
+        <v>1.139259</v>
+      </c>
+      <c r="C21" s="5">
+        <v>1.2256640000000001</v>
+      </c>
+      <c r="D21" s="5">
+        <v>1.301042</v>
+      </c>
+      <c r="E21" s="5">
+        <v>1.105486</v>
+      </c>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="S21" s="2"/>
+      <c r="T21" s="2"/>
+      <c r="U21" s="2"/>
+      <c r="X21" s="2"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>45940</v>
+      </c>
+      <c r="B22" s="5">
+        <v>1.141702</v>
+      </c>
+      <c r="C22" s="5">
+        <v>1.229668</v>
+      </c>
+      <c r="D22" s="5">
+        <v>1.307803</v>
+      </c>
+      <c r="E22" s="5">
+        <v>1.1050139999999999</v>
+      </c>
+      <c r="J22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="2"/>
+      <c r="X22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>45939</v>
+      </c>
+      <c r="B23" s="5">
+        <v>1.143103</v>
+      </c>
+      <c r="C23" s="5">
+        <v>1.231419</v>
+      </c>
+      <c r="D23" s="5">
+        <v>1.309965</v>
+      </c>
+      <c r="E23" s="5">
+        <v>1.108671</v>
+      </c>
+      <c r="J23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="2"/>
+      <c r="X23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>45938</v>
+      </c>
+      <c r="B24" s="5">
+        <v>1.1421779999999999</v>
+      </c>
+      <c r="C24" s="5">
+        <v>1.2303200000000001</v>
+      </c>
+      <c r="D24" s="5">
+        <v>1.3083119999999999</v>
+      </c>
+      <c r="E24" s="5">
+        <v>1.108168</v>
+      </c>
+      <c r="J24" s="1"/>
+      <c r="S24" s="2"/>
+      <c r="T24" s="2"/>
+      <c r="X24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
         <v>45937</v>
       </c>
-      <c r="B10" s="5">
+      <c r="B25" s="5">
         <v>1.1421539999999999</v>
       </c>
-      <c r="C10" s="5">
+      <c r="C25" s="5">
         <v>1.230256</v>
       </c>
-      <c r="D10" s="5">
+      <c r="D25" s="5">
         <v>1.3086180000000001</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E25" s="5">
         <v>1.1091089999999999</v>
       </c>
     </row>
-    <row r="11" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A11" s="1">
+    <row r="26" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
         <v>45936</v>
       </c>
-      <c r="B11" s="5">
+      <c r="B26" s="5">
         <v>1.1424399999999999</v>
       </c>
-      <c r="C11" s="5">
+      <c r="C26" s="5">
         <v>1.230764</v>
       </c>
-      <c r="D11" s="5">
+      <c r="D26" s="5">
         <v>1.309272</v>
       </c>
-      <c r="E11" s="5">
+      <c r="E26" s="5">
         <v>1.1092139999999999</v>
       </c>
     </row>
-    <row r="12" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A12" s="1">
+    <row r="27" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
         <v>45933</v>
       </c>
-      <c r="B12" s="5">
+      <c r="B27" s="5">
         <v>1.1419859999999999</v>
       </c>
-      <c r="C12" s="5">
+      <c r="C27" s="5">
         <v>1.229727</v>
       </c>
-      <c r="D12" s="5">
+      <c r="D27" s="5">
         <v>1.3079240000000001</v>
       </c>
-      <c r="E12" s="5">
+      <c r="E27" s="5">
         <v>1.1091390000000001</v>
       </c>
     </row>
-    <row r="13" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A13" s="1">
+    <row r="28" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
         <v>45932</v>
       </c>
-      <c r="B13" s="5">
+      <c r="B28" s="5">
         <v>1.140633</v>
       </c>
-      <c r="C13" s="5">
+      <c r="C28" s="5">
         <v>1.2277739999999999</v>
       </c>
-      <c r="D13" s="5">
+      <c r="D28" s="5">
         <v>1.3047409999999999</v>
       </c>
-      <c r="E13" s="5">
+      <c r="E28" s="5">
         <v>1.1073</v>
       </c>
     </row>
-    <row r="14" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A14" s="1">
+    <row r="29" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
         <v>45931</v>
       </c>
-      <c r="B14" s="5">
+      <c r="B29" s="5">
         <v>1.1373899999999999</v>
       </c>
-      <c r="C14" s="5">
+      <c r="C29" s="5">
         <v>1.222969</v>
       </c>
-      <c r="D14" s="5">
+      <c r="D29" s="5">
         <v>1.29762</v>
       </c>
-      <c r="E14" s="5">
+      <c r="E29" s="5">
         <v>1.1035410000000001</v>
       </c>
     </row>
-    <row r="15" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A15" s="1">
+    <row r="30" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
         <v>45930</v>
       </c>
-      <c r="B15" s="5">
+      <c r="B30" s="5">
         <v>1.13714</v>
       </c>
-      <c r="C15" s="5">
+      <c r="C30" s="5">
         <v>1.222351</v>
       </c>
-      <c r="D15" s="5">
+      <c r="D30" s="5">
         <v>1.2966489999999999</v>
       </c>
-      <c r="E15" s="5">
+      <c r="E30" s="5">
         <v>1.103478</v>
       </c>
     </row>
-    <row r="16" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A16" s="1">
+    <row r="31" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
         <v>45929</v>
       </c>
-      <c r="B16" s="5">
+      <c r="B31" s="5">
         <v>1.1373340000000001</v>
       </c>
-      <c r="C16" s="5">
+      <c r="C31" s="5">
         <v>1.2228349999999999</v>
       </c>
-      <c r="D16" s="5">
+      <c r="D31" s="5">
         <v>1.2975639999999999</v>
       </c>
-      <c r="E16" s="5">
+      <c r="E31" s="5">
         <v>1.1033949999999999</v>
       </c>
     </row>
-    <row r="17" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A17" s="1">
+    <row r="32" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
         <v>45926</v>
       </c>
-      <c r="B17" s="5">
+      <c r="B32" s="5">
         <v>1.133778</v>
       </c>
-      <c r="C17" s="5">
+      <c r="C32" s="5">
         <v>1.2182299999999999</v>
       </c>
-      <c r="D17" s="5">
+      <c r="D32" s="5">
         <v>1.291666</v>
       </c>
-      <c r="E17" s="5">
+      <c r="E32" s="5">
         <v>1.099839</v>
       </c>
     </row>
-    <row r="18" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A18" s="1">
+    <row r="33" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
         <v>45925</v>
       </c>
-      <c r="B18" s="5">
+      <c r="B33" s="5">
         <v>1.134701</v>
       </c>
-      <c r="C18" s="5">
+      <c r="C33" s="5">
         <v>1.218988</v>
       </c>
-      <c r="D18" s="5">
+      <c r="D33" s="5">
         <v>1.2922089999999999</v>
       </c>
-      <c r="E18" s="5">
+      <c r="E33" s="5">
         <v>1.100862</v>
       </c>
     </row>
-    <row r="19" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A19" s="1">
+    <row r="34" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
         <v>45924</v>
       </c>
-      <c r="B19" s="5">
+      <c r="B34" s="5">
         <v>1.134941</v>
       </c>
-      <c r="C19" s="5">
+      <c r="C34" s="5">
         <v>1.219279</v>
       </c>
-      <c r="D19" s="5">
+      <c r="D34" s="5">
         <v>1.292573</v>
       </c>
-      <c r="E19" s="5">
+      <c r="E34" s="5">
         <v>1.1021510000000001</v>
       </c>
     </row>
-    <row r="20" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A20" s="1">
+    <row r="35" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
         <v>45923</v>
       </c>
-      <c r="B20" s="5">
+      <c r="B35" s="5">
         <v>1.136992</v>
       </c>
-      <c r="C20" s="5">
+      <c r="C35" s="5">
         <v>1.2219279999999999</v>
       </c>
-      <c r="D20" s="5">
+      <c r="D35" s="5">
         <v>1.296576</v>
       </c>
-      <c r="E20" s="5">
+      <c r="E35" s="5">
         <v>1.1045050000000001</v>
       </c>
-      <c r="N20" s="1"/>
-[...5 lines deleted...]
-      <c r="A21" s="1">
+      <c r="N35" s="1"/>
+      <c r="W35" s="2"/>
+      <c r="X35" s="2"/>
+      <c r="AB35" s="2"/>
+    </row>
+    <row r="36" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
         <v>45922</v>
       </c>
-      <c r="B21" s="5">
+      <c r="B36" s="5">
         <v>1.1351610000000001</v>
       </c>
-      <c r="C21" s="5">
+      <c r="C36" s="5">
         <v>1.2190479999999999</v>
       </c>
-      <c r="D21" s="5">
+      <c r="D36" s="5">
         <v>1.2929090000000001</v>
       </c>
-      <c r="E21" s="5">
+      <c r="E36" s="5">
         <v>1.1027100000000001</v>
       </c>
-      <c r="N21" s="1"/>
-[...5 lines deleted...]
-      <c r="A22" s="1">
+      <c r="N36" s="1"/>
+      <c r="W36" s="2"/>
+      <c r="X36" s="2"/>
+      <c r="AB36" s="2"/>
+    </row>
+    <row r="37" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
         <v>45919</v>
       </c>
-      <c r="B22" s="5">
+      <c r="B37" s="5">
         <v>1.1339710000000001</v>
       </c>
-      <c r="C22" s="5">
+      <c r="C37" s="5">
         <v>1.217465</v>
       </c>
-      <c r="D22" s="5">
+      <c r="D37" s="5">
         <v>1.291042</v>
       </c>
-      <c r="E22" s="5">
+      <c r="E37" s="5">
         <v>1.1012219999999999</v>
       </c>
-      <c r="N22" s="1"/>
-[...5 lines deleted...]
-      <c r="A23" s="1">
+      <c r="N37" s="1"/>
+      <c r="W37" s="2"/>
+      <c r="X37" s="2"/>
+      <c r="AB37" s="2"/>
+    </row>
+    <row r="38" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
         <v>45918</v>
       </c>
-      <c r="B23" s="5">
+      <c r="B38" s="5">
         <v>1.133651</v>
       </c>
-      <c r="C23" s="5">
+      <c r="C38" s="5">
         <v>1.2162980000000001</v>
       </c>
-      <c r="D23" s="5">
+      <c r="D38" s="5">
         <v>1.2881320000000001</v>
       </c>
-      <c r="E23" s="5">
+      <c r="E38" s="5">
         <v>1.100128</v>
       </c>
-      <c r="N23" s="1"/>
-[...5 lines deleted...]
-      <c r="A24" s="1">
+      <c r="N38" s="1"/>
+      <c r="W38" s="2"/>
+      <c r="X38" s="2"/>
+      <c r="AB38" s="2"/>
+    </row>
+    <row r="39" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
         <v>45917</v>
       </c>
-      <c r="B24" s="5">
+      <c r="B39" s="5">
         <v>1.1339440000000001</v>
       </c>
-      <c r="C24" s="5">
+      <c r="C39" s="5">
         <v>1.216737</v>
       </c>
-      <c r="D24" s="5">
+      <c r="D39" s="5">
         <v>1.2884310000000001</v>
       </c>
-      <c r="E24" s="5">
+      <c r="E39" s="5">
         <v>1.10033</v>
       </c>
-      <c r="N24" s="1"/>
-[...5 lines deleted...]
-      <c r="A25" s="1">
+      <c r="N39" s="1"/>
+      <c r="W39" s="2"/>
+      <c r="X39" s="2"/>
+      <c r="AB39" s="2"/>
+    </row>
+    <row r="40" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
         <v>45916</v>
       </c>
-      <c r="B25" s="5">
+      <c r="B40" s="5">
         <v>1.1357250000000001</v>
       </c>
-      <c r="C25" s="5">
+      <c r="C40" s="5">
         <v>1.219713</v>
       </c>
-      <c r="D25" s="5">
+      <c r="D40" s="5">
         <v>1.2932710000000001</v>
       </c>
-      <c r="E25" s="5">
+      <c r="E40" s="5">
         <v>1.1021430000000001</v>
       </c>
-      <c r="K25" s="1"/>
-[...9 lines deleted...]
-      <c r="A26" s="1">
+      <c r="K40" s="1"/>
+      <c r="N40" s="1"/>
+      <c r="T40" s="2"/>
+      <c r="U40" s="2"/>
+      <c r="W40" s="2"/>
+      <c r="X40" s="2"/>
+      <c r="Y40" s="2"/>
+      <c r="AB40" s="2"/>
+    </row>
+    <row r="41" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
         <v>45915</v>
       </c>
-      <c r="B26" s="5">
+      <c r="B41" s="5">
         <v>1.134455</v>
       </c>
-      <c r="C26" s="5">
+      <c r="C41" s="5">
         <v>1.21811</v>
       </c>
-      <c r="D26" s="5">
+      <c r="D41" s="5">
         <v>1.291285</v>
       </c>
-      <c r="E26" s="5">
+      <c r="E41" s="5">
         <v>1.1001829999999999</v>
       </c>
-      <c r="K26" s="1"/>
-[...9 lines deleted...]
-      <c r="A27" s="1">
+      <c r="K41" s="1"/>
+      <c r="N41" s="1"/>
+      <c r="T41" s="2"/>
+      <c r="U41" s="2"/>
+      <c r="W41" s="2"/>
+      <c r="X41" s="2"/>
+      <c r="Y41" s="2"/>
+      <c r="AB41" s="2"/>
+    </row>
+    <row r="42" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
         <v>45912</v>
       </c>
-      <c r="B27" s="5">
+      <c r="B42" s="5">
         <v>1.1345259999999999</v>
       </c>
-      <c r="C27" s="5">
+      <c r="C42" s="5">
         <v>1.2183729999999999</v>
       </c>
-      <c r="D27" s="5">
+      <c r="D42" s="5">
         <v>1.2926340000000001</v>
       </c>
-      <c r="E27" s="5">
+      <c r="E42" s="5">
         <v>1.100762</v>
       </c>
-      <c r="K27" s="1"/>
-[...9 lines deleted...]
-      <c r="A28" s="1">
+      <c r="K42" s="1"/>
+      <c r="N42" s="1"/>
+      <c r="T42" s="2"/>
+      <c r="U42" s="2"/>
+      <c r="W42" s="2"/>
+      <c r="X42" s="2"/>
+      <c r="Y42" s="2"/>
+      <c r="AB42" s="2"/>
+    </row>
+    <row r="43" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
         <v>45911</v>
       </c>
-      <c r="B28" s="5">
+      <c r="B43" s="5">
         <v>1.1318520000000001</v>
       </c>
-      <c r="C28" s="5">
+      <c r="C43" s="5">
         <v>1.2143109999999999</v>
       </c>
-      <c r="D28" s="5">
+      <c r="D43" s="5">
         <v>1.2866169999999999</v>
       </c>
-      <c r="E28" s="5">
+      <c r="E43" s="5">
         <v>1.097728</v>
       </c>
-      <c r="K28" s="1"/>
-[...5 lines deleted...]
-      <c r="A29" s="1">
+      <c r="K43" s="1"/>
+      <c r="T43" s="2"/>
+      <c r="U43" s="2"/>
+      <c r="Y43" s="2"/>
+    </row>
+    <row r="44" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
         <v>45910</v>
       </c>
-      <c r="B29" s="5">
+      <c r="B44" s="5">
         <v>1.131683</v>
       </c>
-      <c r="C29" s="5">
+      <c r="C44" s="5">
         <v>1.214118</v>
       </c>
-      <c r="D29" s="5">
+      <c r="D44" s="5">
         <v>1.286475</v>
       </c>
-      <c r="E29" s="5">
+      <c r="E44" s="5">
         <v>1.0986750000000001</v>
       </c>
-      <c r="K29" s="1"/>
-[...5 lines deleted...]
-      <c r="A30" s="1">
+      <c r="K44" s="1"/>
+      <c r="T44" s="2"/>
+      <c r="U44" s="2"/>
+      <c r="Y44" s="2"/>
+    </row>
+    <row r="45" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
         <v>45909</v>
       </c>
-      <c r="B30" s="5">
+      <c r="B45" s="5">
         <v>1.13076</v>
       </c>
-      <c r="C30" s="5">
+      <c r="C45" s="5">
         <v>1.2128760000000001</v>
       </c>
-      <c r="D30" s="5">
+      <c r="D45" s="5">
         <v>1.285453</v>
       </c>
-      <c r="E30" s="5">
+      <c r="E45" s="5">
         <v>1.0966940000000001</v>
       </c>
-      <c r="K30" s="1"/>
-[...5 lines deleted...]
-      <c r="A31" s="1">
+      <c r="K45" s="1"/>
+      <c r="T45" s="2"/>
+      <c r="U45" s="2"/>
+      <c r="Y45" s="2"/>
+    </row>
+    <row r="46" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
         <v>45908</v>
       </c>
-      <c r="B31" s="5">
+      <c r="B46" s="5">
         <v>1.13103</v>
       </c>
-      <c r="C31" s="5">
+      <c r="C46" s="5">
         <v>1.2138819999999999</v>
       </c>
-      <c r="D31" s="5">
+      <c r="D46" s="5">
         <v>1.287571</v>
       </c>
-      <c r="E31" s="5">
+      <c r="E46" s="5">
         <v>1.097507</v>
       </c>
-      <c r="K31" s="1"/>
-[...5 lines deleted...]
-      <c r="A32" s="1">
+      <c r="K46" s="1"/>
+      <c r="T46" s="2"/>
+      <c r="U46" s="2"/>
+      <c r="Y46" s="2"/>
+    </row>
+    <row r="47" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
         <v>45905</v>
       </c>
-      <c r="B32" s="5">
+      <c r="B47" s="5">
         <v>1.131499</v>
       </c>
-      <c r="C32" s="5">
+      <c r="C47" s="5">
         <v>1.2149920000000001</v>
       </c>
-      <c r="D32" s="5">
+      <c r="D47" s="5">
         <v>1.288916</v>
       </c>
-      <c r="E32" s="5">
+      <c r="E47" s="5">
         <v>1.098411</v>
       </c>
-      <c r="K32" s="1"/>
-[...5 lines deleted...]
-      <c r="A33" s="1">
+      <c r="K47" s="1"/>
+      <c r="T47" s="2"/>
+      <c r="U47" s="2"/>
+      <c r="Y47" s="2"/>
+    </row>
+    <row r="48" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
         <v>45904</v>
       </c>
-      <c r="B33" s="5">
+      <c r="B48" s="5">
         <v>1.1290290000000001</v>
       </c>
-      <c r="C33" s="5">
+      <c r="C48" s="5">
         <v>1.211228</v>
       </c>
-      <c r="D33" s="5">
+      <c r="D48" s="5">
         <v>1.2836939999999999</v>
       </c>
-      <c r="E33" s="5">
+      <c r="E48" s="5">
         <v>1.0952930000000001</v>
       </c>
-      <c r="K33" s="1"/>
-[...308 lines deleted...]
-      <c r="AA48" s="2"/>
+      <c r="K48" s="1"/>
+      <c r="T48" s="2"/>
+      <c r="U48" s="2"/>
+      <c r="Y48" s="2"/>
     </row>
     <row r="49" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B49" s="5">
-        <v>1.126571</v>
+        <v>1.126064</v>
       </c>
       <c r="C49" s="5">
-        <v>1.2074579999999999</v>
+        <v>1.2072529999999999</v>
       </c>
       <c r="D49" s="5">
-        <v>1.27685</v>
+        <v>1.2785759999999999</v>
       </c>
       <c r="E49" s="5">
-        <v>1.0955729999999999</v>
-[...4 lines deleted...]
-      <c r="AA49" s="2"/>
+        <v>1.092052</v>
+      </c>
+      <c r="K49" s="1"/>
+      <c r="T49" s="2"/>
+      <c r="U49" s="2"/>
+      <c r="Y49" s="2"/>
     </row>
     <row r="50" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B50" s="5">
-        <v>1.1257999999999999</v>
+        <v>1.129462</v>
       </c>
       <c r="C50" s="5">
-        <v>1.206216</v>
+        <v>1.212491</v>
       </c>
       <c r="D50" s="5">
-        <v>1.2750360000000001</v>
+        <v>1.286624</v>
       </c>
       <c r="E50" s="5">
-        <v>1.095423</v>
-[...2 lines deleted...]
-      <c r="M50" s="1"/>
+        <v>1.095407</v>
+      </c>
+      <c r="K50" s="1"/>
+      <c r="T50" s="2"/>
       <c r="U50" s="2"/>
-      <c r="V50" s="2"/>
-[...2 lines deleted...]
-      <c r="AA50" s="2"/>
+      <c r="Y50" s="2"/>
     </row>
     <row r="51" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B51" s="5">
-        <v>1.12565</v>
+        <v>1.1302209999999999</v>
       </c>
       <c r="C51" s="5">
-        <v>1.206048</v>
+        <v>1.213063</v>
       </c>
       <c r="D51" s="5">
-        <v>1.274804</v>
+        <v>1.287096</v>
       </c>
       <c r="E51" s="5">
-        <v>1.095013</v>
-[...1 lines deleted...]
-      <c r="L51" s="1"/>
+        <v>1.096317</v>
+      </c>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="S51" s="2"/>
+      <c r="T51" s="2"/>
       <c r="U51" s="2"/>
-      <c r="V51" s="2"/>
-      <c r="Z51" s="2"/>
+      <c r="X51" s="2"/>
+      <c r="Y51" s="2"/>
     </row>
     <row r="52" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B52" s="5">
-        <v>1.124039</v>
+        <v>1.131993</v>
       </c>
       <c r="C52" s="5">
-        <v>1.2038709999999999</v>
+        <v>1.21557</v>
       </c>
       <c r="D52" s="5">
-        <v>1.272197</v>
+        <v>1.2899890000000001</v>
       </c>
       <c r="E52" s="5">
-        <v>1.0939540000000001</v>
-[...4 lines deleted...]
-      <c r="Z52" s="2"/>
+        <v>1.0976090000000001</v>
+      </c>
+      <c r="J52" s="1"/>
+      <c r="S52" s="2"/>
+      <c r="T52" s="2"/>
+      <c r="X52" s="2"/>
     </row>
     <row r="53" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B53" s="5">
-        <v>1.1244130000000001</v>
+        <v>1.1317029999999999</v>
       </c>
       <c r="C53" s="5">
-        <v>1.2041489999999999</v>
+        <v>1.2155629999999999</v>
       </c>
       <c r="D53" s="5">
-        <v>1.2723640000000001</v>
+        <v>1.2907630000000001</v>
       </c>
       <c r="E53" s="5">
-        <v>1.094346</v>
-[...4 lines deleted...]
-      <c r="Z53" s="2"/>
+        <v>1.0982419999999999</v>
+      </c>
+      <c r="J53" s="1"/>
+      <c r="S53" s="2"/>
+      <c r="T53" s="2"/>
+      <c r="X53" s="2"/>
     </row>
     <row r="54" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B54" s="5">
-        <v>1.123515</v>
+        <v>1.130935</v>
       </c>
       <c r="C54" s="5">
-        <v>1.203346</v>
+        <v>1.214477</v>
       </c>
       <c r="D54" s="5">
-        <v>1.272351</v>
+        <v>1.289175</v>
       </c>
       <c r="E54" s="5">
-        <v>1.0948800000000001</v>
-[...4 lines deleted...]
-      <c r="Z54" s="2"/>
+        <v>1.0978000000000001</v>
+      </c>
+      <c r="J54" s="1"/>
+      <c r="S54" s="2"/>
+      <c r="T54" s="2"/>
+      <c r="X54" s="2"/>
     </row>
     <row r="55" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B55" s="5">
-        <v>1.122898</v>
+        <v>1.1297539999999999</v>
       </c>
       <c r="C55" s="5">
-        <v>1.2022820000000001</v>
+        <v>1.2127410000000001</v>
       </c>
       <c r="D55" s="5">
-        <v>1.2701199999999999</v>
+        <v>1.287048</v>
       </c>
       <c r="E55" s="5">
-        <v>1.093893</v>
-[...4 lines deleted...]
-      <c r="Z55" s="2"/>
+        <v>1.0966590000000001</v>
+      </c>
+      <c r="J55" s="1"/>
+      <c r="S55" s="2"/>
+      <c r="T55" s="2"/>
+      <c r="X55" s="2"/>
     </row>
     <row r="56" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B56" s="5">
-        <v>1.1187389999999999</v>
+        <v>1.1315390000000001</v>
       </c>
       <c r="C56" s="5">
-        <v>1.1959979999999999</v>
+        <v>1.215471</v>
       </c>
       <c r="D56" s="5">
-        <v>1.2608440000000001</v>
+        <v>1.2907660000000001</v>
       </c>
       <c r="E56" s="5">
-        <v>1.0886659999999999</v>
-[...1 lines deleted...]
-      <c r="K56" s="1"/>
+        <v>1.098848</v>
+      </c>
+      <c r="J56" s="1"/>
+      <c r="S56" s="2"/>
       <c r="T56" s="2"/>
-      <c r="U56" s="2"/>
-[...2 lines deleted...]
-    <row r="57" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="X56" s="2"/>
+    </row>
+    <row r="57" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B57" s="5">
-        <v>1.119642</v>
+        <v>1.128601</v>
       </c>
       <c r="C57" s="5">
-        <v>1.197813</v>
+        <v>1.2111970000000001</v>
       </c>
       <c r="D57" s="5">
-        <v>1.2637050000000001</v>
+        <v>1.2848280000000001</v>
       </c>
       <c r="E57" s="5">
-        <v>1.0896589999999999</v>
-[...6 lines deleted...]
-    <row r="58" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.096163</v>
+      </c>
+    </row>
+    <row r="58" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B58" s="5">
-        <v>1.1235919999999999</v>
+        <v>1.1304270000000001</v>
       </c>
       <c r="C58" s="5">
-        <v>1.2031080000000001</v>
+        <v>1.2135290000000001</v>
       </c>
       <c r="D58" s="5">
-        <v>1.270381</v>
+        <v>1.2878320000000001</v>
       </c>
       <c r="E58" s="5">
-        <v>1.094284</v>
-[...6 lines deleted...]
-    <row r="59" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.0989500000000001</v>
+      </c>
+    </row>
+    <row r="59" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B59" s="5">
-        <v>1.122878</v>
+        <v>1.1285229999999999</v>
       </c>
       <c r="C59" s="5">
-        <v>1.2023200000000001</v>
+        <v>1.2108749999999999</v>
       </c>
       <c r="D59" s="5">
-        <v>1.2701739999999999</v>
+        <v>1.2833669999999999</v>
       </c>
       <c r="E59" s="5">
-        <v>1.0935900000000001</v>
-[...9 lines deleted...]
-    <row r="60" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.0965549999999999</v>
+      </c>
+    </row>
+    <row r="60" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B60" s="5">
-        <v>1.1223019999999999</v>
+        <v>1.127769</v>
       </c>
       <c r="C60" s="5">
-        <v>1.2013529999999999</v>
+        <v>1.209587</v>
       </c>
       <c r="D60" s="5">
-        <v>1.2668299999999999</v>
+        <v>1.280678</v>
       </c>
       <c r="E60" s="5">
-        <v>1.092042</v>
-[...9 lines deleted...]
-    <row r="61" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.0965849999999999</v>
+      </c>
+      <c r="M60" s="1"/>
+      <c r="V60" s="2"/>
+      <c r="W60" s="2"/>
+      <c r="AA60" s="2"/>
+    </row>
+    <row r="61" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B61" s="5">
-        <v>1.1228670000000001</v>
+        <v>1.1294660000000001</v>
       </c>
       <c r="C61" s="5">
-        <v>1.202369</v>
+        <v>1.2118070000000001</v>
       </c>
       <c r="D61" s="5">
-        <v>1.269655</v>
+        <v>1.2829170000000001</v>
       </c>
       <c r="E61" s="5">
-        <v>1.0926229999999999</v>
-[...7 lines deleted...]
-      <c r="Y61" s="2"/>
+        <v>1.098849</v>
+      </c>
+      <c r="M61" s="1"/>
+      <c r="V61" s="2"/>
+      <c r="W61" s="2"/>
+      <c r="AA61" s="2"/>
     </row>
     <row r="62" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A62" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B62" s="5">
-        <v>1.1216729999999999</v>
+        <v>1.1299710000000001</v>
       </c>
       <c r="C62" s="5">
-        <v>1.200494</v>
+        <v>1.2127129999999999</v>
       </c>
       <c r="D62" s="5">
-        <v>1.2655259999999999</v>
+        <v>1.284473</v>
       </c>
       <c r="E62" s="5">
-        <v>1.0902259999999999</v>
-[...7 lines deleted...]
-      <c r="Y62" s="2"/>
+        <v>1.0990470000000001</v>
+      </c>
+      <c r="M62" s="1"/>
+      <c r="V62" s="2"/>
+      <c r="W62" s="2"/>
+      <c r="AA62" s="2"/>
     </row>
     <row r="63" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B63" s="5">
-        <v>1.1219460000000001</v>
+        <v>1.1277440000000001</v>
       </c>
       <c r="C63" s="5">
-        <v>1.2007939999999999</v>
+        <v>1.209371</v>
       </c>
       <c r="D63" s="5">
-        <v>1.2660769999999999</v>
+        <v>1.2799700000000001</v>
       </c>
       <c r="E63" s="5">
-        <v>1.090808</v>
-[...4 lines deleted...]
-      <c r="X63" s="2"/>
+        <v>1.096401</v>
+      </c>
+      <c r="M63" s="1"/>
+      <c r="V63" s="2"/>
+      <c r="W63" s="2"/>
+      <c r="AA63" s="2"/>
     </row>
     <row r="64" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A64" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B64" s="5">
-        <v>1.121882</v>
+        <v>1.126571</v>
       </c>
       <c r="C64" s="5">
-        <v>1.2012339999999999</v>
+        <v>1.2074579999999999</v>
       </c>
       <c r="D64" s="5">
-        <v>1.2667839999999999</v>
+        <v>1.27685</v>
       </c>
       <c r="E64" s="5">
-        <v>1.0908880000000001</v>
-[...6 lines deleted...]
-    <row r="65" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0955729999999999</v>
+      </c>
+      <c r="M64" s="1"/>
+      <c r="V64" s="2"/>
+      <c r="W64" s="2"/>
+      <c r="AA64" s="2"/>
+    </row>
+    <row r="65" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B65" s="5">
-        <v>1.1202289999999999</v>
+        <v>1.1257999999999999</v>
       </c>
       <c r="C65" s="5">
-        <v>1.198558</v>
+        <v>1.206216</v>
       </c>
       <c r="D65" s="5">
-        <v>1.2627219999999999</v>
+        <v>1.2750360000000001</v>
       </c>
       <c r="E65" s="5">
-        <v>1.0884990000000001</v>
-[...2 lines deleted...]
-      <c r="T65" s="2"/>
+        <v>1.095423</v>
+      </c>
+      <c r="L65" s="1"/>
+      <c r="M65" s="1"/>
       <c r="U65" s="2"/>
-      <c r="Y65" s="2"/>
-[...1 lines deleted...]
-    <row r="66" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="V65" s="2"/>
+      <c r="W65" s="2"/>
+      <c r="Z65" s="2"/>
+      <c r="AA65" s="2"/>
+    </row>
+    <row r="66" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B66" s="5">
-        <v>1.1196440000000001</v>
+        <v>1.12565</v>
       </c>
       <c r="C66" s="5">
-        <v>1.1978059999999999</v>
+        <v>1.206048</v>
       </c>
       <c r="D66" s="5">
-        <v>1.261771</v>
+        <v>1.274804</v>
       </c>
       <c r="E66" s="5">
-        <v>1.0882670000000001</v>
-[...2 lines deleted...]
-      <c r="T66" s="2"/>
+        <v>1.095013</v>
+      </c>
+      <c r="L66" s="1"/>
       <c r="U66" s="2"/>
-      <c r="Y66" s="2"/>
-[...1 lines deleted...]
-    <row r="67" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="V66" s="2"/>
+      <c r="Z66" s="2"/>
+    </row>
+    <row r="67" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B67" s="5">
-        <v>1.1209039999999999</v>
+        <v>1.124039</v>
       </c>
       <c r="C67" s="5">
-        <v>1.200081</v>
+        <v>1.2038709999999999</v>
       </c>
       <c r="D67" s="5">
-        <v>1.2651509999999999</v>
+        <v>1.272197</v>
       </c>
       <c r="E67" s="5">
-        <v>1.0900540000000001</v>
-[...2 lines deleted...]
-      <c r="T67" s="2"/>
+        <v>1.0939540000000001</v>
+      </c>
+      <c r="L67" s="1"/>
       <c r="U67" s="2"/>
-      <c r="Y67" s="2"/>
-[...1 lines deleted...]
-    <row r="68" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="V67" s="2"/>
+      <c r="Z67" s="2"/>
+    </row>
+    <row r="68" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B68" s="5">
-        <v>1.118017</v>
+        <v>1.1244130000000001</v>
       </c>
       <c r="C68" s="5">
-        <v>1.195363</v>
+        <v>1.2041489999999999</v>
       </c>
       <c r="D68" s="5">
-        <v>1.2587950000000001</v>
+        <v>1.2723640000000001</v>
       </c>
       <c r="E68" s="5">
-        <v>1.085691</v>
-[...1 lines deleted...]
-      <c r="K68" s="1"/>
+        <v>1.094346</v>
+      </c>
       <c r="L68" s="1"/>
-      <c r="T68" s="2"/>
       <c r="U68" s="2"/>
       <c r="V68" s="2"/>
-      <c r="Y68" s="2"/>
       <c r="Z68" s="2"/>
     </row>
-    <row r="69" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B69" s="5">
-        <v>1.1148149999999999</v>
+        <v>1.123515</v>
       </c>
       <c r="C69" s="5">
-        <v>1.190704</v>
+        <v>1.203346</v>
       </c>
       <c r="D69" s="5">
-        <v>1.252402</v>
+        <v>1.272351</v>
       </c>
       <c r="E69" s="5">
-        <v>1.083488</v>
-[...1 lines deleted...]
-      <c r="K69" s="1"/>
+        <v>1.0948800000000001</v>
+      </c>
       <c r="L69" s="1"/>
-      <c r="T69" s="2"/>
       <c r="U69" s="2"/>
       <c r="V69" s="2"/>
-      <c r="Y69" s="2"/>
       <c r="Z69" s="2"/>
     </row>
-    <row r="70" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B70" s="5">
-        <v>1.1171409999999999</v>
+        <v>1.122898</v>
       </c>
       <c r="C70" s="5">
-        <v>1.194704</v>
+        <v>1.2022820000000001</v>
       </c>
       <c r="D70" s="5">
-        <v>1.2587029999999999</v>
+        <v>1.2701199999999999</v>
       </c>
       <c r="E70" s="5">
-        <v>1.0853379999999999</v>
+        <v>1.093893</v>
       </c>
       <c r="L70" s="1"/>
       <c r="U70" s="2"/>
       <c r="V70" s="2"/>
       <c r="Z70" s="2"/>
     </row>
-    <row r="71" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B71" s="5">
-        <v>1.1142920000000001</v>
+        <v>1.1187389999999999</v>
       </c>
       <c r="C71" s="5">
-        <v>1.1904330000000001</v>
+        <v>1.1959979999999999</v>
       </c>
       <c r="D71" s="5">
-        <v>1.2523070000000001</v>
+        <v>1.2608440000000001</v>
       </c>
       <c r="E71" s="5">
-        <v>1.081661</v>
-[...1 lines deleted...]
-      <c r="L71" s="1"/>
+        <v>1.0886659999999999</v>
+      </c>
+      <c r="K71" s="1"/>
+      <c r="T71" s="2"/>
       <c r="U71" s="2"/>
-      <c r="V71" s="2"/>
-[...2 lines deleted...]
-    <row r="72" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="Y71" s="2"/>
+    </row>
+    <row r="72" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B72" s="5">
-        <v>1.1156010000000001</v>
+        <v>1.119642</v>
       </c>
       <c r="C72" s="5">
-        <v>1.1922759999999999</v>
+        <v>1.197813</v>
       </c>
       <c r="D72" s="5">
-        <v>1.2551810000000001</v>
+        <v>1.2637050000000001</v>
       </c>
       <c r="E72" s="5">
-        <v>1.0825210000000001</v>
-[...1 lines deleted...]
-      <c r="L72" s="1"/>
+        <v>1.0896589999999999</v>
+      </c>
+      <c r="K72" s="1"/>
+      <c r="T72" s="2"/>
       <c r="U72" s="2"/>
-      <c r="V72" s="2"/>
-[...2 lines deleted...]
-    <row r="73" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="Y72" s="2"/>
+    </row>
+    <row r="73" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45848</v>
+        <v>45869</v>
       </c>
       <c r="B73" s="5">
-        <v>1.1154440000000001</v>
+        <v>1.1235919999999999</v>
       </c>
       <c r="C73" s="5">
-        <v>1.192394</v>
+        <v>1.2031080000000001</v>
       </c>
       <c r="D73" s="5">
-        <v>1.2553179999999999</v>
+        <v>1.270381</v>
       </c>
       <c r="E73" s="5">
-        <v>1.082989</v>
-[...1 lines deleted...]
-      <c r="L73" s="1"/>
+        <v>1.094284</v>
+      </c>
+      <c r="K73" s="1"/>
+      <c r="T73" s="2"/>
       <c r="U73" s="2"/>
-      <c r="V73" s="2"/>
-[...2 lines deleted...]
-    <row r="74" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="Y73" s="2"/>
+    </row>
+    <row r="74" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45847</v>
+        <v>45868</v>
       </c>
       <c r="B74" s="5">
-        <v>1.113259</v>
+        <v>1.122878</v>
       </c>
       <c r="C74" s="5">
-        <v>1.1893039999999999</v>
+        <v>1.2023200000000001</v>
       </c>
       <c r="D74" s="5">
-        <v>1.251503</v>
+        <v>1.2701739999999999</v>
       </c>
       <c r="E74" s="5">
-        <v>1.0809260000000001</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0935900000000001</v>
+      </c>
+      <c r="J74" s="1"/>
+      <c r="K74" s="1"/>
+      <c r="S74" s="2"/>
+      <c r="T74" s="2"/>
+      <c r="U74" s="2"/>
+      <c r="X74" s="2"/>
+      <c r="Y74" s="2"/>
+    </row>
+    <row r="75" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45846</v>
+        <v>45867</v>
       </c>
       <c r="B75" s="5">
-        <v>1.1149199999999999</v>
+        <v>1.1223019999999999</v>
       </c>
       <c r="C75" s="5">
-        <v>1.1912609999999999</v>
+        <v>1.2013529999999999</v>
       </c>
       <c r="D75" s="5">
-        <v>1.2538800000000001</v>
+        <v>1.2668299999999999</v>
       </c>
       <c r="E75" s="5">
-        <v>1.0832059999999999</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.092042</v>
+      </c>
+      <c r="J75" s="1"/>
+      <c r="K75" s="1"/>
+      <c r="S75" s="2"/>
+      <c r="T75" s="2"/>
+      <c r="U75" s="2"/>
+      <c r="X75" s="2"/>
+      <c r="Y75" s="2"/>
+    </row>
+    <row r="76" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45845</v>
+        <v>45866</v>
       </c>
       <c r="B76" s="5">
-        <v>1.115912</v>
+        <v>1.1228670000000001</v>
       </c>
       <c r="C76" s="5">
-        <v>1.19262</v>
+        <v>1.202369</v>
       </c>
       <c r="D76" s="5">
-        <v>1.255733</v>
+        <v>1.269655</v>
       </c>
       <c r="E76" s="5">
-        <v>1.083752</v>
-      </c>
+        <v>1.0926229999999999</v>
+      </c>
+      <c r="J76" s="1"/>
       <c r="K76" s="1"/>
+      <c r="S76" s="2"/>
       <c r="T76" s="2"/>
       <c r="U76" s="2"/>
+      <c r="X76" s="2"/>
       <c r="Y76" s="2"/>
     </row>
-    <row r="77" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45842</v>
+        <v>45863</v>
       </c>
       <c r="B77" s="5">
-        <v>1.1157889999999999</v>
+        <v>1.1216729999999999</v>
       </c>
       <c r="C77" s="5">
-        <v>1.1924030000000001</v>
+        <v>1.200494</v>
       </c>
       <c r="D77" s="5">
-        <v>1.255547</v>
+        <v>1.2655259999999999</v>
       </c>
       <c r="E77" s="5">
-        <v>1.083572</v>
-      </c>
+        <v>1.0902259999999999</v>
+      </c>
+      <c r="J77" s="1"/>
       <c r="K77" s="1"/>
+      <c r="S77" s="2"/>
       <c r="T77" s="2"/>
       <c r="U77" s="2"/>
+      <c r="X77" s="2"/>
       <c r="Y77" s="2"/>
     </row>
-    <row r="78" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45841</v>
+        <v>45862</v>
       </c>
       <c r="B78" s="5">
-        <v>1.1152869999999999</v>
+        <v>1.1219460000000001</v>
       </c>
       <c r="C78" s="5">
-        <v>1.1917770000000001</v>
+        <v>1.2007939999999999</v>
       </c>
       <c r="D78" s="5">
-        <v>1.25434</v>
+        <v>1.2660769999999999</v>
       </c>
       <c r="E78" s="5">
-        <v>1.0834010000000001</v>
-[...1 lines deleted...]
-      <c r="K78" s="1"/>
+        <v>1.090808</v>
+      </c>
+      <c r="J78" s="1"/>
+      <c r="S78" s="2"/>
       <c r="T78" s="2"/>
-      <c r="U78" s="2"/>
-[...2 lines deleted...]
-    <row r="79" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="X78" s="2"/>
+    </row>
+    <row r="79" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45840</v>
+        <v>45861</v>
       </c>
       <c r="B79" s="5">
-        <v>1.115073</v>
+        <v>1.121882</v>
       </c>
       <c r="C79" s="5">
-        <v>1.1914229999999999</v>
+        <v>1.2012339999999999</v>
       </c>
       <c r="D79" s="5">
-        <v>1.2541929999999999</v>
+        <v>1.2667839999999999</v>
       </c>
       <c r="E79" s="5">
-        <v>1.083785</v>
-[...1 lines deleted...]
-      <c r="I79" s="1"/>
+        <v>1.0908880000000001</v>
+      </c>
       <c r="K79" s="1"/>
-      <c r="R79" s="2"/>
-      <c r="S79" s="2"/>
       <c r="T79" s="2"/>
       <c r="U79" s="2"/>
-      <c r="W79" s="2"/>
       <c r="Y79" s="2"/>
     </row>
-    <row r="80" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>45839</v>
+        <v>45860</v>
       </c>
       <c r="B80" s="5">
-        <v>1.113305</v>
+        <v>1.1202289999999999</v>
       </c>
       <c r="C80" s="5">
-        <v>1.188331</v>
+        <v>1.198558</v>
       </c>
       <c r="D80" s="5">
-        <v>1.2495419999999999</v>
+        <v>1.2627219999999999</v>
       </c>
       <c r="E80" s="5">
-        <v>1.08206</v>
-[...1 lines deleted...]
-      <c r="I80" s="1"/>
+        <v>1.0884990000000001</v>
+      </c>
       <c r="K80" s="1"/>
-      <c r="R80" s="2"/>
-      <c r="S80" s="2"/>
       <c r="T80" s="2"/>
       <c r="U80" s="2"/>
-      <c r="W80" s="2"/>
       <c r="Y80" s="2"/>
     </row>
-    <row r="81" spans="1:5" x14ac:dyDescent="0.35">
-[...92 lines deleted...]
-      <c r="E95" s="5"/>
+    <row r="81" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A81" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B81" s="5">
+        <v>1.1196440000000001</v>
+      </c>
+      <c r="C81" s="5">
+        <v>1.1978059999999999</v>
+      </c>
+      <c r="D81" s="5">
+        <v>1.261771</v>
+      </c>
+      <c r="E81" s="5">
+        <v>1.0882670000000001</v>
+      </c>
+      <c r="K81" s="1"/>
+      <c r="T81" s="2"/>
+      <c r="U81" s="2"/>
+      <c r="Y81" s="2"/>
+    </row>
+    <row r="82" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B82" s="5">
+        <v>1.1209039999999999</v>
+      </c>
+      <c r="C82" s="5">
+        <v>1.200081</v>
+      </c>
+      <c r="D82" s="5">
+        <v>1.2651509999999999</v>
+      </c>
+      <c r="E82" s="5">
+        <v>1.0900540000000001</v>
+      </c>
+      <c r="K82" s="1"/>
+      <c r="T82" s="2"/>
+      <c r="U82" s="2"/>
+      <c r="Y82" s="2"/>
+    </row>
+    <row r="83" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A83" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B83" s="5">
+        <v>1.118017</v>
+      </c>
+      <c r="C83" s="5">
+        <v>1.195363</v>
+      </c>
+      <c r="D83" s="5">
+        <v>1.2587950000000001</v>
+      </c>
+      <c r="E83" s="5">
+        <v>1.085691</v>
+      </c>
+      <c r="K83" s="1"/>
+      <c r="L83" s="1"/>
+      <c r="T83" s="2"/>
+      <c r="U83" s="2"/>
+      <c r="V83" s="2"/>
+      <c r="Y83" s="2"/>
+      <c r="Z83" s="2"/>
+    </row>
+    <row r="84" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B84" s="5">
+        <v>1.1148149999999999</v>
+      </c>
+      <c r="C84" s="5">
+        <v>1.190704</v>
+      </c>
+      <c r="D84" s="5">
+        <v>1.252402</v>
+      </c>
+      <c r="E84" s="5">
+        <v>1.083488</v>
+      </c>
+      <c r="K84" s="1"/>
+      <c r="L84" s="1"/>
+      <c r="T84" s="2"/>
+      <c r="U84" s="2"/>
+      <c r="V84" s="2"/>
+      <c r="Y84" s="2"/>
+      <c r="Z84" s="2"/>
+    </row>
+    <row r="85" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A85" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B85" s="5">
+        <v>1.1171409999999999</v>
+      </c>
+      <c r="C85" s="5">
+        <v>1.194704</v>
+      </c>
+      <c r="D85" s="5">
+        <v>1.2587029999999999</v>
+      </c>
+      <c r="E85" s="5">
+        <v>1.0853379999999999</v>
+      </c>
+      <c r="L85" s="1"/>
+      <c r="U85" s="2"/>
+      <c r="V85" s="2"/>
+      <c r="Z85" s="2"/>
+    </row>
+    <row r="86" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B86" s="5">
+        <v>1.1142920000000001</v>
+      </c>
+      <c r="C86" s="5">
+        <v>1.1904330000000001</v>
+      </c>
+      <c r="D86" s="5">
+        <v>1.2523070000000001</v>
+      </c>
+      <c r="E86" s="5">
+        <v>1.081661</v>
+      </c>
+      <c r="L86" s="1"/>
+      <c r="U86" s="2"/>
+      <c r="V86" s="2"/>
+      <c r="Z86" s="2"/>
+    </row>
+    <row r="87" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B87" s="5">
+        <v>1.1156010000000001</v>
+      </c>
+      <c r="C87" s="5">
+        <v>1.1922759999999999</v>
+      </c>
+      <c r="D87" s="5">
+        <v>1.2551810000000001</v>
+      </c>
+      <c r="E87" s="5">
+        <v>1.0825210000000001</v>
+      </c>
+      <c r="L87" s="1"/>
+      <c r="U87" s="2"/>
+      <c r="V87" s="2"/>
+      <c r="Z87" s="2"/>
+    </row>
+    <row r="88" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
+        <v>45848</v>
+      </c>
+      <c r="B88" s="5">
+        <v>1.1154440000000001</v>
+      </c>
+      <c r="C88" s="5">
+        <v>1.192394</v>
+      </c>
+      <c r="D88" s="5">
+        <v>1.2553179999999999</v>
+      </c>
+      <c r="E88" s="5">
+        <v>1.082989</v>
+      </c>
+      <c r="L88" s="1"/>
+      <c r="U88" s="2"/>
+      <c r="V88" s="2"/>
+      <c r="Z88" s="2"/>
+    </row>
+    <row r="89" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B89" s="5">
+        <v>1.113259</v>
+      </c>
+      <c r="C89" s="5">
+        <v>1.1893039999999999</v>
+      </c>
+      <c r="D89" s="5">
+        <v>1.251503</v>
+      </c>
+      <c r="E89" s="5">
+        <v>1.0809260000000001</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B90" s="5">
+        <v>1.1149199999999999</v>
+      </c>
+      <c r="C90" s="5">
+        <v>1.1912609999999999</v>
+      </c>
+      <c r="D90" s="5">
+        <v>1.2538800000000001</v>
+      </c>
+      <c r="E90" s="5">
+        <v>1.0832059999999999</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B91" s="5">
+        <v>1.115912</v>
+      </c>
+      <c r="C91" s="5">
+        <v>1.19262</v>
+      </c>
+      <c r="D91" s="5">
+        <v>1.255733</v>
+      </c>
+      <c r="E91" s="5">
+        <v>1.083752</v>
+      </c>
+      <c r="K91" s="1"/>
+      <c r="T91" s="2"/>
+      <c r="U91" s="2"/>
+      <c r="Y91" s="2"/>
+    </row>
+    <row r="92" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B92" s="5">
+        <v>1.1157889999999999</v>
+      </c>
+      <c r="C92" s="5">
+        <v>1.1924030000000001</v>
+      </c>
+      <c r="D92" s="5">
+        <v>1.255547</v>
+      </c>
+      <c r="E92" s="5">
+        <v>1.083572</v>
+      </c>
+      <c r="K92" s="1"/>
+      <c r="T92" s="2"/>
+      <c r="U92" s="2"/>
+      <c r="Y92" s="2"/>
+    </row>
+    <row r="93" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B93" s="5">
+        <v>1.1152869999999999</v>
+      </c>
+      <c r="C93" s="5">
+        <v>1.1917770000000001</v>
+      </c>
+      <c r="D93" s="5">
+        <v>1.25434</v>
+      </c>
+      <c r="E93" s="5">
+        <v>1.0834010000000001</v>
+      </c>
+      <c r="K93" s="1"/>
+      <c r="T93" s="2"/>
+      <c r="U93" s="2"/>
+      <c r="Y93" s="2"/>
+    </row>
+    <row r="94" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B94" s="5">
+        <v>1.115073</v>
+      </c>
+      <c r="C94" s="5">
+        <v>1.1914229999999999</v>
+      </c>
+      <c r="D94" s="5">
+        <v>1.2541929999999999</v>
+      </c>
+      <c r="E94" s="5">
+        <v>1.083785</v>
+      </c>
+      <c r="I94" s="1"/>
+      <c r="K94" s="1"/>
+      <c r="R94" s="2"/>
+      <c r="S94" s="2"/>
+      <c r="T94" s="2"/>
+      <c r="U94" s="2"/>
+      <c r="W94" s="2"/>
+      <c r="Y94" s="2"/>
+    </row>
+    <row r="95" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
+        <v>45839</v>
+      </c>
+      <c r="B95" s="5">
+        <v>1.113305</v>
+      </c>
+      <c r="C95" s="5">
+        <v>1.188331</v>
+      </c>
+      <c r="D95" s="5">
+        <v>1.2495419999999999</v>
+      </c>
+      <c r="E95" s="5">
+        <v>1.08206</v>
+      </c>
+      <c r="I95" s="1"/>
+      <c r="K95" s="1"/>
+      <c r="R95" s="2"/>
+      <c r="S95" s="2"/>
+      <c r="T95" s="2"/>
+      <c r="U95" s="2"/>
+      <c r="W95" s="2"/>
+      <c r="Y95" s="2"/>
+    </row>
+    <row r="96" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A96" s="1"/>
+      <c r="B96" s="5"/>
+      <c r="C96" s="5"/>
+      <c r="D96" s="5"/>
+      <c r="E96" s="5"/>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A97" s="1"/>
+      <c r="B97" s="5"/>
+      <c r="C97" s="5"/>
+      <c r="D97" s="5"/>
+      <c r="E97" s="5"/>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A98" s="1"/>
+      <c r="B98" s="5"/>
+      <c r="C98" s="5"/>
+      <c r="D98" s="5"/>
+      <c r="E98" s="5"/>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A99" s="1"/>
+      <c r="B99" s="5"/>
+      <c r="C99" s="5"/>
+      <c r="D99" s="5"/>
+      <c r="E99" s="5"/>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A100" s="1"/>
+      <c r="B100" s="5"/>
+      <c r="C100" s="5"/>
+      <c r="D100" s="5"/>
+      <c r="E100" s="5"/>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A101" s="1"/>
+      <c r="B101" s="5"/>
+      <c r="C101" s="5"/>
+      <c r="D101" s="5"/>
+      <c r="E101" s="5"/>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A102" s="1"/>
+      <c r="B102" s="5"/>
+      <c r="C102" s="5"/>
+      <c r="D102" s="5"/>
+      <c r="E102" s="5"/>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A103" s="1"/>
+      <c r="B103" s="5"/>
+      <c r="C103" s="5"/>
+      <c r="D103" s="5"/>
+      <c r="E103" s="5"/>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A104" s="1"/>
+      <c r="B104" s="5"/>
+      <c r="C104" s="5"/>
+      <c r="D104" s="5"/>
+      <c r="E104" s="5"/>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A105" s="1"/>
+      <c r="B105" s="5"/>
+      <c r="C105" s="5"/>
+      <c r="D105" s="5"/>
+      <c r="E105" s="5"/>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C106" s="5"/>
+      <c r="D106" s="5"/>
+      <c r="E106" s="5"/>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C107" s="5"/>
+      <c r="D107" s="5"/>
+      <c r="E107" s="5"/>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C108" s="5"/>
+      <c r="D108" s="5"/>
+      <c r="E108" s="5"/>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C109" s="5"/>
+      <c r="D109" s="5"/>
+      <c r="E109" s="5"/>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C110" s="5"/>
+      <c r="D110" s="5"/>
+      <c r="E110" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D314CE36-DD05-4B9C-BE49-61A182BBC214}">
-  <dimension ref="A1:AA97"/>
+  <dimension ref="A1:AA112"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B2" s="7">
-        <v>1.150048</v>
+        <v>1.1473580000000001</v>
       </c>
       <c r="C2" s="7">
-        <v>1.1822189999999999</v>
+        <v>1.178582</v>
       </c>
       <c r="D2" s="7">
-        <v>1.2140629999999999</v>
+        <v>1.2099219999999999</v>
       </c>
       <c r="E2" s="7">
-        <v>1.154039</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:24" x14ac:dyDescent="0.35">
+        <v>1.151087</v>
+      </c>
+    </row>
+    <row r="3" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B3" s="7">
-        <v>1.1515089999999999</v>
+        <v>1.1492199999999999</v>
       </c>
       <c r="C3" s="7">
-        <v>1.1847240000000001</v>
+        <v>1.1812609999999999</v>
       </c>
       <c r="D3" s="7">
-        <v>1.2182519999999999</v>
+        <v>1.2142379999999999</v>
       </c>
       <c r="E3" s="7">
-        <v>1.1587369999999999</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:24" x14ac:dyDescent="0.35">
+        <v>1.153896</v>
+      </c>
+      <c r="J3" s="1"/>
+      <c r="S3" s="2"/>
+      <c r="T3" s="2"/>
+      <c r="X3" s="2"/>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B4" s="7">
-        <v>1.1481589999999999</v>
+        <v>1.147966</v>
       </c>
       <c r="C4" s="7">
-        <v>1.1805760000000001</v>
+        <v>1.1795249999999999</v>
       </c>
       <c r="D4" s="7">
-        <v>1.2134160000000001</v>
+        <v>1.2115959999999999</v>
       </c>
       <c r="E4" s="7">
-        <v>1.155594</v>
+        <v>1.151945</v>
       </c>
       <c r="J4" s="1"/>
       <c r="S4" s="2"/>
       <c r="T4" s="2"/>
       <c r="X4" s="2"/>
     </row>
-    <row r="5" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B5" s="7">
-        <v>1.1447350000000001</v>
+        <v>1.148825</v>
       </c>
       <c r="C5" s="7">
-        <v>1.1762170000000001</v>
+        <v>1.1808959999999999</v>
       </c>
       <c r="D5" s="7">
-        <v>1.2077340000000001</v>
+        <v>1.2141230000000001</v>
       </c>
       <c r="E5" s="7">
-        <v>1.1521950000000001</v>
+        <v>1.1543570000000001</v>
       </c>
       <c r="J5" s="1"/>
       <c r="S5" s="2"/>
       <c r="T5" s="2"/>
       <c r="X5" s="2"/>
     </row>
-    <row r="6" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B6" s="7">
-        <v>1.143694</v>
+        <v>1.150285</v>
       </c>
       <c r="C6" s="7">
-        <v>1.1745369999999999</v>
+        <v>1.1829780000000001</v>
       </c>
       <c r="D6" s="7">
-        <v>1.205422</v>
+        <v>1.217441</v>
       </c>
       <c r="E6" s="7">
-        <v>1.151807</v>
+        <v>1.15727</v>
       </c>
       <c r="J6" s="1"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="X6" s="2"/>
     </row>
-    <row r="7" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B7" s="7">
-        <v>1.1461429999999999</v>
+        <v>1.1508750000000001</v>
       </c>
       <c r="C7" s="7">
-        <v>1.17841</v>
+        <v>1.183891</v>
       </c>
       <c r="D7" s="7">
-        <v>1.2116119999999999</v>
+        <v>1.218766</v>
       </c>
       <c r="E7" s="7">
-        <v>1.1513199999999999</v>
+        <v>1.1578360000000001</v>
       </c>
       <c r="J7" s="1"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
       <c r="X7" s="2"/>
     </row>
-    <row r="8" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B8" s="7">
-        <v>1.147602</v>
+        <v>1.1504289999999999</v>
       </c>
       <c r="C8" s="7">
-        <v>1.1800949999999999</v>
+        <v>1.1831879999999999</v>
       </c>
       <c r="D8" s="7">
-        <v>1.213573</v>
+        <v>1.217632</v>
       </c>
       <c r="E8" s="7">
-        <v>1.1551530000000001</v>
+        <v>1.159125</v>
       </c>
       <c r="J8" s="1"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
       <c r="X8" s="2"/>
     </row>
-    <row r="9" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
+        <v>45959</v>
+      </c>
+      <c r="B9" s="7">
+        <v>1.1526130000000001</v>
+      </c>
+      <c r="C9" s="7">
+        <v>1.185829</v>
+      </c>
+      <c r="D9" s="7">
+        <v>1.2205349999999999</v>
+      </c>
+      <c r="E9" s="7">
+        <v>1.1605460000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>45958</v>
+      </c>
+      <c r="B10" s="7">
+        <v>1.1547019999999999</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1.188383</v>
+      </c>
+      <c r="D10" s="7">
+        <v>1.2233069999999999</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1.161014</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>45957</v>
+      </c>
+      <c r="B11" s="7">
+        <v>1.155295</v>
+      </c>
+      <c r="C11" s="7">
+        <v>1.1893879999999999</v>
+      </c>
+      <c r="D11" s="7">
+        <v>1.224715</v>
+      </c>
+      <c r="E11" s="7">
+        <v>1.162539</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>45954</v>
+      </c>
+      <c r="B12" s="7">
+        <v>1.1534340000000001</v>
+      </c>
+      <c r="C12" s="7">
+        <v>1.186607</v>
+      </c>
+      <c r="D12" s="7">
+        <v>1.2204710000000001</v>
+      </c>
+      <c r="E12" s="7">
+        <v>1.160541</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>45953</v>
+      </c>
+      <c r="B13" s="7">
+        <v>1.1528929999999999</v>
+      </c>
+      <c r="C13" s="7">
+        <v>1.1858390000000001</v>
+      </c>
+      <c r="D13" s="7">
+        <v>1.2190840000000001</v>
+      </c>
+      <c r="E13" s="7">
+        <v>1.1598010000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>45952</v>
+      </c>
+      <c r="B14" s="7">
+        <v>1.1534880000000001</v>
+      </c>
+      <c r="C14" s="7">
+        <v>1.1864490000000001</v>
+      </c>
+      <c r="D14" s="7">
+        <v>1.2197549999999999</v>
+      </c>
+      <c r="E14" s="7">
+        <v>1.1602650000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>45951</v>
+      </c>
+      <c r="B15" s="7">
+        <v>1.155149</v>
+      </c>
+      <c r="C15" s="7">
+        <v>1.189074</v>
+      </c>
+      <c r="D15" s="7">
+        <v>1.223463</v>
+      </c>
+      <c r="E15" s="7">
+        <v>1.1616409999999999</v>
+      </c>
+      <c r="K15" s="1"/>
+      <c r="T15" s="2"/>
+      <c r="U15" s="2"/>
+      <c r="Y15" s="2"/>
+    </row>
+    <row r="16" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>45950</v>
+      </c>
+      <c r="B16" s="7">
+        <v>1.152058</v>
+      </c>
+      <c r="C16" s="7">
+        <v>1.1849970000000001</v>
+      </c>
+      <c r="D16" s="7">
+        <v>1.218051</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1.159127</v>
+      </c>
+      <c r="K16" s="1"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+      <c r="Y16" s="2"/>
+    </row>
+    <row r="17" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>45947</v>
+      </c>
+      <c r="B17" s="7">
+        <v>1.150048</v>
+      </c>
+      <c r="C17" s="7">
+        <v>1.1822189999999999</v>
+      </c>
+      <c r="D17" s="7">
+        <v>1.2140629999999999</v>
+      </c>
+      <c r="E17" s="7">
+        <v>1.154039</v>
+      </c>
+      <c r="K17" s="1"/>
+      <c r="T17" s="2"/>
+      <c r="U17" s="2"/>
+      <c r="Y17" s="2"/>
+    </row>
+    <row r="18" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>45946</v>
+      </c>
+      <c r="B18" s="7">
+        <v>1.1515089999999999</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1.1847240000000001</v>
+      </c>
+      <c r="D18" s="7">
+        <v>1.2182519999999999</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1.1587369999999999</v>
+      </c>
+      <c r="K18" s="1"/>
+      <c r="T18" s="2"/>
+      <c r="U18" s="2"/>
+      <c r="Y18" s="2"/>
+    </row>
+    <row r="19" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>45945</v>
+      </c>
+      <c r="B19" s="7">
+        <v>1.1481589999999999</v>
+      </c>
+      <c r="C19" s="7">
+        <v>1.1805760000000001</v>
+      </c>
+      <c r="D19" s="7">
+        <v>1.2134160000000001</v>
+      </c>
+      <c r="E19" s="7">
+        <v>1.155594</v>
+      </c>
+      <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="2"/>
+      <c r="U19" s="2"/>
+      <c r="X19" s="2"/>
+      <c r="Y19" s="2"/>
+    </row>
+    <row r="20" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>45944</v>
+      </c>
+      <c r="B20" s="7">
+        <v>1.1447350000000001</v>
+      </c>
+      <c r="C20" s="7">
+        <v>1.1762170000000001</v>
+      </c>
+      <c r="D20" s="7">
+        <v>1.2077340000000001</v>
+      </c>
+      <c r="E20" s="7">
+        <v>1.1521950000000001</v>
+      </c>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="S20" s="2"/>
+      <c r="T20" s="2"/>
+      <c r="U20" s="2"/>
+      <c r="X20" s="2"/>
+      <c r="Y20" s="2"/>
+    </row>
+    <row r="21" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>45943</v>
+      </c>
+      <c r="B21" s="7">
+        <v>1.143694</v>
+      </c>
+      <c r="C21" s="7">
+        <v>1.1745369999999999</v>
+      </c>
+      <c r="D21" s="7">
+        <v>1.205422</v>
+      </c>
+      <c r="E21" s="7">
+        <v>1.151807</v>
+      </c>
+      <c r="J21" s="1"/>
+      <c r="S21" s="2"/>
+      <c r="T21" s="2"/>
+      <c r="X21" s="2"/>
+    </row>
+    <row r="22" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>45940</v>
+      </c>
+      <c r="B22" s="7">
+        <v>1.1461429999999999</v>
+      </c>
+      <c r="C22" s="7">
+        <v>1.17841</v>
+      </c>
+      <c r="D22" s="7">
+        <v>1.2116119999999999</v>
+      </c>
+      <c r="E22" s="7">
+        <v>1.1513199999999999</v>
+      </c>
+      <c r="J22" s="1"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="2"/>
+      <c r="X22" s="2"/>
+    </row>
+    <row r="23" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>45939</v>
+      </c>
+      <c r="B23" s="7">
+        <v>1.147602</v>
+      </c>
+      <c r="C23" s="7">
+        <v>1.1800949999999999</v>
+      </c>
+      <c r="D23" s="7">
+        <v>1.213573</v>
+      </c>
+      <c r="E23" s="7">
+        <v>1.1551530000000001</v>
+      </c>
+      <c r="J23" s="1"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="2"/>
+      <c r="X23" s="2"/>
+    </row>
+    <row r="24" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
         <v>45938</v>
       </c>
-      <c r="B9" s="7">
+      <c r="B24" s="7">
         <v>1.146652</v>
       </c>
-      <c r="C9" s="7">
+      <c r="C24" s="7">
         <v>1.1790419999999999</v>
       </c>
-      <c r="D9" s="7">
+      <c r="D24" s="7">
         <v>1.2120629999999999</v>
       </c>
-      <c r="E9" s="7">
+      <c r="E24" s="7">
         <v>1.154612</v>
       </c>
-      <c r="J9" s="1"/>
-[...5 lines deleted...]
-      <c r="A10" s="1">
+      <c r="J24" s="1"/>
+      <c r="S24" s="2"/>
+      <c r="T24" s="2"/>
+      <c r="X24" s="2"/>
+    </row>
+    <row r="25" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
         <v>45937</v>
       </c>
-      <c r="B10" s="7">
+      <c r="B25" s="7">
         <v>1.1466130000000001</v>
       </c>
-      <c r="C10" s="7">
+      <c r="C25" s="7">
         <v>1.1789860000000001</v>
       </c>
-      <c r="D10" s="7">
+      <c r="D25" s="7">
         <v>1.2123440000000001</v>
       </c>
-      <c r="E10" s="7">
+      <c r="E25" s="7">
         <v>1.1555839999999999</v>
       </c>
     </row>
-    <row r="11" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A11" s="1">
+    <row r="26" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
         <v>45936</v>
       </c>
-      <c r="B11" s="7">
+      <c r="B26" s="7">
         <v>1.1468940000000001</v>
       </c>
-      <c r="C11" s="7">
+      <c r="C26" s="7">
         <v>1.179478</v>
       </c>
-      <c r="D11" s="7">
+      <c r="D26" s="7">
         <v>1.2129719999999999</v>
       </c>
-      <c r="E11" s="7">
+      <c r="E26" s="7">
         <v>1.1557299999999999</v>
       </c>
     </row>
-    <row r="12" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A12" s="1">
+    <row r="27" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
         <v>45933</v>
       </c>
-      <c r="B12" s="7">
+      <c r="B27" s="7">
         <v>1.1464099999999999</v>
       </c>
-      <c r="C12" s="7">
+      <c r="C27" s="7">
         <v>1.1784840000000001</v>
       </c>
-      <c r="D12" s="7">
+      <c r="D27" s="7">
         <v>1.211781</v>
       </c>
-      <c r="E12" s="7">
+      <c r="E27" s="7">
         <v>1.1556569999999999</v>
       </c>
     </row>
-    <row r="13" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A13" s="1">
+    <row r="28" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
         <v>45932</v>
       </c>
-      <c r="B13" s="7">
+      <c r="B28" s="7">
         <v>1.1450469999999999</v>
       </c>
-      <c r="C13" s="7">
+      <c r="C28" s="7">
         <v>1.176609</v>
       </c>
-      <c r="D13" s="7">
+      <c r="D28" s="7">
         <v>1.208866</v>
       </c>
-      <c r="E13" s="7">
+      <c r="E28" s="7">
         <v>1.153737</v>
       </c>
     </row>
-    <row r="14" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A14" s="1">
+    <row r="29" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
         <v>45931</v>
       </c>
-      <c r="B14" s="7">
+      <c r="B29" s="7">
         <v>1.1417539999999999</v>
       </c>
-      <c r="C14" s="7">
+      <c r="C29" s="7">
         <v>1.1719839999999999</v>
       </c>
-      <c r="D14" s="7">
+      <c r="D29" s="7">
         <v>1.2023569999999999</v>
       </c>
-      <c r="E14" s="7">
+      <c r="E29" s="7">
         <v>1.1498010000000001</v>
       </c>
     </row>
-    <row r="15" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A15" s="1">
+    <row r="30" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
         <v>45930</v>
       </c>
-      <c r="B15" s="7">
+      <c r="B30" s="7">
         <v>1.141508</v>
       </c>
-      <c r="C15" s="7">
+      <c r="C30" s="7">
         <v>1.171386</v>
       </c>
-      <c r="D15" s="7">
+      <c r="D30" s="7">
         <v>1.201489</v>
       </c>
-      <c r="E15" s="7">
+      <c r="E30" s="7">
         <v>1.1497120000000001</v>
       </c>
     </row>
-    <row r="16" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A16" s="1">
+    <row r="31" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
         <v>45929</v>
       </c>
-      <c r="B16" s="7">
+      <c r="B31" s="7">
         <v>1.1416999999999999</v>
       </c>
-      <c r="C16" s="7">
+      <c r="C31" s="7">
         <v>1.1718390000000001</v>
       </c>
-      <c r="D16" s="7">
+      <c r="D31" s="7">
         <v>1.2022870000000001</v>
       </c>
-      <c r="E16" s="7">
+      <c r="E31" s="7">
         <v>1.149632</v>
       </c>
     </row>
-    <row r="17" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A17" s="1">
+    <row r="32" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
         <v>45926</v>
       </c>
-      <c r="B17" s="7">
+      <c r="B32" s="7">
         <v>1.138069</v>
       </c>
-      <c r="C17" s="7">
+      <c r="C32" s="7">
         <v>1.167413</v>
       </c>
-      <c r="D17" s="7">
+      <c r="D32" s="7">
         <v>1.1969339999999999</v>
       </c>
-      <c r="E17" s="7">
+      <c r="E32" s="7">
         <v>1.145902</v>
       </c>
-    </row>
-[...305 lines deleted...]
-      <c r="Y32" s="2"/>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
-        <v>45904</v>
+        <v>45925</v>
       </c>
       <c r="B33" s="7">
-        <v>1.132951</v>
+        <v>1.139011</v>
       </c>
       <c r="C33" s="7">
-        <v>1.1612210000000001</v>
+        <v>1.168142</v>
       </c>
       <c r="D33" s="7">
-        <v>1.189235</v>
+        <v>1.1974290000000001</v>
       </c>
       <c r="E33" s="7">
-        <v>1.1412960000000001</v>
-[...4 lines deleted...]
-      <c r="Y33" s="2"/>
+        <v>1.1469959999999999</v>
+      </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A34" s="1">
-        <v>45903</v>
+        <v>45924</v>
       </c>
       <c r="B34" s="7">
-        <v>1.129858</v>
+        <v>1.139273</v>
       </c>
       <c r="C34" s="7">
-        <v>1.1573880000000001</v>
+        <v>1.168423</v>
       </c>
       <c r="D34" s="7">
-        <v>1.184458</v>
+        <v>1.197781</v>
       </c>
       <c r="E34" s="7">
-        <v>1.1380669999999999</v>
-[...4 lines deleted...]
-      <c r="Y34" s="2"/>
+        <v>1.148369</v>
+      </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A35" s="1">
-        <v>45902</v>
+        <v>45923</v>
       </c>
       <c r="B35" s="7">
-        <v>1.1334500000000001</v>
+        <v>1.141553</v>
       </c>
       <c r="C35" s="7">
-        <v>1.162598</v>
+        <v>1.170979</v>
       </c>
       <c r="D35" s="7">
-        <v>1.1916869999999999</v>
+        <v>1.201344</v>
       </c>
       <c r="E35" s="7">
-        <v>1.141561</v>
-[...4 lines deleted...]
-      <c r="T35" s="2"/>
+        <v>1.15082</v>
+      </c>
+      <c r="L35" s="1"/>
       <c r="U35" s="2"/>
-      <c r="X35" s="2"/>
-      <c r="Y35" s="2"/>
+      <c r="V35" s="2"/>
+      <c r="Z35" s="2"/>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
-        <v>45901</v>
+        <v>45922</v>
       </c>
       <c r="B36" s="7">
-        <v>1.1342559999999999</v>
+        <v>1.139675</v>
       </c>
       <c r="C36" s="7">
-        <v>1.1631689999999999</v>
+        <v>1.1684049999999999</v>
       </c>
       <c r="D36" s="7">
-        <v>1.192134</v>
+        <v>1.197821</v>
       </c>
       <c r="E36" s="7">
-        <v>1.1424099999999999</v>
-[...4 lines deleted...]
-      <c r="T36" s="2"/>
+        <v>1.148903</v>
+      </c>
+      <c r="L36" s="1"/>
       <c r="U36" s="2"/>
-      <c r="X36" s="2"/>
-      <c r="Y36" s="2"/>
+      <c r="V36" s="2"/>
+      <c r="Z36" s="2"/>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
-        <v>45898</v>
+        <v>45919</v>
       </c>
       <c r="B37" s="7">
-        <v>1.1360030000000001</v>
+        <v>1.138369</v>
       </c>
       <c r="C37" s="7">
-        <v>1.1653420000000001</v>
+        <v>1.166868</v>
       </c>
       <c r="D37" s="7">
-        <v>1.195055</v>
+        <v>1.1961580000000001</v>
       </c>
       <c r="E37" s="7">
-        <v>1.1436919999999999</v>
-[...4 lines deleted...]
-      <c r="X37" s="2"/>
+        <v>1.147443</v>
+      </c>
+      <c r="L37" s="1"/>
+      <c r="U37" s="2"/>
+      <c r="V37" s="2"/>
+      <c r="Z37" s="2"/>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A38" s="1">
-        <v>45897</v>
+        <v>45918</v>
       </c>
       <c r="B38" s="7">
-        <v>1.1358790000000001</v>
+        <v>1.1380710000000001</v>
       </c>
       <c r="C38" s="7">
-        <v>1.1653150000000001</v>
+        <v>1.165727</v>
       </c>
       <c r="D38" s="7">
-        <v>1.1957150000000001</v>
+        <v>1.1936500000000001</v>
       </c>
       <c r="E38" s="7">
-        <v>1.1444220000000001</v>
-[...4 lines deleted...]
-      <c r="X38" s="2"/>
+        <v>1.1462570000000001</v>
+      </c>
+      <c r="L38" s="1"/>
+      <c r="U38" s="2"/>
+      <c r="V38" s="2"/>
+      <c r="Z38" s="2"/>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
-        <v>45896</v>
+        <v>45917</v>
       </c>
       <c r="B39" s="7">
-        <v>1.135121</v>
+        <v>1.138271</v>
       </c>
       <c r="C39" s="7">
-        <v>1.1642300000000001</v>
+        <v>1.1661360000000001</v>
       </c>
       <c r="D39" s="7">
-        <v>1.1942950000000001</v>
+        <v>1.194053</v>
       </c>
       <c r="E39" s="7">
-        <v>1.1439790000000001</v>
-[...4 lines deleted...]
-      <c r="X39" s="2"/>
+        <v>1.1463490000000001</v>
+      </c>
+      <c r="L39" s="1"/>
+      <c r="U39" s="2"/>
+      <c r="V39" s="2"/>
+      <c r="Z39" s="2"/>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A40" s="1">
-        <v>45895</v>
+        <v>45916</v>
       </c>
       <c r="B40" s="7">
-        <v>1.1340349999999999</v>
+        <v>1.1400840000000001</v>
       </c>
       <c r="C40" s="7">
-        <v>1.1626259999999999</v>
+        <v>1.1689000000000001</v>
       </c>
       <c r="D40" s="7">
-        <v>1.1922950000000001</v>
+        <v>1.1982630000000001</v>
       </c>
       <c r="E40" s="7">
-        <v>1.142841</v>
-[...4 lines deleted...]
-      <c r="X40" s="2"/>
+        <v>1.1482540000000001</v>
+      </c>
+      <c r="L40" s="1"/>
+      <c r="U40" s="2"/>
+      <c r="V40" s="2"/>
+      <c r="Z40" s="2"/>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A41" s="1">
-        <v>45894</v>
+        <v>45915</v>
       </c>
       <c r="B41" s="7">
-        <v>1.13591</v>
+        <v>1.1386229999999999</v>
       </c>
       <c r="C41" s="7">
-        <v>1.1651130000000001</v>
+        <v>1.167368</v>
       </c>
       <c r="D41" s="7">
-        <v>1.195746</v>
+        <v>1.19638</v>
       </c>
       <c r="E41" s="7">
-        <v>1.1450640000000001</v>
-      </c>
+        <v>1.146245</v>
+      </c>
+      <c r="L41" s="1"/>
+      <c r="U41" s="2"/>
+      <c r="V41" s="2"/>
+      <c r="Z41" s="2"/>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A42" s="1">
-        <v>45891</v>
+        <v>45912</v>
       </c>
       <c r="B42" s="7">
-        <v>1.1329260000000001</v>
+        <v>1.138803</v>
       </c>
       <c r="C42" s="7">
-        <v>1.1611929999999999</v>
+        <v>1.167764</v>
       </c>
       <c r="D42" s="7">
-        <v>1.190366</v>
+        <v>1.19739</v>
       </c>
       <c r="E42" s="7">
-        <v>1.1423190000000001</v>
-      </c>
+        <v>1.1468149999999999</v>
+      </c>
+      <c r="L42" s="1"/>
+      <c r="U42" s="2"/>
+      <c r="V42" s="2"/>
+      <c r="Z42" s="2"/>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A43" s="1">
-        <v>45890</v>
+        <v>45911</v>
       </c>
       <c r="B43" s="7">
-        <v>1.134863</v>
+        <v>1.1360870000000001</v>
       </c>
       <c r="C43" s="7">
-        <v>1.1634720000000001</v>
+        <v>1.1638930000000001</v>
       </c>
       <c r="D43" s="7">
-        <v>1.1931099999999999</v>
+        <v>1.1919329999999999</v>
       </c>
       <c r="E43" s="7">
-        <v>1.145168</v>
-      </c>
+        <v>1.143716</v>
+      </c>
+      <c r="L43" s="1"/>
+      <c r="U43" s="2"/>
+      <c r="V43" s="2"/>
+      <c r="Z43" s="2"/>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A44" s="1">
-        <v>45889</v>
+        <v>45910</v>
       </c>
       <c r="B44" s="7">
-        <v>1.132646</v>
+        <v>1.1359459999999999</v>
       </c>
       <c r="C44" s="7">
-        <v>1.1607149999999999</v>
+        <v>1.163729</v>
       </c>
       <c r="D44" s="7">
-        <v>1.189173</v>
+        <v>1.1919249999999999</v>
       </c>
       <c r="E44" s="7">
-        <v>1.1427309999999999</v>
-      </c>
+        <v>1.144836</v>
+      </c>
+      <c r="L44" s="1"/>
+      <c r="U44" s="2"/>
+      <c r="V44" s="2"/>
+      <c r="Z44" s="2"/>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A45" s="1">
-        <v>45888</v>
+        <v>45909</v>
       </c>
       <c r="B45" s="7">
-        <v>1.1319429999999999</v>
+        <v>1.134992</v>
       </c>
       <c r="C45" s="7">
-        <v>1.159295</v>
+        <v>1.162649</v>
       </c>
       <c r="D45" s="7">
-        <v>1.1870270000000001</v>
+        <v>1.190858</v>
       </c>
       <c r="E45" s="7">
-        <v>1.14263</v>
-      </c>
+        <v>1.1427430000000001</v>
+      </c>
+      <c r="L45" s="1"/>
+      <c r="U45" s="2"/>
+      <c r="V45" s="2"/>
+      <c r="Z45" s="2"/>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A46" s="1">
-        <v>45887</v>
+        <v>45908</v>
       </c>
       <c r="B46" s="7">
-        <v>1.133645</v>
+        <v>1.135176</v>
       </c>
       <c r="C46" s="7">
-        <v>1.1613359999999999</v>
+        <v>1.1636899999999999</v>
       </c>
       <c r="D46" s="7">
-        <v>1.1892400000000001</v>
+        <v>1.1926730000000001</v>
       </c>
       <c r="E46" s="7">
-        <v>1.144873</v>
-      </c>
+        <v>1.143621</v>
+      </c>
+      <c r="K46" s="1"/>
+      <c r="T46" s="2"/>
+      <c r="U46" s="2"/>
+      <c r="Y46" s="2"/>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A47" s="1">
-        <v>45884</v>
+        <v>45905</v>
       </c>
       <c r="B47" s="7">
-        <v>1.134179</v>
+        <v>1.1356120000000001</v>
       </c>
       <c r="C47" s="7">
-        <v>1.1621809999999999</v>
+        <v>1.1647559999999999</v>
       </c>
       <c r="D47" s="7">
-        <v>1.1906479999999999</v>
+        <v>1.194002</v>
       </c>
       <c r="E47" s="7">
-        <v>1.1450640000000001</v>
-[...1 lines deleted...]
-      <c r="L47" s="1"/>
+        <v>1.1445479999999999</v>
+      </c>
+      <c r="K47" s="1"/>
+      <c r="T47" s="2"/>
       <c r="U47" s="2"/>
-      <c r="V47" s="2"/>
-      <c r="Z47" s="2"/>
+      <c r="Y47" s="2"/>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A48" s="1">
-        <v>45883</v>
+        <v>45904</v>
       </c>
       <c r="B48" s="7">
-        <v>1.1317919999999999</v>
+        <v>1.132951</v>
       </c>
       <c r="C48" s="7">
-        <v>1.159062</v>
+        <v>1.1612210000000001</v>
       </c>
       <c r="D48" s="7">
-        <v>1.1863790000000001</v>
+        <v>1.189235</v>
       </c>
       <c r="E48" s="7">
-        <v>1.142258</v>
-[...1 lines deleted...]
-      <c r="L48" s="1"/>
+        <v>1.1412960000000001</v>
+      </c>
+      <c r="K48" s="1"/>
+      <c r="T48" s="2"/>
       <c r="U48" s="2"/>
-      <c r="V48" s="2"/>
-      <c r="Z48" s="2"/>
+      <c r="Y48" s="2"/>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B49" s="7">
-        <v>1.1305229999999999</v>
+        <v>1.129858</v>
       </c>
       <c r="C49" s="7">
-        <v>1.1570750000000001</v>
+        <v>1.1573880000000001</v>
       </c>
       <c r="D49" s="7">
-        <v>1.1836519999999999</v>
+        <v>1.184458</v>
       </c>
       <c r="E49" s="7">
-        <v>1.141419</v>
-[...1 lines deleted...]
-      <c r="L49" s="1"/>
+        <v>1.1380669999999999</v>
+      </c>
+      <c r="K49" s="1"/>
+      <c r="T49" s="2"/>
       <c r="U49" s="2"/>
-      <c r="V49" s="2"/>
-      <c r="Z49" s="2"/>
+      <c r="Y49" s="2"/>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B50" s="7">
-        <v>1.1297619999999999</v>
+        <v>1.1334500000000001</v>
       </c>
       <c r="C50" s="7">
-        <v>1.1559619999999999</v>
+        <v>1.162598</v>
       </c>
       <c r="D50" s="7">
-        <v>1.1819470000000001</v>
+        <v>1.1916869999999999</v>
       </c>
       <c r="E50" s="7">
-        <v>1.141332</v>
-[...1 lines deleted...]
-      <c r="L50" s="1"/>
+        <v>1.141561</v>
+      </c>
+      <c r="J50" s="1"/>
+      <c r="K50" s="1"/>
+      <c r="S50" s="2"/>
+      <c r="T50" s="2"/>
       <c r="U50" s="2"/>
-      <c r="V50" s="2"/>
-      <c r="Z50" s="2"/>
+      <c r="X50" s="2"/>
+      <c r="Y50" s="2"/>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B51" s="7">
-        <v>1.129507</v>
+        <v>1.1342559999999999</v>
       </c>
       <c r="C51" s="7">
-        <v>1.1557280000000001</v>
+        <v>1.1631689999999999</v>
       </c>
       <c r="D51" s="7">
-        <v>1.1817519999999999</v>
+        <v>1.192134</v>
       </c>
       <c r="E51" s="7">
-        <v>1.1408499999999999</v>
+        <v>1.1424099999999999</v>
       </c>
       <c r="J51" s="1"/>
-      <c r="L51" s="1"/>
+      <c r="K51" s="1"/>
       <c r="S51" s="2"/>
       <c r="T51" s="2"/>
       <c r="U51" s="2"/>
-      <c r="V51" s="2"/>
       <c r="X51" s="2"/>
-      <c r="Z51" s="2"/>
+      <c r="Y51" s="2"/>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B52" s="7">
-        <v>1.127856</v>
+        <v>1.1360030000000001</v>
       </c>
       <c r="C52" s="7">
-        <v>1.1538090000000001</v>
+        <v>1.1653420000000001</v>
       </c>
       <c r="D52" s="7">
-        <v>1.1791739999999999</v>
+        <v>1.195055</v>
       </c>
       <c r="E52" s="7">
-        <v>1.139818</v>
+        <v>1.1436919999999999</v>
       </c>
       <c r="J52" s="1"/>
-      <c r="L52" s="1"/>
       <c r="S52" s="2"/>
       <c r="T52" s="2"/>
-      <c r="U52" s="2"/>
-      <c r="V52" s="2"/>
       <c r="X52" s="2"/>
-      <c r="Z52" s="2"/>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B53" s="7">
-        <v>1.128263</v>
+        <v>1.1358790000000001</v>
       </c>
       <c r="C53" s="7">
-        <v>1.153994</v>
+        <v>1.1653150000000001</v>
       </c>
       <c r="D53" s="7">
-        <v>1.179397</v>
+        <v>1.1957150000000001</v>
       </c>
       <c r="E53" s="7">
-        <v>1.140147</v>
+        <v>1.1444220000000001</v>
       </c>
       <c r="J53" s="1"/>
       <c r="S53" s="2"/>
       <c r="T53" s="2"/>
       <c r="X53" s="2"/>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B54" s="7">
-        <v>1.1274120000000001</v>
+        <v>1.135121</v>
       </c>
       <c r="C54" s="7">
-        <v>1.1539060000000001</v>
+        <v>1.1642300000000001</v>
       </c>
       <c r="D54" s="7">
-        <v>1.1793210000000001</v>
+        <v>1.1942950000000001</v>
       </c>
       <c r="E54" s="7">
-        <v>1.14089</v>
+        <v>1.1439790000000001</v>
       </c>
       <c r="J54" s="1"/>
       <c r="S54" s="2"/>
       <c r="T54" s="2"/>
       <c r="X54" s="2"/>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B55" s="7">
-        <v>1.1267750000000001</v>
+        <v>1.1340349999999999</v>
       </c>
       <c r="C55" s="7">
-        <v>1.153095</v>
+        <v>1.1626259999999999</v>
       </c>
       <c r="D55" s="7">
-        <v>1.177352</v>
+        <v>1.1922950000000001</v>
       </c>
       <c r="E55" s="7">
-        <v>1.13974</v>
+        <v>1.142841</v>
       </c>
       <c r="J55" s="1"/>
-      <c r="K55" s="1"/>
       <c r="S55" s="2"/>
       <c r="T55" s="2"/>
-      <c r="U55" s="2"/>
       <c r="X55" s="2"/>
-      <c r="Y55" s="2"/>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B56" s="7">
-        <v>1.1222799999999999</v>
+        <v>1.13591</v>
       </c>
       <c r="C56" s="7">
-        <v>1.148973</v>
+        <v>1.1651130000000001</v>
       </c>
       <c r="D56" s="7">
-        <v>1.169187</v>
+        <v>1.195746</v>
       </c>
       <c r="E56" s="7">
-        <v>1.1342699999999999</v>
-[...7 lines deleted...]
-      <c r="Y56" s="2"/>
+        <v>1.1450640000000001</v>
+      </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B57" s="7">
-        <v>1.123202</v>
+        <v>1.1329260000000001</v>
       </c>
       <c r="C57" s="7">
-        <v>1.1508100000000001</v>
+        <v>1.1611929999999999</v>
       </c>
       <c r="D57" s="7">
-        <v>1.171867</v>
+        <v>1.190366</v>
       </c>
       <c r="E57" s="7">
-        <v>1.135319</v>
-[...4 lines deleted...]
-      <c r="Y57" s="2"/>
+        <v>1.1423190000000001</v>
+      </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B58" s="7">
-        <v>1.1272979999999999</v>
+        <v>1.134863</v>
       </c>
       <c r="C58" s="7">
-        <v>1.155619</v>
+        <v>1.1634720000000001</v>
       </c>
       <c r="D58" s="7">
-        <v>1.177964</v>
+        <v>1.1931099999999999</v>
       </c>
       <c r="E58" s="7">
-        <v>1.1398699999999999</v>
-[...4 lines deleted...]
-      <c r="Y58" s="2"/>
+        <v>1.145168</v>
+      </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B59" s="7">
-        <v>1.126541</v>
+        <v>1.132646</v>
       </c>
       <c r="C59" s="7">
-        <v>1.155035</v>
+        <v>1.1607149999999999</v>
       </c>
       <c r="D59" s="7">
-        <v>1.17737</v>
+        <v>1.189173</v>
       </c>
       <c r="E59" s="7">
-        <v>1.139329</v>
-[...4 lines deleted...]
-      <c r="Y59" s="2"/>
+        <v>1.1427309999999999</v>
+      </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B60" s="7">
-        <v>1.1249009999999999</v>
+        <v>1.1319429999999999</v>
       </c>
       <c r="C60" s="7">
-        <v>1.152935</v>
+        <v>1.159295</v>
       </c>
       <c r="D60" s="7">
-        <v>1.174544</v>
+        <v>1.1870270000000001</v>
       </c>
       <c r="E60" s="7">
-        <v>1.1375390000000001</v>
-[...4 lines deleted...]
-      <c r="Y60" s="2"/>
+        <v>1.14263</v>
+      </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A61" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B61" s="7">
-        <v>1.1259939999999999</v>
+        <v>1.133645</v>
       </c>
       <c r="C61" s="7">
-        <v>1.154604</v>
+        <v>1.1613359999999999</v>
       </c>
       <c r="D61" s="7">
-        <v>1.1770130000000001</v>
+        <v>1.1892400000000001</v>
       </c>
       <c r="E61" s="7">
-        <v>1.138015</v>
-[...4 lines deleted...]
-      <c r="Y61" s="2"/>
+        <v>1.144873</v>
+      </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A62" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B62" s="7">
-        <v>1.1240520000000001</v>
+        <v>1.134179</v>
       </c>
       <c r="C62" s="7">
-        <v>1.1518539999999999</v>
+        <v>1.1621809999999999</v>
       </c>
       <c r="D62" s="7">
-        <v>1.173195</v>
+        <v>1.1906479999999999</v>
       </c>
       <c r="E62" s="7">
-        <v>1.1355280000000001</v>
+        <v>1.1450640000000001</v>
       </c>
       <c r="L62" s="1"/>
       <c r="U62" s="2"/>
       <c r="V62" s="2"/>
       <c r="Z62" s="2"/>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B63" s="7">
-        <v>1.1245000000000001</v>
+        <v>1.1317919999999999</v>
       </c>
       <c r="C63" s="7">
-        <v>1.152156</v>
+        <v>1.159062</v>
       </c>
       <c r="D63" s="7">
-        <v>1.1737139999999999</v>
+        <v>1.1863790000000001</v>
       </c>
       <c r="E63" s="7">
-        <v>1.1360760000000001</v>
+        <v>1.142258</v>
       </c>
       <c r="L63" s="1"/>
       <c r="U63" s="2"/>
       <c r="V63" s="2"/>
       <c r="Z63" s="2"/>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A64" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B64" s="7">
-        <v>1.1244810000000001</v>
+        <v>1.1305229999999999</v>
       </c>
       <c r="C64" s="7">
-        <v>1.1525609999999999</v>
+        <v>1.1570750000000001</v>
       </c>
       <c r="D64" s="7">
-        <v>1.174094</v>
+        <v>1.1836519999999999</v>
       </c>
       <c r="E64" s="7">
-        <v>1.13646</v>
+        <v>1.141419</v>
       </c>
       <c r="L64" s="1"/>
       <c r="U64" s="2"/>
       <c r="V64" s="2"/>
       <c r="Z64" s="2"/>
     </row>
     <row r="65" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B65" s="7">
-        <v>1.1227720000000001</v>
+        <v>1.1297619999999999</v>
       </c>
       <c r="C65" s="7">
-        <v>1.150018</v>
+        <v>1.1559619999999999</v>
       </c>
       <c r="D65" s="7">
-        <v>1.170499</v>
+        <v>1.1819470000000001</v>
       </c>
       <c r="E65" s="7">
-        <v>1.134293</v>
+        <v>1.141332</v>
       </c>
       <c r="L65" s="1"/>
-      <c r="M65" s="1"/>
       <c r="U65" s="2"/>
       <c r="V65" s="2"/>
-      <c r="W65" s="2"/>
       <c r="Z65" s="2"/>
-      <c r="AA65" s="2"/>
     </row>
     <row r="66" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B66" s="7">
-        <v>1.122131</v>
+        <v>1.129507</v>
       </c>
       <c r="C66" s="7">
-        <v>1.1492880000000001</v>
+        <v>1.1557280000000001</v>
       </c>
       <c r="D66" s="7">
-        <v>1.169759</v>
+        <v>1.1817519999999999</v>
       </c>
       <c r="E66" s="7">
-        <v>1.1339060000000001</v>
-      </c>
+        <v>1.1408499999999999</v>
+      </c>
+      <c r="J66" s="1"/>
       <c r="L66" s="1"/>
-      <c r="M66" s="1"/>
+      <c r="S66" s="2"/>
+      <c r="T66" s="2"/>
       <c r="U66" s="2"/>
       <c r="V66" s="2"/>
-      <c r="W66" s="2"/>
+      <c r="X66" s="2"/>
       <c r="Z66" s="2"/>
-      <c r="AA66" s="2"/>
     </row>
     <row r="67" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B67" s="7">
-        <v>1.1233550000000001</v>
+        <v>1.127856</v>
       </c>
       <c r="C67" s="7">
-        <v>1.15147</v>
+        <v>1.1538090000000001</v>
       </c>
       <c r="D67" s="7">
-        <v>1.1729320000000001</v>
+        <v>1.1791739999999999</v>
       </c>
       <c r="E67" s="7">
-        <v>1.135929</v>
-[...1 lines deleted...]
-      <c r="M67" s="1"/>
+        <v>1.139818</v>
+      </c>
+      <c r="J67" s="1"/>
+      <c r="L67" s="1"/>
+      <c r="S67" s="2"/>
+      <c r="T67" s="2"/>
+      <c r="U67" s="2"/>
       <c r="V67" s="2"/>
-      <c r="W67" s="2"/>
-      <c r="AA67" s="2"/>
+      <c r="X67" s="2"/>
+      <c r="Z67" s="2"/>
     </row>
     <row r="68" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B68" s="7">
-        <v>1.120452</v>
+        <v>1.128263</v>
       </c>
       <c r="C68" s="7">
-        <v>1.1470070000000001</v>
+        <v>1.153994</v>
       </c>
       <c r="D68" s="7">
-        <v>1.167073</v>
+        <v>1.179397</v>
       </c>
       <c r="E68" s="7">
-        <v>1.1311960000000001</v>
-[...4 lines deleted...]
-      <c r="AA68" s="2"/>
+        <v>1.140147</v>
+      </c>
+      <c r="J68" s="1"/>
+      <c r="S68" s="2"/>
+      <c r="T68" s="2"/>
+      <c r="X68" s="2"/>
     </row>
     <row r="69" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B69" s="7">
-        <v>1.1172390000000001</v>
+        <v>1.1274120000000001</v>
       </c>
       <c r="C69" s="7">
-        <v>1.14266</v>
+        <v>1.1539060000000001</v>
       </c>
       <c r="D69" s="7">
-        <v>1.161205</v>
+        <v>1.1793210000000001</v>
       </c>
       <c r="E69" s="7">
-        <v>1.1288800000000001</v>
-[...4 lines deleted...]
-      <c r="AA69" s="2"/>
+        <v>1.14089</v>
+      </c>
+      <c r="J69" s="1"/>
+      <c r="S69" s="2"/>
+      <c r="T69" s="2"/>
+      <c r="X69" s="2"/>
     </row>
     <row r="70" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B70" s="7">
-        <v>1.1195550000000001</v>
+        <v>1.1267750000000001</v>
       </c>
       <c r="C70" s="7">
-        <v>1.146539</v>
+        <v>1.153095</v>
       </c>
       <c r="D70" s="7">
-        <v>1.1668970000000001</v>
+        <v>1.177352</v>
       </c>
       <c r="E70" s="7">
-        <v>1.130755</v>
-[...4 lines deleted...]
-      <c r="AA70" s="2"/>
+        <v>1.13974</v>
+      </c>
+      <c r="J70" s="1"/>
+      <c r="K70" s="1"/>
+      <c r="S70" s="2"/>
+      <c r="T70" s="2"/>
+      <c r="U70" s="2"/>
+      <c r="X70" s="2"/>
+      <c r="Y70" s="2"/>
     </row>
     <row r="71" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B71" s="7">
-        <v>1.1166910000000001</v>
+        <v>1.1222799999999999</v>
       </c>
       <c r="C71" s="7">
-        <v>1.142496</v>
+        <v>1.148973</v>
       </c>
       <c r="D71" s="7">
-        <v>1.161008</v>
+        <v>1.169187</v>
       </c>
       <c r="E71" s="7">
-        <v>1.1268929999999999</v>
-[...4 lines deleted...]
-      <c r="AA71" s="2"/>
+        <v>1.1342699999999999</v>
+      </c>
+      <c r="J71" s="1"/>
+      <c r="K71" s="1"/>
+      <c r="S71" s="2"/>
+      <c r="T71" s="2"/>
+      <c r="U71" s="2"/>
+      <c r="X71" s="2"/>
+      <c r="Y71" s="2"/>
     </row>
     <row r="72" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B72" s="7">
-        <v>1.1180209999999999</v>
+        <v>1.123202</v>
       </c>
       <c r="C72" s="7">
-        <v>1.144323</v>
+        <v>1.1508100000000001</v>
       </c>
       <c r="D72" s="7">
-        <v>1.163702</v>
+        <v>1.171867</v>
       </c>
       <c r="E72" s="7">
-        <v>1.127578</v>
-[...4 lines deleted...]
-      <c r="AA72" s="2"/>
+        <v>1.135319</v>
+      </c>
+      <c r="K72" s="1"/>
+      <c r="T72" s="2"/>
+      <c r="U72" s="2"/>
+      <c r="Y72" s="2"/>
     </row>
     <row r="73" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45848</v>
+        <v>45869</v>
       </c>
       <c r="B73" s="7">
-        <v>1.1178399999999999</v>
+        <v>1.1272979999999999</v>
       </c>
       <c r="C73" s="7">
-        <v>1.144371</v>
+        <v>1.155619</v>
       </c>
       <c r="D73" s="7">
-        <v>1.1638269999999999</v>
+        <v>1.177964</v>
       </c>
       <c r="E73" s="7">
-        <v>1.1283479999999999</v>
-[...4 lines deleted...]
-      <c r="AA73" s="2"/>
+        <v>1.1398699999999999</v>
+      </c>
+      <c r="K73" s="1"/>
+      <c r="T73" s="2"/>
+      <c r="U73" s="2"/>
+      <c r="Y73" s="2"/>
     </row>
     <row r="74" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45847</v>
+        <v>45868</v>
       </c>
       <c r="B74" s="7">
-        <v>1.1156159999999999</v>
+        <v>1.126541</v>
       </c>
       <c r="C74" s="7">
-        <v>1.141513</v>
+        <v>1.155035</v>
       </c>
       <c r="D74" s="7">
-        <v>1.160323</v>
+        <v>1.17737</v>
       </c>
       <c r="E74" s="7">
-        <v>1.1263810000000001</v>
-[...4 lines deleted...]
-      <c r="AA74" s="2"/>
+        <v>1.139329</v>
+      </c>
+      <c r="K74" s="1"/>
+      <c r="T74" s="2"/>
+      <c r="U74" s="2"/>
+      <c r="Y74" s="2"/>
     </row>
     <row r="75" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45846</v>
+        <v>45867</v>
       </c>
       <c r="B75" s="7">
-        <v>1.11731</v>
+        <v>1.1249009999999999</v>
       </c>
       <c r="C75" s="7">
-        <v>1.1434150000000001</v>
+        <v>1.152935</v>
       </c>
       <c r="D75" s="7">
-        <v>1.162417</v>
+        <v>1.174544</v>
       </c>
       <c r="E75" s="7">
-        <v>1.1287309999999999</v>
-[...2 lines deleted...]
-      <c r="S75" s="2"/>
+        <v>1.1375390000000001</v>
+      </c>
+      <c r="K75" s="1"/>
       <c r="T75" s="2"/>
-      <c r="X75" s="2"/>
+      <c r="U75" s="2"/>
+      <c r="Y75" s="2"/>
     </row>
     <row r="76" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45845</v>
+        <v>45866</v>
       </c>
       <c r="B76" s="7">
-        <v>1.118293</v>
+        <v>1.1259939999999999</v>
       </c>
       <c r="C76" s="7">
-        <v>1.144725</v>
+        <v>1.154604</v>
       </c>
       <c r="D76" s="7">
-        <v>1.164094</v>
+        <v>1.1770130000000001</v>
       </c>
       <c r="E76" s="7">
-        <v>1.1294029999999999</v>
-[...2 lines deleted...]
-      <c r="S76" s="2"/>
+        <v>1.138015</v>
+      </c>
+      <c r="K76" s="1"/>
       <c r="T76" s="2"/>
-      <c r="X76" s="2"/>
+      <c r="U76" s="2"/>
+      <c r="Y76" s="2"/>
     </row>
     <row r="77" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45842</v>
+        <v>45863</v>
       </c>
       <c r="B77" s="7">
-        <v>1.1182609999999999</v>
+        <v>1.1240520000000001</v>
       </c>
       <c r="C77" s="7">
-        <v>1.1444939999999999</v>
+        <v>1.1518539999999999</v>
       </c>
       <c r="D77" s="7">
-        <v>1.1639170000000001</v>
+        <v>1.173195</v>
       </c>
       <c r="E77" s="7">
-        <v>1.1290180000000001</v>
-[...4 lines deleted...]
-      <c r="X77" s="2"/>
+        <v>1.1355280000000001</v>
+      </c>
+      <c r="L77" s="1"/>
+      <c r="U77" s="2"/>
+      <c r="V77" s="2"/>
+      <c r="Z77" s="2"/>
     </row>
     <row r="78" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45841</v>
+        <v>45862</v>
       </c>
       <c r="B78" s="7">
-        <v>1.1177410000000001</v>
+        <v>1.1245000000000001</v>
       </c>
       <c r="C78" s="7">
-        <v>1.1438919999999999</v>
+        <v>1.152156</v>
       </c>
       <c r="D78" s="7">
-        <v>1.1627719999999999</v>
+        <v>1.1737139999999999</v>
       </c>
       <c r="E78" s="7">
-        <v>1.1289750000000001</v>
-[...4 lines deleted...]
-      <c r="X78" s="2"/>
+        <v>1.1360760000000001</v>
+      </c>
+      <c r="L78" s="1"/>
+      <c r="U78" s="2"/>
+      <c r="V78" s="2"/>
+      <c r="Z78" s="2"/>
     </row>
     <row r="79" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45840</v>
+        <v>45861</v>
       </c>
       <c r="B79" s="7">
-        <v>1.117575</v>
+        <v>1.1244810000000001</v>
       </c>
       <c r="C79" s="7">
-        <v>1.1435340000000001</v>
+        <v>1.1525609999999999</v>
       </c>
       <c r="D79" s="7">
-        <v>1.1625110000000001</v>
+        <v>1.174094</v>
       </c>
       <c r="E79" s="7">
-        <v>1.1294029999999999</v>
-[...4 lines deleted...]
-      <c r="X79" s="2"/>
+        <v>1.13646</v>
+      </c>
+      <c r="L79" s="1"/>
+      <c r="U79" s="2"/>
+      <c r="V79" s="2"/>
+      <c r="Z79" s="2"/>
     </row>
     <row r="80" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
+        <v>45860</v>
+      </c>
+      <c r="B80" s="7">
+        <v>1.1227720000000001</v>
+      </c>
+      <c r="C80" s="7">
+        <v>1.150018</v>
+      </c>
+      <c r="D80" s="7">
+        <v>1.170499</v>
+      </c>
+      <c r="E80" s="7">
+        <v>1.134293</v>
+      </c>
+      <c r="L80" s="1"/>
+      <c r="M80" s="1"/>
+      <c r="U80" s="2"/>
+      <c r="V80" s="2"/>
+      <c r="W80" s="2"/>
+      <c r="Z80" s="2"/>
+      <c r="AA80" s="2"/>
+    </row>
+    <row r="81" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A81" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B81" s="7">
+        <v>1.122131</v>
+      </c>
+      <c r="C81" s="7">
+        <v>1.1492880000000001</v>
+      </c>
+      <c r="D81" s="7">
+        <v>1.169759</v>
+      </c>
+      <c r="E81" s="7">
+        <v>1.1339060000000001</v>
+      </c>
+      <c r="L81" s="1"/>
+      <c r="M81" s="1"/>
+      <c r="U81" s="2"/>
+      <c r="V81" s="2"/>
+      <c r="W81" s="2"/>
+      <c r="Z81" s="2"/>
+      <c r="AA81" s="2"/>
+    </row>
+    <row r="82" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B82" s="7">
+        <v>1.1233550000000001</v>
+      </c>
+      <c r="C82" s="7">
+        <v>1.15147</v>
+      </c>
+      <c r="D82" s="7">
+        <v>1.1729320000000001</v>
+      </c>
+      <c r="E82" s="7">
+        <v>1.135929</v>
+      </c>
+      <c r="M82" s="1"/>
+      <c r="V82" s="2"/>
+      <c r="W82" s="2"/>
+      <c r="AA82" s="2"/>
+    </row>
+    <row r="83" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A83" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B83" s="7">
+        <v>1.120452</v>
+      </c>
+      <c r="C83" s="7">
+        <v>1.1470070000000001</v>
+      </c>
+      <c r="D83" s="7">
+        <v>1.167073</v>
+      </c>
+      <c r="E83" s="7">
+        <v>1.1311960000000001</v>
+      </c>
+      <c r="M83" s="1"/>
+      <c r="V83" s="2"/>
+      <c r="W83" s="2"/>
+      <c r="AA83" s="2"/>
+    </row>
+    <row r="84" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B84" s="7">
+        <v>1.1172390000000001</v>
+      </c>
+      <c r="C84" s="7">
+        <v>1.14266</v>
+      </c>
+      <c r="D84" s="7">
+        <v>1.161205</v>
+      </c>
+      <c r="E84" s="7">
+        <v>1.1288800000000001</v>
+      </c>
+      <c r="M84" s="1"/>
+      <c r="V84" s="2"/>
+      <c r="W84" s="2"/>
+      <c r="AA84" s="2"/>
+    </row>
+    <row r="85" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A85" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B85" s="7">
+        <v>1.1195550000000001</v>
+      </c>
+      <c r="C85" s="7">
+        <v>1.146539</v>
+      </c>
+      <c r="D85" s="7">
+        <v>1.1668970000000001</v>
+      </c>
+      <c r="E85" s="7">
+        <v>1.130755</v>
+      </c>
+      <c r="M85" s="1"/>
+      <c r="V85" s="2"/>
+      <c r="W85" s="2"/>
+      <c r="AA85" s="2"/>
+    </row>
+    <row r="86" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B86" s="7">
+        <v>1.1166910000000001</v>
+      </c>
+      <c r="C86" s="7">
+        <v>1.142496</v>
+      </c>
+      <c r="D86" s="7">
+        <v>1.161008</v>
+      </c>
+      <c r="E86" s="7">
+        <v>1.1268929999999999</v>
+      </c>
+      <c r="M86" s="1"/>
+      <c r="V86" s="2"/>
+      <c r="W86" s="2"/>
+      <c r="AA86" s="2"/>
+    </row>
+    <row r="87" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B87" s="7">
+        <v>1.1180209999999999</v>
+      </c>
+      <c r="C87" s="7">
+        <v>1.144323</v>
+      </c>
+      <c r="D87" s="7">
+        <v>1.163702</v>
+      </c>
+      <c r="E87" s="7">
+        <v>1.127578</v>
+      </c>
+      <c r="M87" s="1"/>
+      <c r="V87" s="2"/>
+      <c r="W87" s="2"/>
+      <c r="AA87" s="2"/>
+    </row>
+    <row r="88" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
+        <v>45848</v>
+      </c>
+      <c r="B88" s="7">
+        <v>1.1178399999999999</v>
+      </c>
+      <c r="C88" s="7">
+        <v>1.144371</v>
+      </c>
+      <c r="D88" s="7">
+        <v>1.1638269999999999</v>
+      </c>
+      <c r="E88" s="7">
+        <v>1.1283479999999999</v>
+      </c>
+      <c r="M88" s="1"/>
+      <c r="V88" s="2"/>
+      <c r="W88" s="2"/>
+      <c r="AA88" s="2"/>
+    </row>
+    <row r="89" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B89" s="7">
+        <v>1.1156159999999999</v>
+      </c>
+      <c r="C89" s="7">
+        <v>1.141513</v>
+      </c>
+      <c r="D89" s="7">
+        <v>1.160323</v>
+      </c>
+      <c r="E89" s="7">
+        <v>1.1263810000000001</v>
+      </c>
+      <c r="M89" s="1"/>
+      <c r="V89" s="2"/>
+      <c r="W89" s="2"/>
+      <c r="AA89" s="2"/>
+    </row>
+    <row r="90" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B90" s="7">
+        <v>1.11731</v>
+      </c>
+      <c r="C90" s="7">
+        <v>1.1434150000000001</v>
+      </c>
+      <c r="D90" s="7">
+        <v>1.162417</v>
+      </c>
+      <c r="E90" s="7">
+        <v>1.1287309999999999</v>
+      </c>
+      <c r="J90" s="1"/>
+      <c r="S90" s="2"/>
+      <c r="T90" s="2"/>
+      <c r="X90" s="2"/>
+    </row>
+    <row r="91" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B91" s="7">
+        <v>1.118293</v>
+      </c>
+      <c r="C91" s="7">
+        <v>1.144725</v>
+      </c>
+      <c r="D91" s="7">
+        <v>1.164094</v>
+      </c>
+      <c r="E91" s="7">
+        <v>1.1294029999999999</v>
+      </c>
+      <c r="J91" s="1"/>
+      <c r="S91" s="2"/>
+      <c r="T91" s="2"/>
+      <c r="X91" s="2"/>
+    </row>
+    <row r="92" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B92" s="7">
+        <v>1.1182609999999999</v>
+      </c>
+      <c r="C92" s="7">
+        <v>1.1444939999999999</v>
+      </c>
+      <c r="D92" s="7">
+        <v>1.1639170000000001</v>
+      </c>
+      <c r="E92" s="7">
+        <v>1.1290180000000001</v>
+      </c>
+      <c r="J92" s="1"/>
+      <c r="S92" s="2"/>
+      <c r="T92" s="2"/>
+      <c r="X92" s="2"/>
+    </row>
+    <row r="93" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B93" s="7">
+        <v>1.1177410000000001</v>
+      </c>
+      <c r="C93" s="7">
+        <v>1.1438919999999999</v>
+      </c>
+      <c r="D93" s="7">
+        <v>1.1627719999999999</v>
+      </c>
+      <c r="E93" s="7">
+        <v>1.1289750000000001</v>
+      </c>
+      <c r="J93" s="1"/>
+      <c r="S93" s="2"/>
+      <c r="T93" s="2"/>
+      <c r="X93" s="2"/>
+    </row>
+    <row r="94" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B94" s="7">
+        <v>1.117575</v>
+      </c>
+      <c r="C94" s="7">
+        <v>1.1435340000000001</v>
+      </c>
+      <c r="D94" s="7">
+        <v>1.1625110000000001</v>
+      </c>
+      <c r="E94" s="7">
+        <v>1.1294029999999999</v>
+      </c>
+      <c r="J94" s="1"/>
+      <c r="S94" s="2"/>
+      <c r="T94" s="2"/>
+      <c r="X94" s="2"/>
+    </row>
+    <row r="95" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
         <v>45839</v>
       </c>
-      <c r="B80" s="7">
+      <c r="B95" s="7">
         <v>1.1158520000000001</v>
       </c>
-      <c r="C80" s="7">
+      <c r="C95" s="7">
         <v>1.1405780000000001</v>
       </c>
-      <c r="D80" s="7">
+      <c r="D95" s="7">
         <v>1.1583110000000001</v>
       </c>
-      <c r="E80" s="7">
+      <c r="E95" s="7">
         <v>1.1276010000000001</v>
       </c>
-      <c r="J80" s="1"/>
-[...109 lines deleted...]
-    <row r="96" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="J95" s="1"/>
+      <c r="S95" s="2"/>
+      <c r="T95" s="2"/>
+      <c r="X95" s="2"/>
+    </row>
+    <row r="96" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A96" s="1"/>
       <c r="B96" s="6"/>
       <c r="C96" s="6"/>
       <c r="D96" s="6"/>
       <c r="E96" s="6"/>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A97" s="1"/>
       <c r="B97" s="6"/>
       <c r="C97" s="6"/>
       <c r="D97" s="6"/>
       <c r="E97" s="6"/>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A98" s="1"/>
+      <c r="B98" s="6"/>
+      <c r="C98" s="6"/>
+      <c r="D98" s="6"/>
+      <c r="E98" s="6"/>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A99" s="1"/>
+      <c r="B99" s="6"/>
+      <c r="C99" s="6"/>
+      <c r="D99" s="6"/>
+      <c r="E99" s="6"/>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A100" s="1"/>
+      <c r="B100" s="6"/>
+      <c r="C100" s="6"/>
+      <c r="D100" s="6"/>
+      <c r="E100" s="6"/>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A101" s="1"/>
+      <c r="B101" s="6"/>
+      <c r="C101" s="6"/>
+      <c r="D101" s="6"/>
+      <c r="E101" s="6"/>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A102" s="1"/>
+      <c r="B102" s="6"/>
+      <c r="C102" s="6"/>
+      <c r="D102" s="6"/>
+      <c r="E102" s="6"/>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A103" s="1"/>
+      <c r="B103" s="6"/>
+      <c r="C103" s="6"/>
+      <c r="D103" s="6"/>
+      <c r="E103" s="6"/>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A104" s="1"/>
+      <c r="B104" s="6"/>
+      <c r="C104" s="6"/>
+      <c r="D104" s="6"/>
+      <c r="E104" s="6"/>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A105" s="1"/>
+      <c r="B105" s="6"/>
+      <c r="C105" s="6"/>
+      <c r="D105" s="6"/>
+      <c r="E105" s="6"/>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A106" s="1"/>
+      <c r="B106" s="6"/>
+      <c r="C106" s="6"/>
+      <c r="D106" s="6"/>
+      <c r="E106" s="6"/>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A107" s="1"/>
+      <c r="B107" s="6"/>
+      <c r="C107" s="6"/>
+      <c r="D107" s="6"/>
+      <c r="E107" s="6"/>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A108" s="1"/>
+      <c r="B108" s="6"/>
+      <c r="C108" s="6"/>
+      <c r="D108" s="6"/>
+      <c r="E108" s="6"/>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A109" s="1"/>
+      <c r="B109" s="6"/>
+      <c r="C109" s="6"/>
+      <c r="D109" s="6"/>
+      <c r="E109" s="6"/>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A110" s="1"/>
+      <c r="B110" s="6"/>
+      <c r="C110" s="6"/>
+      <c r="D110" s="6"/>
+      <c r="E110" s="6"/>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A111" s="1"/>
+      <c r="B111" s="6"/>
+      <c r="C111" s="6"/>
+      <c r="D111" s="6"/>
+      <c r="E111" s="6"/>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A112" s="1"/>
+      <c r="B112" s="6"/>
+      <c r="C112" s="6"/>
+      <c r="D112" s="6"/>
+      <c r="E112" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{831A6A2E-58FF-42F9-9770-948A1CFBD703}">
-  <dimension ref="A1:Z178"/>
+  <dimension ref="A1:Z193"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
     </row>
-    <row r="2" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B2" s="7">
-        <v>1.1909190000000001</v>
+        <v>1.1863760000000001</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
     </row>
-    <row r="3" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B3" s="7">
-        <v>1.195093</v>
+        <v>1.190733</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
     </row>
-    <row r="4" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B4" s="7">
-        <v>1.1903090000000001</v>
+        <v>1.188089</v>
       </c>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
     </row>
-    <row r="5" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B5" s="7">
-        <v>1.1846890000000001</v>
+        <v>1.190652</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
-      <c r="G5" s="1"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="6" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B6" s="7">
-        <v>1.182407</v>
+        <v>1.194005</v>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
-      <c r="G6" s="1"/>
-[...4 lines deleted...]
-    <row r="7" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="I6" s="1"/>
+      <c r="R6" s="2"/>
+      <c r="S6" s="2"/>
+      <c r="T6" s="2"/>
+      <c r="W6" s="2"/>
+    </row>
+    <row r="7" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B7" s="7">
-        <v>1.1886030000000001</v>
+        <v>1.1953860000000001</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
-      <c r="G7" s="1"/>
-[...4 lines deleted...]
-    <row r="8" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="I7" s="1"/>
+      <c r="R7" s="2"/>
+      <c r="S7" s="2"/>
+      <c r="T7" s="2"/>
+      <c r="W7" s="2"/>
+    </row>
+    <row r="8" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B8" s="7">
-        <v>1.1905619999999999</v>
+        <v>1.194291</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
-      <c r="G8" s="1"/>
-[...1 lines deleted...]
-      <c r="Q8" s="2"/>
+      <c r="I8" s="1"/>
       <c r="R8" s="2"/>
-      <c r="U8" s="2"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="S8" s="2"/>
+      <c r="T8" s="2"/>
+      <c r="W8" s="2"/>
+    </row>
+    <row r="9" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45938</v>
+        <v>45959</v>
       </c>
       <c r="B9" s="7">
-        <v>1.1890799999999999</v>
+        <v>1.1971890000000001</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
-      <c r="G9" s="1"/>
-[...1 lines deleted...]
-      <c r="Q9" s="2"/>
+      <c r="I9" s="1"/>
       <c r="R9" s="2"/>
-      <c r="U9" s="2"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="S9" s="2"/>
+      <c r="T9" s="2"/>
+      <c r="W9" s="2"/>
+    </row>
+    <row r="10" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45937</v>
+        <v>45958</v>
       </c>
       <c r="B10" s="7">
-        <v>1.1893750000000001</v>
+        <v>1.199956</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
-      <c r="G10" s="1"/>
-[...1 lines deleted...]
-      <c r="Q10" s="2"/>
+      <c r="I10" s="1"/>
       <c r="R10" s="2"/>
-      <c r="U10" s="2"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="S10" s="2"/>
+      <c r="T10" s="2"/>
+      <c r="W10" s="2"/>
+    </row>
+    <row r="11" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45936</v>
+        <v>45957</v>
       </c>
       <c r="B11" s="7">
-        <v>1.190016</v>
+        <v>1.201373</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
-    </row>
-    <row r="12" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="I11" s="1"/>
+      <c r="R11" s="2"/>
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="W11" s="2"/>
+    </row>
+    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45933</v>
+        <v>45954</v>
       </c>
       <c r="B12" s="7">
-        <v>1.1888840000000001</v>
+        <v>1.1971879999999999</v>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
-      <c r="L12" s="1"/>
-[...5 lines deleted...]
-    <row r="13" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45932</v>
+        <v>45953</v>
       </c>
       <c r="B13" s="7">
-        <v>1.1860059999999999</v>
+        <v>1.1958169999999999</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
-      <c r="L13" s="1"/>
-[...5 lines deleted...]
-    <row r="14" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45931</v>
+        <v>45952</v>
       </c>
       <c r="B14" s="7">
-        <v>1.179562</v>
+        <v>1.196507</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
-      <c r="L14" s="1"/>
-[...5 lines deleted...]
-    <row r="15" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45930</v>
+        <v>45951</v>
       </c>
       <c r="B15" s="7">
-        <v>1.1787190000000001</v>
+        <v>1.2002139999999999</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
-      <c r="L15" s="1"/>
-[...5 lines deleted...]
-    <row r="16" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45929</v>
+        <v>45950</v>
       </c>
       <c r="B16" s="7">
-        <v>1.179589</v>
+        <v>1.194841</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
-      <c r="L16" s="1"/>
-      <c r="U16" s="2"/>
+      <c r="H16" s="1"/>
+      <c r="Q16" s="2"/>
+      <c r="R16" s="2"/>
       <c r="V16" s="2"/>
-      <c r="W16" s="2"/>
-      <c r="Z16" s="2"/>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45926</v>
+        <v>45947</v>
       </c>
       <c r="B17" s="7">
-        <v>1.1743269999999999</v>
+        <v>1.1909190000000001</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
-      <c r="G17" s="1"/>
-[...1 lines deleted...]
-      <c r="P17" s="2"/>
+      <c r="H17" s="1"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
-      <c r="U17" s="2"/>
       <c r="V17" s="2"/>
-      <c r="W17" s="2"/>
-      <c r="Z17" s="2"/>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45925</v>
+        <v>45946</v>
       </c>
       <c r="B18" s="7">
-        <v>1.174836</v>
+        <v>1.195093</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
-      <c r="G18" s="1"/>
-[...1 lines deleted...]
-      <c r="P18" s="2"/>
+      <c r="H18" s="1"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
-      <c r="U18" s="2"/>
       <c r="V18" s="2"/>
-      <c r="W18" s="2"/>
-      <c r="Z18" s="2"/>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45924</v>
+        <v>45945</v>
       </c>
       <c r="B19" s="7">
-        <v>1.1752039999999999</v>
+        <v>1.1903090000000001</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
-      <c r="G19" s="1"/>
-[...1 lines deleted...]
-      <c r="P19" s="2"/>
+      <c r="H19" s="1"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
-      <c r="U19" s="2"/>
       <c r="V19" s="2"/>
-      <c r="W19" s="2"/>
-      <c r="Z19" s="2"/>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45923</v>
+        <v>45944</v>
       </c>
       <c r="B20" s="7">
-        <v>1.178534</v>
+        <v>1.1846890000000001</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="G20" s="1"/>
+      <c r="H20" s="1"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="U20" s="2"/>
+      <c r="V20" s="2"/>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45922</v>
+        <v>45943</v>
       </c>
       <c r="B21" s="7">
-        <v>1.175095</v>
+        <v>1.182407</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
       <c r="P21" s="2"/>
       <c r="Q21" s="2"/>
       <c r="R21" s="2"/>
       <c r="U21" s="2"/>
+      <c r="V21" s="2"/>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45919</v>
+        <v>45940</v>
       </c>
       <c r="B22" s="7">
-        <v>1.1735230000000001</v>
+        <v>1.1886030000000001</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="G22" s="1"/>
       <c r="P22" s="2"/>
       <c r="Q22" s="2"/>
-      <c r="R22" s="2"/>
       <c r="U22" s="2"/>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45918</v>
+        <v>45939</v>
       </c>
       <c r="B23" s="7">
-        <v>1.1705570000000001</v>
+        <v>1.1905619999999999</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
+      <c r="G23" s="1"/>
+      <c r="P23" s="2"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="2"/>
+      <c r="U23" s="2"/>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
-        <v>45917</v>
+        <v>45938</v>
       </c>
       <c r="B24" s="7">
-        <v>1.1709290000000001</v>
+        <v>1.1890799999999999</v>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
-      <c r="H24" s="1"/>
+      <c r="G24" s="1"/>
+      <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
       <c r="R24" s="2"/>
-      <c r="S24" s="2"/>
-      <c r="V24" s="2"/>
+      <c r="U24" s="2"/>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
-        <v>45916</v>
+        <v>45937</v>
       </c>
       <c r="B25" s="7">
-        <v>1.175351</v>
+        <v>1.1893750000000001</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
-      <c r="H25" s="1"/>
+      <c r="G25" s="1"/>
+      <c r="P25" s="2"/>
       <c r="Q25" s="2"/>
       <c r="R25" s="2"/>
-      <c r="S25" s="2"/>
-      <c r="V25" s="2"/>
+      <c r="U25" s="2"/>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
-        <v>45915</v>
+        <v>45936</v>
       </c>
       <c r="B26" s="7">
-        <v>1.173648</v>
+        <v>1.190016</v>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
-      <c r="H26" s="1"/>
-[...3 lines deleted...]
-      <c r="V26" s="2"/>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
-        <v>45912</v>
+        <v>45933</v>
       </c>
       <c r="B27" s="7">
-        <v>1.1750620000000001</v>
+        <v>1.1888840000000001</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
-      <c r="H27" s="1"/>
-[...2 lines deleted...]
-      <c r="S27" s="2"/>
+      <c r="L27" s="1"/>
+      <c r="U27" s="2"/>
       <c r="V27" s="2"/>
+      <c r="W27" s="2"/>
+      <c r="Z27" s="2"/>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
-        <v>45911</v>
+        <v>45932</v>
       </c>
       <c r="B28" s="7">
-        <v>1.16954</v>
+        <v>1.1860059999999999</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
-      <c r="G28" s="1"/>
-[...4 lines deleted...]
-      <c r="S28" s="2"/>
+      <c r="L28" s="1"/>
       <c r="U28" s="2"/>
       <c r="V28" s="2"/>
+      <c r="W28" s="2"/>
+      <c r="Z28" s="2"/>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
-        <v>45910</v>
+        <v>45931</v>
       </c>
       <c r="B29" s="7">
-        <v>1.1693849999999999</v>
+        <v>1.179562</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
-      <c r="G29" s="1"/>
-[...4 lines deleted...]
-      <c r="S29" s="2"/>
+      <c r="L29" s="1"/>
       <c r="U29" s="2"/>
       <c r="V29" s="2"/>
+      <c r="W29" s="2"/>
+      <c r="Z29" s="2"/>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
-        <v>45909</v>
+        <v>45930</v>
       </c>
       <c r="B30" s="7">
-        <v>1.1687479999999999</v>
+        <v>1.1787190000000001</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
-      <c r="G30" s="1"/>
-[...2 lines deleted...]
-      <c r="R30" s="2"/>
+      <c r="L30" s="1"/>
       <c r="U30" s="2"/>
+      <c r="V30" s="2"/>
+      <c r="W30" s="2"/>
+      <c r="Z30" s="2"/>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
-        <v>45908</v>
+        <v>45929</v>
       </c>
       <c r="B31" s="7">
-        <v>1.1707399999999999</v>
+        <v>1.179589</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
-      <c r="G31" s="1"/>
-[...2 lines deleted...]
-      <c r="R31" s="2"/>
+      <c r="L31" s="1"/>
       <c r="U31" s="2"/>
+      <c r="V31" s="2"/>
+      <c r="W31" s="2"/>
+      <c r="Z31" s="2"/>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
-        <v>45905</v>
+        <v>45926</v>
       </c>
       <c r="B32" s="7">
-        <v>1.172083</v>
+        <v>1.1743269999999999</v>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="G32" s="1"/>
+      <c r="L32" s="1"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="U32" s="2"/>
-    </row>
-    <row r="33" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="V32" s="2"/>
+      <c r="W32" s="2"/>
+      <c r="Z32" s="2"/>
+    </row>
+    <row r="33" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
-        <v>45904</v>
+        <v>45925</v>
       </c>
       <c r="B33" s="7">
-        <v>1.1672670000000001</v>
+        <v>1.174836</v>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="G33" s="1"/>
+      <c r="L33" s="1"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
       <c r="U33" s="2"/>
-    </row>
-    <row r="34" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="V33" s="2"/>
+      <c r="W33" s="2"/>
+      <c r="Z33" s="2"/>
+    </row>
+    <row r="34" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A34" s="1">
-        <v>45903</v>
+        <v>45924</v>
       </c>
       <c r="B34" s="7">
-        <v>1.162693</v>
+        <v>1.1752039999999999</v>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
-    </row>
-    <row r="35" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="G34" s="1"/>
+      <c r="L34" s="1"/>
+      <c r="P34" s="2"/>
+      <c r="Q34" s="2"/>
+      <c r="R34" s="2"/>
+      <c r="U34" s="2"/>
+      <c r="V34" s="2"/>
+      <c r="W34" s="2"/>
+      <c r="Z34" s="2"/>
+    </row>
+    <row r="35" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A35" s="1">
-        <v>45902</v>
+        <v>45923</v>
       </c>
       <c r="B35" s="7">
-        <v>1.170061</v>
+        <v>1.178534</v>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
-    </row>
-    <row r="36" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="G35" s="1"/>
+      <c r="P35" s="2"/>
+      <c r="Q35" s="2"/>
+      <c r="R35" s="2"/>
+      <c r="U35" s="2"/>
+    </row>
+    <row r="36" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
-        <v>45901</v>
+        <v>45922</v>
       </c>
       <c r="B36" s="7">
-        <v>1.1704920000000001</v>
+        <v>1.175095</v>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
-    </row>
-    <row r="37" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="G36" s="1"/>
+      <c r="P36" s="2"/>
+      <c r="Q36" s="2"/>
+      <c r="R36" s="2"/>
+      <c r="U36" s="2"/>
+    </row>
+    <row r="37" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
-        <v>45898</v>
+        <v>45919</v>
       </c>
       <c r="B37" s="7">
-        <v>1.1730149999999999</v>
+        <v>1.1735230000000001</v>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
-    </row>
-    <row r="38" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="G37" s="1"/>
+      <c r="P37" s="2"/>
+      <c r="Q37" s="2"/>
+      <c r="R37" s="2"/>
+      <c r="U37" s="2"/>
+    </row>
+    <row r="38" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A38" s="1">
-        <v>45897</v>
+        <v>45918</v>
       </c>
       <c r="B38" s="7">
-        <v>1.1737070000000001</v>
+        <v>1.1705570000000001</v>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
-      <c r="H38" s="1"/>
-[...5 lines deleted...]
-    <row r="39" spans="1:22" x14ac:dyDescent="0.35">
+    </row>
+    <row r="39" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
-        <v>45896</v>
+        <v>45917</v>
       </c>
       <c r="B39" s="7">
-        <v>1.1722349999999999</v>
+        <v>1.1709290000000001</v>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="4"/>
       <c r="H39" s="1"/>
       <c r="Q39" s="2"/>
       <c r="R39" s="2"/>
       <c r="S39" s="2"/>
       <c r="V39" s="2"/>
     </row>
-    <row r="40" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A40" s="1">
-        <v>45895</v>
+        <v>45916</v>
       </c>
       <c r="B40" s="7">
-        <v>1.1703140000000001</v>
+        <v>1.175351</v>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="H40" s="1"/>
       <c r="Q40" s="2"/>
       <c r="R40" s="2"/>
       <c r="S40" s="2"/>
       <c r="V40" s="2"/>
     </row>
-    <row r="41" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A41" s="1">
-        <v>45894</v>
+        <v>45915</v>
       </c>
       <c r="B41" s="7">
-        <v>1.173522</v>
+        <v>1.173648</v>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="H41" s="1"/>
       <c r="Q41" s="2"/>
       <c r="R41" s="2"/>
       <c r="S41" s="2"/>
       <c r="V41" s="2"/>
     </row>
-    <row r="42" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A42" s="1">
-        <v>45891</v>
+        <v>45912</v>
       </c>
       <c r="B42" s="7">
-        <v>1.1682220000000001</v>
+        <v>1.1750620000000001</v>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="H42" s="1"/>
       <c r="Q42" s="2"/>
       <c r="R42" s="2"/>
       <c r="S42" s="2"/>
       <c r="V42" s="2"/>
     </row>
-    <row r="43" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A43" s="1">
-        <v>45890</v>
+        <v>45911</v>
       </c>
       <c r="B43" s="7">
-        <v>1.1709579999999999</v>
+        <v>1.16954</v>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
+      <c r="G43" s="1"/>
       <c r="H43" s="1"/>
+      <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
+      <c r="U43" s="2"/>
       <c r="V43" s="2"/>
     </row>
-    <row r="44" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A44" s="1">
-        <v>45889</v>
+        <v>45910</v>
       </c>
       <c r="B44" s="7">
-        <v>1.166777</v>
+        <v>1.1693849999999999</v>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
+      <c r="G44" s="1"/>
       <c r="H44" s="1"/>
+      <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
       <c r="R44" s="2"/>
       <c r="S44" s="2"/>
+      <c r="U44" s="2"/>
       <c r="V44" s="2"/>
     </row>
-    <row r="45" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A45" s="1">
-        <v>45888</v>
+        <v>45909</v>
       </c>
       <c r="B45" s="7">
-        <v>1.1643030000000001</v>
+        <v>1.1687479999999999</v>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="4"/>
-      <c r="H45" s="1"/>
+      <c r="G45" s="1"/>
+      <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
-      <c r="S45" s="2"/>
-[...2 lines deleted...]
-    <row r="46" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="U45" s="2"/>
+    </row>
+    <row r="46" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A46" s="1">
-        <v>45887</v>
+        <v>45908</v>
       </c>
       <c r="B46" s="7">
-        <v>1.1661999999999999</v>
+        <v>1.1707399999999999</v>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
-      <c r="H46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="P46" s="2"/>
       <c r="Q46" s="2"/>
       <c r="R46" s="2"/>
-      <c r="S46" s="2"/>
-[...2 lines deleted...]
-    <row r="47" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="U46" s="2"/>
+    </row>
+    <row r="47" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A47" s="1">
-        <v>45884</v>
+        <v>45905</v>
       </c>
       <c r="B47" s="7">
-        <v>1.1677090000000001</v>
+        <v>1.172083</v>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
-      <c r="H47" s="1"/>
+      <c r="G47" s="1"/>
+      <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
-      <c r="S47" s="2"/>
-[...2 lines deleted...]
-    <row r="48" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="U47" s="2"/>
+    </row>
+    <row r="48" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A48" s="1">
-        <v>45883</v>
+        <v>45904</v>
       </c>
       <c r="B48" s="7">
-        <v>1.163848</v>
+        <v>1.1672670000000001</v>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
-      <c r="H48" s="1"/>
+      <c r="G48" s="1"/>
+      <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
-      <c r="S48" s="2"/>
-      <c r="V48" s="2"/>
+      <c r="U48" s="2"/>
     </row>
     <row r="49" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B49" s="7">
-        <v>1.160963</v>
+        <v>1.162693</v>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
-      <c r="I49" s="1"/>
-[...3 lines deleted...]
-      <c r="W49" s="2"/>
     </row>
     <row r="50" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B50" s="7">
-        <v>1.1593290000000001</v>
+        <v>1.170061</v>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
-      <c r="I50" s="1"/>
-[...3 lines deleted...]
-      <c r="W50" s="2"/>
     </row>
     <row r="51" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B51" s="7">
-        <v>1.1590860000000001</v>
+        <v>1.1704920000000001</v>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
-      <c r="I51" s="1"/>
-[...3 lines deleted...]
-      <c r="W51" s="2"/>
     </row>
     <row r="52" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B52" s="7">
-        <v>1.1569119999999999</v>
+        <v>1.1730149999999999</v>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
-      <c r="I52" s="1"/>
-[...3 lines deleted...]
-      <c r="W52" s="2"/>
     </row>
     <row r="53" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B53" s="7">
-        <v>1.1570640000000001</v>
+        <v>1.1737070000000001</v>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
-      <c r="I53" s="1"/>
+      <c r="H53" s="1"/>
+      <c r="Q53" s="2"/>
       <c r="R53" s="2"/>
       <c r="S53" s="2"/>
-      <c r="T53" s="2"/>
-      <c r="W53" s="2"/>
+      <c r="V53" s="2"/>
     </row>
     <row r="54" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B54" s="7">
-        <v>1.1573910000000001</v>
+        <v>1.1722349999999999</v>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="4"/>
-      <c r="I54" s="1"/>
+      <c r="H54" s="1"/>
+      <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
       <c r="S54" s="2"/>
-      <c r="T54" s="2"/>
-      <c r="W54" s="2"/>
+      <c r="V54" s="2"/>
     </row>
     <row r="55" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B55" s="7">
-        <v>1.1551990000000001</v>
+        <v>1.1703140000000001</v>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="4"/>
-      <c r="I55" s="1"/>
+      <c r="H55" s="1"/>
+      <c r="Q55" s="2"/>
       <c r="R55" s="2"/>
       <c r="S55" s="2"/>
-      <c r="T55" s="2"/>
-      <c r="W55" s="2"/>
+      <c r="V55" s="2"/>
     </row>
     <row r="56" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B56" s="7">
-        <v>1.1469419999999999</v>
+        <v>1.173522</v>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
-      <c r="I56" s="1"/>
+      <c r="H56" s="1"/>
+      <c r="Q56" s="2"/>
       <c r="R56" s="2"/>
       <c r="S56" s="2"/>
-      <c r="T56" s="2"/>
-      <c r="W56" s="2"/>
+      <c r="V56" s="2"/>
     </row>
     <row r="57" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B57" s="7">
-        <v>1.1494040000000001</v>
+        <v>1.1682220000000001</v>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
-      <c r="I57" s="1"/>
+      <c r="H57" s="1"/>
+      <c r="Q57" s="2"/>
       <c r="R57" s="2"/>
       <c r="S57" s="2"/>
-      <c r="T57" s="2"/>
-      <c r="W57" s="2"/>
+      <c r="V57" s="2"/>
     </row>
     <row r="58" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B58" s="7">
-        <v>1.15503</v>
+        <v>1.1709579999999999</v>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
-      <c r="I58" s="1"/>
+      <c r="H58" s="1"/>
+      <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
-      <c r="T58" s="2"/>
-      <c r="W58" s="2"/>
+      <c r="V58" s="2"/>
     </row>
     <row r="59" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B59" s="7">
-        <v>1.155098</v>
+        <v>1.166777</v>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="4"/>
-      <c r="I59" s="1"/>
+      <c r="H59" s="1"/>
+      <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
-      <c r="T59" s="2"/>
-      <c r="W59" s="2"/>
+      <c r="V59" s="2"/>
     </row>
     <row r="60" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B60" s="7">
-        <v>1.152034</v>
+        <v>1.1643030000000001</v>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="4"/>
-      <c r="I60" s="1"/>
+      <c r="H60" s="1"/>
+      <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
-      <c r="T60" s="2"/>
-      <c r="W60" s="2"/>
+      <c r="V60" s="2"/>
     </row>
     <row r="61" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A61" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B61" s="7">
-        <v>1.154479</v>
+        <v>1.1661999999999999</v>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
-      <c r="I61" s="1"/>
+      <c r="H61" s="1"/>
+      <c r="Q61" s="2"/>
       <c r="R61" s="2"/>
       <c r="S61" s="2"/>
-      <c r="T61" s="2"/>
-      <c r="W61" s="2"/>
+      <c r="V61" s="2"/>
     </row>
     <row r="62" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A62" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B62" s="7">
-        <v>1.1507369999999999</v>
+        <v>1.1677090000000001</v>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="H62" s="1"/>
-      <c r="I62" s="1"/>
       <c r="Q62" s="2"/>
       <c r="R62" s="2"/>
       <c r="S62" s="2"/>
-      <c r="T62" s="2"/>
       <c r="V62" s="2"/>
-      <c r="W62" s="2"/>
     </row>
     <row r="63" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B63" s="7">
-        <v>1.1511709999999999</v>
+        <v>1.163848</v>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
       <c r="H63" s="1"/>
-      <c r="I63" s="1"/>
       <c r="Q63" s="2"/>
       <c r="R63" s="2"/>
       <c r="S63" s="2"/>
-      <c r="T63" s="2"/>
       <c r="V63" s="2"/>
-      <c r="W63" s="2"/>
     </row>
     <row r="64" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A64" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B64" s="7">
-        <v>1.152004</v>
+        <v>1.160963</v>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
-      <c r="H64" s="1"/>
       <c r="I64" s="1"/>
-      <c r="Q64" s="2"/>
       <c r="R64" s="2"/>
       <c r="S64" s="2"/>
       <c r="T64" s="2"/>
-      <c r="V64" s="2"/>
       <c r="W64" s="2"/>
     </row>
-    <row r="65" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B65" s="7">
-        <v>1.1483939999999999</v>
+        <v>1.1593290000000001</v>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
-      <c r="H65" s="1"/>
-      <c r="Q65" s="2"/>
+      <c r="I65" s="1"/>
       <c r="R65" s="2"/>
       <c r="S65" s="2"/>
-      <c r="V65" s="2"/>
-[...1 lines deleted...]
-    <row r="66" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T65" s="2"/>
+      <c r="W65" s="2"/>
+    </row>
+    <row r="66" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B66" s="7">
-        <v>1.14751</v>
+        <v>1.1590860000000001</v>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
-      <c r="H66" s="1"/>
-      <c r="Q66" s="2"/>
+      <c r="I66" s="1"/>
       <c r="R66" s="2"/>
       <c r="S66" s="2"/>
-      <c r="V66" s="2"/>
-[...1 lines deleted...]
-    <row r="67" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T66" s="2"/>
+      <c r="W66" s="2"/>
+    </row>
+    <row r="67" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B67" s="7">
-        <v>1.1508590000000001</v>
+        <v>1.1569119999999999</v>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="4"/>
-      <c r="H67" s="1"/>
-      <c r="Q67" s="2"/>
+      <c r="I67" s="1"/>
       <c r="R67" s="2"/>
       <c r="S67" s="2"/>
-      <c r="V67" s="2"/>
-[...1 lines deleted...]
-    <row r="68" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T67" s="2"/>
+      <c r="W67" s="2"/>
+    </row>
+    <row r="68" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B68" s="7">
-        <v>1.144852</v>
+        <v>1.1570640000000001</v>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
-      <c r="H68" s="1"/>
-      <c r="Q68" s="2"/>
+      <c r="I68" s="1"/>
       <c r="R68" s="2"/>
       <c r="S68" s="2"/>
-      <c r="V68" s="2"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T68" s="2"/>
+      <c r="W68" s="2"/>
+    </row>
+    <row r="69" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B69" s="7">
-        <v>1.1391549999999999</v>
+        <v>1.1573910000000001</v>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
-      <c r="H69" s="1"/>
-      <c r="Q69" s="2"/>
+      <c r="I69" s="1"/>
       <c r="R69" s="2"/>
       <c r="S69" s="2"/>
-      <c r="V69" s="2"/>
-[...1 lines deleted...]
-    <row r="70" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T69" s="2"/>
+      <c r="W69" s="2"/>
+    </row>
+    <row r="70" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B70" s="7">
-        <v>1.1449549999999999</v>
+        <v>1.1551990000000001</v>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="4"/>
-      <c r="H70" s="1"/>
-      <c r="Q70" s="2"/>
+      <c r="I70" s="1"/>
       <c r="R70" s="2"/>
       <c r="S70" s="2"/>
-      <c r="V70" s="2"/>
-[...1 lines deleted...]
-    <row r="71" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T70" s="2"/>
+      <c r="W70" s="2"/>
+    </row>
+    <row r="71" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B71" s="7">
-        <v>1.1390070000000001</v>
+        <v>1.1469419999999999</v>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
-      <c r="G71" s="1"/>
-[...2 lines deleted...]
-      <c r="Q71" s="2"/>
+      <c r="I71" s="1"/>
       <c r="R71" s="2"/>
       <c r="S71" s="2"/>
-      <c r="U71" s="2"/>
-[...2 lines deleted...]
-    <row r="72" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T71" s="2"/>
+      <c r="W71" s="2"/>
+    </row>
+    <row r="72" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B72" s="7">
-        <v>1.141772</v>
+        <v>1.1494040000000001</v>
       </c>
       <c r="C72" s="4"/>
       <c r="D72" s="4"/>
-      <c r="G72" s="1"/>
-[...1 lines deleted...]
-      <c r="Q72" s="2"/>
+      <c r="I72" s="1"/>
       <c r="R72" s="2"/>
-      <c r="U72" s="2"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="S72" s="2"/>
+      <c r="T72" s="2"/>
+      <c r="W72" s="2"/>
+    </row>
+    <row r="73" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
+        <v>45869</v>
+      </c>
+      <c r="B73" s="7">
+        <v>1.15503</v>
+      </c>
+      <c r="C73" s="4"/>
+      <c r="D73" s="4"/>
+      <c r="I73" s="1"/>
+      <c r="R73" s="2"/>
+      <c r="S73" s="2"/>
+      <c r="T73" s="2"/>
+      <c r="W73" s="2"/>
+    </row>
+    <row r="74" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A74" s="1">
+        <v>45868</v>
+      </c>
+      <c r="B74" s="7">
+        <v>1.155098</v>
+      </c>
+      <c r="C74" s="4"/>
+      <c r="D74" s="4"/>
+      <c r="I74" s="1"/>
+      <c r="R74" s="2"/>
+      <c r="S74" s="2"/>
+      <c r="T74" s="2"/>
+      <c r="W74" s="2"/>
+    </row>
+    <row r="75" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A75" s="1">
+        <v>45867</v>
+      </c>
+      <c r="B75" s="7">
+        <v>1.152034</v>
+      </c>
+      <c r="C75" s="4"/>
+      <c r="D75" s="4"/>
+      <c r="I75" s="1"/>
+      <c r="R75" s="2"/>
+      <c r="S75" s="2"/>
+      <c r="T75" s="2"/>
+      <c r="W75" s="2"/>
+    </row>
+    <row r="76" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A76" s="1">
+        <v>45866</v>
+      </c>
+      <c r="B76" s="7">
+        <v>1.154479</v>
+      </c>
+      <c r="C76" s="4"/>
+      <c r="D76" s="4"/>
+      <c r="I76" s="1"/>
+      <c r="R76" s="2"/>
+      <c r="S76" s="2"/>
+      <c r="T76" s="2"/>
+      <c r="W76" s="2"/>
+    </row>
+    <row r="77" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A77" s="1">
+        <v>45863</v>
+      </c>
+      <c r="B77" s="7">
+        <v>1.1507369999999999</v>
+      </c>
+      <c r="C77" s="4"/>
+      <c r="D77" s="4"/>
+      <c r="H77" s="1"/>
+      <c r="I77" s="1"/>
+      <c r="Q77" s="2"/>
+      <c r="R77" s="2"/>
+      <c r="S77" s="2"/>
+      <c r="T77" s="2"/>
+      <c r="V77" s="2"/>
+      <c r="W77" s="2"/>
+    </row>
+    <row r="78" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A78" s="1">
+        <v>45862</v>
+      </c>
+      <c r="B78" s="7">
+        <v>1.1511709999999999</v>
+      </c>
+      <c r="C78" s="4"/>
+      <c r="D78" s="4"/>
+      <c r="H78" s="1"/>
+      <c r="I78" s="1"/>
+      <c r="Q78" s="2"/>
+      <c r="R78" s="2"/>
+      <c r="S78" s="2"/>
+      <c r="T78" s="2"/>
+      <c r="V78" s="2"/>
+      <c r="W78" s="2"/>
+    </row>
+    <row r="79" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A79" s="1">
+        <v>45861</v>
+      </c>
+      <c r="B79" s="7">
+        <v>1.152004</v>
+      </c>
+      <c r="C79" s="4"/>
+      <c r="D79" s="4"/>
+      <c r="H79" s="1"/>
+      <c r="I79" s="1"/>
+      <c r="Q79" s="2"/>
+      <c r="R79" s="2"/>
+      <c r="S79" s="2"/>
+      <c r="T79" s="2"/>
+      <c r="V79" s="2"/>
+      <c r="W79" s="2"/>
+    </row>
+    <row r="80" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A80" s="1">
+        <v>45860</v>
+      </c>
+      <c r="B80" s="7">
+        <v>1.1483939999999999</v>
+      </c>
+      <c r="C80" s="4"/>
+      <c r="D80" s="4"/>
+      <c r="H80" s="1"/>
+      <c r="Q80" s="2"/>
+      <c r="R80" s="2"/>
+      <c r="S80" s="2"/>
+      <c r="V80" s="2"/>
+    </row>
+    <row r="81" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A81" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B81" s="7">
+        <v>1.14751</v>
+      </c>
+      <c r="C81" s="4"/>
+      <c r="D81" s="4"/>
+      <c r="H81" s="1"/>
+      <c r="Q81" s="2"/>
+      <c r="R81" s="2"/>
+      <c r="S81" s="2"/>
+      <c r="V81" s="2"/>
+    </row>
+    <row r="82" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B82" s="7">
+        <v>1.1508590000000001</v>
+      </c>
+      <c r="C82" s="4"/>
+      <c r="D82" s="4"/>
+      <c r="H82" s="1"/>
+      <c r="Q82" s="2"/>
+      <c r="R82" s="2"/>
+      <c r="S82" s="2"/>
+      <c r="V82" s="2"/>
+    </row>
+    <row r="83" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A83" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B83" s="7">
+        <v>1.144852</v>
+      </c>
+      <c r="C83" s="4"/>
+      <c r="D83" s="4"/>
+      <c r="H83" s="1"/>
+      <c r="Q83" s="2"/>
+      <c r="R83" s="2"/>
+      <c r="S83" s="2"/>
+      <c r="V83" s="2"/>
+    </row>
+    <row r="84" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B84" s="7">
+        <v>1.1391549999999999</v>
+      </c>
+      <c r="C84" s="4"/>
+      <c r="D84" s="4"/>
+      <c r="H84" s="1"/>
+      <c r="Q84" s="2"/>
+      <c r="R84" s="2"/>
+      <c r="S84" s="2"/>
+      <c r="V84" s="2"/>
+    </row>
+    <row r="85" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A85" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B85" s="7">
+        <v>1.1449549999999999</v>
+      </c>
+      <c r="C85" s="4"/>
+      <c r="D85" s="4"/>
+      <c r="H85" s="1"/>
+      <c r="Q85" s="2"/>
+      <c r="R85" s="2"/>
+      <c r="S85" s="2"/>
+      <c r="V85" s="2"/>
+    </row>
+    <row r="86" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B86" s="7">
+        <v>1.1390070000000001</v>
+      </c>
+      <c r="C86" s="4"/>
+      <c r="D86" s="4"/>
+      <c r="G86" s="1"/>
+      <c r="H86" s="1"/>
+      <c r="P86" s="2"/>
+      <c r="Q86" s="2"/>
+      <c r="R86" s="2"/>
+      <c r="S86" s="2"/>
+      <c r="U86" s="2"/>
+      <c r="V86" s="2"/>
+    </row>
+    <row r="87" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B87" s="7">
+        <v>1.141772</v>
+      </c>
+      <c r="C87" s="4"/>
+      <c r="D87" s="4"/>
+      <c r="G87" s="1"/>
+      <c r="P87" s="2"/>
+      <c r="Q87" s="2"/>
+      <c r="R87" s="2"/>
+      <c r="U87" s="2"/>
+    </row>
+    <row r="88" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
         <v>45848</v>
       </c>
-      <c r="B73" s="7">
+      <c r="B88" s="7">
         <v>1.1419410000000001</v>
       </c>
-      <c r="C73" s="6"/>
-[...116 lines deleted...]
-      <c r="B88" s="6"/>
       <c r="C88" s="6"/>
       <c r="D88" s="6"/>
     </row>
-    <row r="89" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B89" s="6"/>
+    <row r="89" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B89" s="7">
+        <v>1.138415</v>
+      </c>
       <c r="C89" s="6"/>
       <c r="D89" s="6"/>
     </row>
-    <row r="90" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B90" s="6"/>
+    <row r="90" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B90" s="7">
+        <v>1.140668</v>
+      </c>
       <c r="C90" s="6"/>
       <c r="D90" s="6"/>
     </row>
-    <row r="91" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B91" s="6"/>
+    <row r="91" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B91" s="7">
+        <v>1.142323</v>
+      </c>
       <c r="C91" s="6"/>
       <c r="D91" s="6"/>
     </row>
-    <row r="92" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B92" s="6"/>
+    <row r="92" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B92" s="7">
+        <v>1.142169</v>
+      </c>
       <c r="C92" s="6"/>
       <c r="D92" s="6"/>
     </row>
-    <row r="93" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B93" s="6"/>
+    <row r="93" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B93" s="7">
+        <v>1.14107</v>
+      </c>
       <c r="C93" s="6"/>
       <c r="D93" s="6"/>
     </row>
-    <row r="94" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B94" s="6"/>
+    <row r="94" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B94" s="7">
+        <v>1.140857</v>
+      </c>
       <c r="C94" s="6"/>
       <c r="D94" s="6"/>
     </row>
-    <row r="95" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B95" s="6"/>
+    <row r="95" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
+        <v>45839</v>
+      </c>
+      <c r="B95" s="7">
+        <v>1.1365989999999999</v>
+      </c>
       <c r="C95" s="6"/>
       <c r="D95" s="6"/>
     </row>
-    <row r="96" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A96" s="1"/>
       <c r="B96" s="6"/>
       <c r="C96" s="6"/>
       <c r="D96" s="6"/>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A97" s="1"/>
       <c r="B97" s="6"/>
       <c r="C97" s="6"/>
       <c r="D97" s="6"/>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A98" s="1"/>
       <c r="B98" s="6"/>
       <c r="C98" s="6"/>
       <c r="D98" s="6"/>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A99" s="1"/>
       <c r="B99" s="6"/>
       <c r="C99" s="6"/>
       <c r="D99" s="6"/>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A100" s="1"/>
@@ -7399,138 +8421,228 @@
       <c r="B152" s="6"/>
       <c r="C152" s="6"/>
       <c r="D152" s="6"/>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A153" s="1"/>
       <c r="B153" s="6"/>
       <c r="C153" s="6"/>
       <c r="D153" s="6"/>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A154" s="1"/>
       <c r="B154" s="6"/>
       <c r="C154" s="6"/>
       <c r="D154" s="6"/>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A155" s="1"/>
       <c r="B155" s="6"/>
       <c r="C155" s="6"/>
       <c r="D155" s="6"/>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A156" s="1"/>
       <c r="B156" s="6"/>
+      <c r="C156" s="6"/>
+      <c r="D156" s="6"/>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A157" s="1"/>
       <c r="B157" s="6"/>
+      <c r="C157" s="6"/>
+      <c r="D157" s="6"/>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A158" s="1"/>
       <c r="B158" s="6"/>
+      <c r="C158" s="6"/>
+      <c r="D158" s="6"/>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A159" s="1"/>
       <c r="B159" s="6"/>
+      <c r="C159" s="6"/>
+      <c r="D159" s="6"/>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A160" s="1"/>
       <c r="B160" s="6"/>
-    </row>
-    <row r="161" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C160" s="6"/>
+      <c r="D160" s="6"/>
+    </row>
+    <row r="161" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A161" s="1"/>
       <c r="B161" s="6"/>
-    </row>
-    <row r="162" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C161" s="6"/>
+      <c r="D161" s="6"/>
+    </row>
+    <row r="162" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A162" s="1"/>
       <c r="B162" s="6"/>
-    </row>
-    <row r="163" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C162" s="6"/>
+      <c r="D162" s="6"/>
+    </row>
+    <row r="163" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A163" s="1"/>
       <c r="B163" s="6"/>
-    </row>
-    <row r="164" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C163" s="6"/>
+      <c r="D163" s="6"/>
+    </row>
+    <row r="164" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A164" s="1"/>
       <c r="B164" s="6"/>
-    </row>
-    <row r="165" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C164" s="6"/>
+      <c r="D164" s="6"/>
+    </row>
+    <row r="165" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A165" s="1"/>
       <c r="B165" s="6"/>
-    </row>
-    <row r="166" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C165" s="6"/>
+      <c r="D165" s="6"/>
+    </row>
+    <row r="166" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A166" s="1"/>
       <c r="B166" s="6"/>
-    </row>
-    <row r="167" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C166" s="6"/>
+      <c r="D166" s="6"/>
+    </row>
+    <row r="167" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A167" s="1"/>
       <c r="B167" s="6"/>
-    </row>
-    <row r="168" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C167" s="6"/>
+      <c r="D167" s="6"/>
+    </row>
+    <row r="168" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A168" s="1"/>
       <c r="B168" s="6"/>
-    </row>
-    <row r="169" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C168" s="6"/>
+      <c r="D168" s="6"/>
+    </row>
+    <row r="169" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A169" s="1"/>
       <c r="B169" s="6"/>
-    </row>
-    <row r="170" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C169" s="6"/>
+      <c r="D169" s="6"/>
+    </row>
+    <row r="170" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A170" s="1"/>
       <c r="B170" s="6"/>
-    </row>
-    <row r="171" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C170" s="6"/>
+      <c r="D170" s="6"/>
+    </row>
+    <row r="171" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A171" s="1"/>
       <c r="B171" s="6"/>
     </row>
-    <row r="172" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="172" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A172" s="1"/>
       <c r="B172" s="6"/>
     </row>
-    <row r="173" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="173" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A173" s="1"/>
       <c r="B173" s="6"/>
     </row>
-    <row r="174" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="174" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A174" s="1"/>
       <c r="B174" s="6"/>
     </row>
-    <row r="175" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="175" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A175" s="1"/>
       <c r="B175" s="6"/>
     </row>
-    <row r="176" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="176" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A176" s="1"/>
       <c r="B176" s="6"/>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A177" s="1"/>
       <c r="B177" s="6"/>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A178" s="1"/>
       <c r="B178" s="6"/>
+    </row>
+    <row r="179" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A179" s="1"/>
+      <c r="B179" s="6"/>
+    </row>
+    <row r="180" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A180" s="1"/>
+      <c r="B180" s="6"/>
+    </row>
+    <row r="181" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A181" s="1"/>
+      <c r="B181" s="6"/>
+    </row>
+    <row r="182" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A182" s="1"/>
+      <c r="B182" s="6"/>
+    </row>
+    <row r="183" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A183" s="1"/>
+      <c r="B183" s="6"/>
+    </row>
+    <row r="184" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A184" s="1"/>
+      <c r="B184" s="6"/>
+    </row>
+    <row r="185" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A185" s="1"/>
+      <c r="B185" s="6"/>
+    </row>
+    <row r="186" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A186" s="1"/>
+      <c r="B186" s="6"/>
+    </row>
+    <row r="187" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A187" s="1"/>
+      <c r="B187" s="6"/>
+    </row>
+    <row r="188" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A188" s="1"/>
+      <c r="B188" s="6"/>
+    </row>
+    <row r="189" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A189" s="1"/>
+      <c r="B189" s="6"/>
+    </row>
+    <row r="190" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A190" s="1"/>
+      <c r="B190" s="6"/>
+    </row>
+    <row r="191" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A191" s="1"/>
+      <c r="B191" s="6"/>
+    </row>
+    <row r="192" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A192" s="1"/>
+      <c r="B192" s="6"/>
+    </row>
+    <row r="193" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A193" s="1"/>
+      <c r="B193" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Prepaid Funeral_Funeral Bond</vt:lpstr>
       <vt:lpstr>Investment Bond</vt:lpstr>