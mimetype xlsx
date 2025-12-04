--- v1 (2025-11-13)
+++ v2 (2025-12-04)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Administration\Products (Funds)\Unit pricing\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{89706132-7AD3-46EE-9617-42C53A20CEB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6426E457-5F5F-4E7D-A8A4-E4A202F8DB2E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="13380" yWindow="-16320" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{8ECC81A5-EB3F-49F8-BE04-1406697A7ED3}"/>
+    <workbookView xWindow="13380" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{8ECC81A5-EB3F-49F8-BE04-1406697A7ED3}"/>
   </bookViews>
   <sheets>
     <sheet name="Prepaid Funeral_Funeral Bond" sheetId="1" r:id="rId1"/>
     <sheet name="Investment Bond" sheetId="2" r:id="rId2"/>
     <sheet name="Education Bond" sheetId="4" r:id="rId3"/>
     <sheet name="Corporate Funeral Bond" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -444,7761 +444,8873 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A5374B0-6425-4502-9A0E-2983FDA3D210}">
-  <dimension ref="A1:Z99"/>
+  <dimension ref="A1:Z114"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
-    <col min="2" max="5" width="13" customWidth="1"/>
+    <col min="2" max="5" width="13" style="5" customWidth="1"/>
     <col min="19" max="19" width="11.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45968</v>
+        <v>45989</v>
       </c>
       <c r="B2" s="7">
-        <v>1.1325080000000001</v>
+        <v>1.1319060000000001</v>
       </c>
       <c r="C2" s="7">
-        <v>1.114323</v>
+        <v>1.1137539999999999</v>
       </c>
       <c r="D2" s="7">
-        <v>1.1787160000000001</v>
+        <v>1.178326</v>
       </c>
       <c r="E2" s="7">
-        <v>1.0834630000000001</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.0819209999999999</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45967</v>
+        <v>45988</v>
       </c>
       <c r="B3" s="7">
-        <v>1.133915</v>
+        <v>1.1318980000000001</v>
       </c>
       <c r="C3" s="7">
-        <v>1.116206</v>
+        <v>1.113534</v>
       </c>
       <c r="D3" s="7">
-        <v>1.181648</v>
+        <v>1.177573</v>
       </c>
       <c r="E3" s="7">
-        <v>1.0861609999999999</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.081078</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45966</v>
+        <v>45987</v>
       </c>
       <c r="B4" s="7">
-        <v>1.1334340000000001</v>
+        <v>1.1306609999999999</v>
       </c>
       <c r="C4" s="7">
-        <v>1.115435</v>
+        <v>1.112123</v>
       </c>
       <c r="D4" s="7">
-        <v>1.180599</v>
+        <v>1.1755469999999999</v>
       </c>
       <c r="E4" s="7">
-        <v>1.0844499999999999</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.081701</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45965</v>
+        <v>45986</v>
       </c>
       <c r="B5" s="7">
-        <v>1.134417</v>
+        <v>1.1282399999999999</v>
       </c>
       <c r="C5" s="7">
-        <v>1.116495</v>
+        <v>1.1085799999999999</v>
       </c>
       <c r="D5" s="7">
-        <v>1.182267</v>
+        <v>1.1699139999999999</v>
       </c>
       <c r="E5" s="7">
-        <v>1.0863659999999999</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.079372</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45964</v>
+        <v>45985</v>
       </c>
       <c r="B6" s="7">
-        <v>1.135699</v>
+        <v>1.1268929999999999</v>
       </c>
       <c r="C6" s="7">
-        <v>1.118276</v>
+        <v>1.106824</v>
       </c>
       <c r="D6" s="7">
-        <v>1.1848099999999999</v>
+        <v>1.167888</v>
       </c>
       <c r="E6" s="7">
-        <v>1.0891630000000001</v>
-[...7 lines deleted...]
-    <row r="7" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.078028</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45961</v>
+        <v>45982</v>
       </c>
       <c r="B7" s="7">
-        <v>1.13652</v>
+        <v>1.1246210000000001</v>
       </c>
       <c r="C7" s="7">
-        <v>1.118684</v>
+        <v>1.1035509999999999</v>
       </c>
       <c r="D7" s="7">
-        <v>1.185025</v>
+        <v>1.1629689999999999</v>
       </c>
       <c r="E7" s="7">
-        <v>1.0896699999999999</v>
-[...7 lines deleted...]
-    <row r="8" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.0747180000000001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45960</v>
+        <v>45981</v>
       </c>
       <c r="B8" s="7">
-        <v>1.1365989999999999</v>
+        <v>1.1289469999999999</v>
       </c>
       <c r="C8" s="7">
-        <v>1.119041</v>
+        <v>1.109502</v>
       </c>
       <c r="D8" s="7">
-        <v>1.185362</v>
+        <v>1.171872</v>
       </c>
       <c r="E8" s="7">
-        <v>1.091397</v>
-[...2 lines deleted...]
-      <c r="S8" s="2"/>
+        <v>1.0796269999999999</v>
+      </c>
+      <c r="K8" s="1"/>
       <c r="T8" s="2"/>
       <c r="U8" s="2"/>
-      <c r="X8" s="2"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V8" s="2"/>
+      <c r="Y8" s="2"/>
+    </row>
+    <row r="9" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="B9" s="7">
-        <v>1.137964</v>
+        <v>1.1265719999999999</v>
       </c>
       <c r="C9" s="7">
-        <v>1.120987</v>
+        <v>1.106006</v>
       </c>
       <c r="D9" s="7">
-        <v>1.1880310000000001</v>
+        <v>1.166785</v>
       </c>
       <c r="E9" s="7">
-        <v>1.093434</v>
-[...2 lines deleted...]
-      <c r="S9" s="2"/>
+        <v>1.0763229999999999</v>
+      </c>
+      <c r="K9" s="1"/>
       <c r="T9" s="2"/>
       <c r="U9" s="2"/>
-      <c r="X9" s="2"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V9" s="2"/>
+      <c r="Y9" s="2"/>
+    </row>
+    <row r="10" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45958</v>
+        <v>45979</v>
       </c>
       <c r="B10" s="7">
-        <v>1.139219</v>
+        <v>1.1265970000000001</v>
       </c>
       <c r="C10" s="7">
-        <v>1.122538</v>
+        <v>1.107202</v>
       </c>
       <c r="D10" s="7">
-        <v>1.189573</v>
+        <v>1.1686240000000001</v>
       </c>
       <c r="E10" s="7">
-        <v>1.094176</v>
-[...2 lines deleted...]
-      <c r="S10" s="2"/>
+        <v>1.0762430000000001</v>
+      </c>
+      <c r="K10" s="1"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
-      <c r="X10" s="2"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V10" s="2"/>
+      <c r="Y10" s="2"/>
+    </row>
+    <row r="11" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45957</v>
+        <v>45978</v>
       </c>
       <c r="B11" s="7">
-        <v>1.139451</v>
+        <v>1.1318950000000001</v>
       </c>
       <c r="C11" s="7">
-        <v>1.1227929999999999</v>
+        <v>1.1133649999999999</v>
       </c>
       <c r="D11" s="7">
-        <v>1.1896720000000001</v>
+        <v>1.1779770000000001</v>
       </c>
       <c r="E11" s="7">
-        <v>1.0958920000000001</v>
-[...2 lines deleted...]
-      <c r="S11" s="2"/>
+        <v>1.082023</v>
+      </c>
+      <c r="K11" s="1"/>
       <c r="T11" s="2"/>
       <c r="U11" s="2"/>
-      <c r="X11" s="2"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V11" s="2"/>
+      <c r="Y11" s="2"/>
+    </row>
+    <row r="12" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45954</v>
+        <v>45975</v>
       </c>
       <c r="B12" s="7">
-        <v>1.137721</v>
+        <v>1.131993</v>
       </c>
       <c r="C12" s="7">
-        <v>1.1205000000000001</v>
+        <v>1.113669</v>
       </c>
       <c r="D12" s="7">
-        <v>1.186167</v>
+        <v>1.1780360000000001</v>
       </c>
       <c r="E12" s="7">
-        <v>1.0945180000000001</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.081923</v>
+      </c>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="T12" s="2"/>
+      <c r="U12" s="2"/>
+      <c r="V12" s="2"/>
+      <c r="W12" s="2"/>
+      <c r="Y12" s="2"/>
+      <c r="Z12" s="2"/>
+    </row>
+    <row r="13" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45953</v>
+        <v>45974</v>
       </c>
       <c r="B13" s="7">
-        <v>1.137761</v>
+        <v>1.1358550000000001</v>
       </c>
       <c r="C13" s="7">
-        <v>1.120331</v>
+        <v>1.1187279999999999</v>
       </c>
       <c r="D13" s="7">
-        <v>1.1859200000000001</v>
+        <v>1.1850050000000001</v>
       </c>
       <c r="E13" s="7">
-        <v>1.0941080000000001</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.0859430000000001</v>
+      </c>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="T13" s="2"/>
+      <c r="U13" s="2"/>
+      <c r="V13" s="2"/>
+      <c r="W13" s="2"/>
+      <c r="Y13" s="2"/>
+      <c r="Z13" s="2"/>
+    </row>
+    <row r="14" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45952</v>
+        <v>45973</v>
       </c>
       <c r="B14" s="7">
-        <v>1.137643</v>
+        <v>1.1359999999999999</v>
       </c>
       <c r="C14" s="7">
-        <v>1.1203000000000001</v>
+        <v>1.119013</v>
       </c>
       <c r="D14" s="7">
-        <v>1.1860170000000001</v>
+        <v>1.1851400000000001</v>
       </c>
       <c r="E14" s="7">
-        <v>1.093923</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.086163</v>
+      </c>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="T14" s="2"/>
+      <c r="U14" s="2"/>
+      <c r="V14" s="2"/>
+      <c r="W14" s="2"/>
+      <c r="Y14" s="2"/>
+      <c r="Z14" s="2"/>
+    </row>
+    <row r="15" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45951</v>
+        <v>45972</v>
       </c>
       <c r="B15" s="7">
-        <v>1.1386540000000001</v>
+        <v>1.1348560000000001</v>
       </c>
       <c r="C15" s="7">
-        <v>1.121688</v>
+        <v>1.1176090000000001</v>
       </c>
       <c r="D15" s="7">
-        <v>1.1876500000000001</v>
+        <v>1.183055</v>
       </c>
       <c r="E15" s="7">
-        <v>1.0946800000000001</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.08555</v>
+      </c>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="T15" s="2"/>
+      <c r="U15" s="2"/>
+      <c r="V15" s="2"/>
+      <c r="W15" s="2"/>
+      <c r="Y15" s="2"/>
+      <c r="Z15" s="2"/>
+    </row>
+    <row r="16" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45950</v>
+        <v>45971</v>
       </c>
       <c r="B16" s="7">
-        <v>1.1366959999999999</v>
+        <v>1.1340939999999999</v>
       </c>
       <c r="C16" s="7">
-        <v>1.1194200000000001</v>
+        <v>1.116446</v>
       </c>
       <c r="D16" s="7">
-        <v>1.184895</v>
+        <v>1.1816869999999999</v>
       </c>
       <c r="E16" s="7">
-        <v>1.0934619999999999</v>
+        <v>1.0848660000000001</v>
       </c>
       <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
+      <c r="W16" s="2"/>
       <c r="Y16" s="2"/>
-    </row>
-    <row r="17" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="Z16" s="2"/>
+    </row>
+    <row r="17" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B17" s="7">
-        <v>1.1349689999999999</v>
+        <v>1.1325080000000001</v>
       </c>
       <c r="C17" s="7">
-        <v>1.1171420000000001</v>
+        <v>1.114323</v>
       </c>
       <c r="D17" s="7">
-        <v>1.181908</v>
+        <v>1.1787160000000001</v>
       </c>
       <c r="E17" s="7">
-        <v>1.0888580000000001</v>
+        <v>1.0834630000000001</v>
       </c>
       <c r="K17" s="1"/>
+      <c r="L17" s="1"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
+      <c r="W17" s="2"/>
       <c r="Y17" s="2"/>
-    </row>
-    <row r="18" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="Z17" s="2"/>
+    </row>
+    <row r="18" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B18" s="7">
-        <v>1.135904</v>
+        <v>1.133915</v>
       </c>
       <c r="C18" s="7">
-        <v>1.1177440000000001</v>
+        <v>1.116206</v>
       </c>
       <c r="D18" s="7">
-        <v>1.183263</v>
+        <v>1.181648</v>
       </c>
       <c r="E18" s="7">
-        <v>1.0921339999999999</v>
+        <v>1.0861609999999999</v>
       </c>
       <c r="K18" s="1"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
       <c r="V18" s="2"/>
       <c r="Y18" s="2"/>
     </row>
-    <row r="19" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B19" s="7">
-        <v>1.133346</v>
+        <v>1.1334340000000001</v>
       </c>
       <c r="C19" s="7">
-        <v>1.1148290000000001</v>
+        <v>1.115435</v>
       </c>
       <c r="D19" s="7">
-        <v>1.1797550000000001</v>
+        <v>1.180599</v>
       </c>
       <c r="E19" s="7">
-        <v>1.0893330000000001</v>
+        <v>1.0844499999999999</v>
       </c>
       <c r="K19" s="1"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="Y19" s="2"/>
     </row>
-    <row r="20" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B20" s="7">
-        <v>1.1303650000000001</v>
+        <v>1.134417</v>
       </c>
       <c r="C20" s="7">
-        <v>1.111658</v>
+        <v>1.116495</v>
       </c>
       <c r="D20" s="7">
-        <v>1.1759900000000001</v>
+        <v>1.182267</v>
       </c>
       <c r="E20" s="7">
-        <v>1.0857840000000001</v>
-[...11 lines deleted...]
-    <row r="21" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.0863659999999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B21" s="7">
-        <v>1.1298820000000001</v>
+        <v>1.135699</v>
       </c>
       <c r="C21" s="7">
-        <v>1.110862</v>
+        <v>1.118276</v>
       </c>
       <c r="D21" s="7">
-        <v>1.175262</v>
+        <v>1.1848099999999999</v>
       </c>
       <c r="E21" s="7">
-        <v>1.085628</v>
-[...2 lines deleted...]
-      <c r="R21" s="2"/>
+        <v>1.0891630000000001</v>
+      </c>
+      <c r="J21" s="1"/>
       <c r="S21" s="2"/>
       <c r="T21" s="2"/>
-      <c r="W21" s="2"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U21" s="2"/>
+      <c r="X21" s="2"/>
+    </row>
+    <row r="22" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B22" s="7">
-        <v>1.1318509999999999</v>
+        <v>1.13652</v>
       </c>
       <c r="C22" s="7">
-        <v>1.1133489999999999</v>
+        <v>1.118684</v>
       </c>
       <c r="D22" s="7">
-        <v>1.178947</v>
+        <v>1.185025</v>
       </c>
       <c r="E22" s="7">
-        <v>1.084584</v>
-[...2 lines deleted...]
-      <c r="R22" s="2"/>
+        <v>1.0896699999999999</v>
+      </c>
+      <c r="J22" s="1"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
-      <c r="W22" s="2"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U22" s="2"/>
+      <c r="X22" s="2"/>
+    </row>
+    <row r="23" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B23" s="7">
-        <v>1.132441</v>
+        <v>1.1365989999999999</v>
       </c>
       <c r="C23" s="7">
-        <v>1.113947</v>
+        <v>1.119041</v>
       </c>
       <c r="D23" s="7">
-        <v>1.1797040000000001</v>
+        <v>1.185362</v>
       </c>
       <c r="E23" s="7">
-        <v>1.0883499999999999</v>
-[...2 lines deleted...]
-      <c r="R23" s="2"/>
+        <v>1.091397</v>
+      </c>
+      <c r="J23" s="1"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
-      <c r="W23" s="2"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U23" s="2"/>
+      <c r="X23" s="2"/>
+    </row>
+    <row r="24" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
-        <v>45938</v>
+        <v>45959</v>
       </c>
       <c r="B24" s="7">
-        <v>1.131759</v>
+        <v>1.137964</v>
       </c>
       <c r="C24" s="7">
-        <v>1.113383</v>
+        <v>1.120987</v>
       </c>
       <c r="D24" s="7">
-        <v>1.1789320000000001</v>
+        <v>1.1880310000000001</v>
       </c>
       <c r="E24" s="7">
-        <v>1.087407</v>
-[...2 lines deleted...]
-      <c r="R24" s="2"/>
+        <v>1.093434</v>
+      </c>
+      <c r="J24" s="1"/>
       <c r="S24" s="2"/>
       <c r="T24" s="2"/>
-      <c r="W24" s="2"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U24" s="2"/>
+      <c r="X24" s="2"/>
+    </row>
+    <row r="25" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
-        <v>45937</v>
+        <v>45958</v>
       </c>
       <c r="B25" s="7">
-        <v>1.132072</v>
+        <v>1.139219</v>
       </c>
       <c r="C25" s="7">
-        <v>1.1134269999999999</v>
+        <v>1.122538</v>
       </c>
       <c r="D25" s="7">
-        <v>1.179092</v>
+        <v>1.189573</v>
       </c>
       <c r="E25" s="7">
-        <v>1.0885830000000001</v>
-[...2 lines deleted...]
-      <c r="R25" s="2"/>
+        <v>1.094176</v>
+      </c>
+      <c r="J25" s="1"/>
       <c r="S25" s="2"/>
       <c r="T25" s="2"/>
-      <c r="W25" s="2"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U25" s="2"/>
+      <c r="X25" s="2"/>
+    </row>
+    <row r="26" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
-        <v>45936</v>
+        <v>45957</v>
       </c>
       <c r="B26" s="7">
-        <v>1.1323589999999999</v>
+        <v>1.139451</v>
       </c>
       <c r="C26" s="7">
-        <v>1.1137680000000001</v>
+        <v>1.1227929999999999</v>
       </c>
       <c r="D26" s="7">
-        <v>1.179252</v>
+        <v>1.1896720000000001</v>
       </c>
       <c r="E26" s="7">
-        <v>1.0889340000000001</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.0958920000000001</v>
+      </c>
+      <c r="J26" s="1"/>
+      <c r="S26" s="2"/>
+      <c r="T26" s="2"/>
+      <c r="U26" s="2"/>
+      <c r="X26" s="2"/>
+    </row>
+    <row r="27" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
-        <v>45933</v>
+        <v>45954</v>
       </c>
       <c r="B27" s="7">
-        <v>1.1313839999999999</v>
+        <v>1.137721</v>
       </c>
       <c r="C27" s="7">
-        <v>1.1120319999999999</v>
+        <v>1.1205000000000001</v>
       </c>
       <c r="D27" s="7">
-        <v>1.177233</v>
+        <v>1.186167</v>
       </c>
       <c r="E27" s="7">
-        <v>1.0878129999999999</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.0945180000000001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
-        <v>45932</v>
+        <v>45953</v>
       </c>
       <c r="B28" s="7">
-        <v>1.130728</v>
+        <v>1.137761</v>
       </c>
       <c r="C28" s="7">
-        <v>1.1109359999999999</v>
+        <v>1.120331</v>
       </c>
       <c r="D28" s="7">
-        <v>1.1749780000000001</v>
+        <v>1.1859200000000001</v>
       </c>
       <c r="E28" s="7">
-        <v>1.0865050000000001</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.0941080000000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
-        <v>45931</v>
+        <v>45952</v>
       </c>
       <c r="B29" s="7">
-        <v>1.1282650000000001</v>
+        <v>1.137643</v>
       </c>
       <c r="C29" s="7">
-        <v>1.107925</v>
+        <v>1.1203000000000001</v>
       </c>
       <c r="D29" s="7">
-        <v>1.1708289999999999</v>
+        <v>1.1860170000000001</v>
       </c>
       <c r="E29" s="7">
-        <v>1.0835840000000001</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.093923</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
-        <v>45930</v>
+        <v>45951</v>
       </c>
       <c r="B30" s="7">
-        <v>1.1278280000000001</v>
+        <v>1.1386540000000001</v>
       </c>
       <c r="C30" s="7">
-        <v>1.106862</v>
+        <v>1.121688</v>
       </c>
       <c r="D30" s="7">
-        <v>1.1697010000000001</v>
+        <v>1.1876500000000001</v>
       </c>
       <c r="E30" s="7">
-        <v>1.082908</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.0946800000000001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
-        <v>45929</v>
+        <v>45950</v>
       </c>
       <c r="B31" s="7">
-        <v>1.1278809999999999</v>
+        <v>1.1366959999999999</v>
       </c>
       <c r="C31" s="7">
-        <v>1.107073</v>
+        <v>1.1194200000000001</v>
       </c>
       <c r="D31" s="7">
-        <v>1.1701699999999999</v>
+        <v>1.184895</v>
       </c>
       <c r="E31" s="7">
-        <v>1.0826610000000001</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.0934619999999999</v>
+      </c>
+      <c r="K31" s="1"/>
+      <c r="T31" s="2"/>
+      <c r="U31" s="2"/>
+      <c r="V31" s="2"/>
+      <c r="Y31" s="2"/>
+    </row>
+    <row r="32" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
-        <v>45926</v>
+        <v>45947</v>
       </c>
       <c r="B32" s="7">
-        <v>1.125373</v>
+        <v>1.1349689999999999</v>
       </c>
       <c r="C32" s="7">
-        <v>1.104668</v>
+        <v>1.1171420000000001</v>
       </c>
       <c r="D32" s="7">
-        <v>1.167065</v>
+        <v>1.181908</v>
       </c>
       <c r="E32" s="7">
-        <v>1.0798380000000001</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0888580000000001</v>
+      </c>
+      <c r="K32" s="1"/>
+      <c r="T32" s="2"/>
+      <c r="U32" s="2"/>
+      <c r="V32" s="2"/>
+      <c r="Y32" s="2"/>
+    </row>
+    <row r="33" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
-        <v>45925</v>
+        <v>45946</v>
       </c>
       <c r="B33" s="7">
-        <v>1.1258600000000001</v>
+        <v>1.135904</v>
       </c>
       <c r="C33" s="7">
-        <v>1.1054390000000001</v>
+        <v>1.1177440000000001</v>
       </c>
       <c r="D33" s="7">
-        <v>1.16788</v>
+        <v>1.183263</v>
       </c>
       <c r="E33" s="7">
-        <v>1.08135</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0921339999999999</v>
+      </c>
+      <c r="K33" s="1"/>
+      <c r="T33" s="2"/>
+      <c r="U33" s="2"/>
+      <c r="V33" s="2"/>
+      <c r="Y33" s="2"/>
+    </row>
+    <row r="34" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A34" s="1">
-        <v>45924</v>
+        <v>45945</v>
       </c>
       <c r="B34" s="7">
-        <v>1.126304</v>
+        <v>1.133346</v>
       </c>
       <c r="C34" s="7">
-        <v>1.1053109999999999</v>
+        <v>1.1148290000000001</v>
       </c>
       <c r="D34" s="7">
-        <v>1.1676059999999999</v>
+        <v>1.1797550000000001</v>
       </c>
       <c r="E34" s="7">
-        <v>1.083161</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0893330000000001</v>
+      </c>
+      <c r="K34" s="1"/>
+      <c r="T34" s="2"/>
+      <c r="U34" s="2"/>
+      <c r="V34" s="2"/>
+      <c r="Y34" s="2"/>
+    </row>
+    <row r="35" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A35" s="1">
-        <v>45923</v>
+        <v>45944</v>
       </c>
       <c r="B35" s="7">
-        <v>1.128271</v>
+        <v>1.1303650000000001</v>
       </c>
       <c r="C35" s="7">
-        <v>1.1070199999999999</v>
+        <v>1.111658</v>
       </c>
       <c r="D35" s="7">
-        <v>1.170358</v>
+        <v>1.1759900000000001</v>
       </c>
       <c r="E35" s="7">
-        <v>1.084754</v>
-      </c>
+        <v>1.0857840000000001</v>
+      </c>
+      <c r="I35" s="1"/>
       <c r="K35" s="1"/>
+      <c r="R35" s="2"/>
+      <c r="S35" s="2"/>
       <c r="T35" s="2"/>
       <c r="U35" s="2"/>
       <c r="V35" s="2"/>
+      <c r="W35" s="2"/>
       <c r="Y35" s="2"/>
     </row>
-    <row r="36" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
-        <v>45922</v>
+        <v>45943</v>
       </c>
       <c r="B36" s="7">
-        <v>1.1265719999999999</v>
+        <v>1.1298820000000001</v>
       </c>
       <c r="C36" s="7">
-        <v>1.1050199999999999</v>
+        <v>1.110862</v>
       </c>
       <c r="D36" s="7">
-        <v>1.167586</v>
+        <v>1.175262</v>
       </c>
       <c r="E36" s="7">
-        <v>1.0831390000000001</v>
-[...1 lines deleted...]
-      <c r="K36" s="1"/>
+        <v>1.085628</v>
+      </c>
+      <c r="I36" s="1"/>
+      <c r="R36" s="2"/>
+      <c r="S36" s="2"/>
       <c r="T36" s="2"/>
-      <c r="U36" s="2"/>
-[...3 lines deleted...]
-    <row r="37" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W36" s="2"/>
+    </row>
+    <row r="37" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
-        <v>45919</v>
+        <v>45940</v>
       </c>
       <c r="B37" s="7">
-        <v>1.1256079999999999</v>
+        <v>1.1318509999999999</v>
       </c>
       <c r="C37" s="7">
-        <v>1.1041650000000001</v>
+        <v>1.1133489999999999</v>
       </c>
       <c r="D37" s="7">
-        <v>1.1661999999999999</v>
+        <v>1.178947</v>
       </c>
       <c r="E37" s="7">
-        <v>1.082125</v>
-[...1 lines deleted...]
-      <c r="K37" s="1"/>
+        <v>1.084584</v>
+      </c>
+      <c r="I37" s="1"/>
+      <c r="R37" s="2"/>
+      <c r="S37" s="2"/>
       <c r="T37" s="2"/>
-      <c r="U37" s="2"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W37" s="2"/>
+    </row>
+    <row r="38" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A38" s="1">
-        <v>45918</v>
+        <v>45939</v>
       </c>
       <c r="B38" s="7">
-        <v>1.125362</v>
+        <v>1.132441</v>
       </c>
       <c r="C38" s="7">
-        <v>1.1034390000000001</v>
+        <v>1.113947</v>
       </c>
       <c r="D38" s="7">
-        <v>1.1644080000000001</v>
+        <v>1.1797040000000001</v>
       </c>
       <c r="E38" s="7">
-        <v>1.080584</v>
-[...1 lines deleted...]
-      <c r="K38" s="1"/>
+        <v>1.0883499999999999</v>
+      </c>
+      <c r="I38" s="1"/>
+      <c r="R38" s="2"/>
+      <c r="S38" s="2"/>
       <c r="T38" s="2"/>
-      <c r="U38" s="2"/>
-[...3 lines deleted...]
-    <row r="39" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W38" s="2"/>
+    </row>
+    <row r="39" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
-        <v>45917</v>
+        <v>45938</v>
       </c>
       <c r="B39" s="7">
-        <v>1.125642</v>
+        <v>1.131759</v>
       </c>
       <c r="C39" s="7">
-        <v>1.103893</v>
+        <v>1.113383</v>
       </c>
       <c r="D39" s="7">
-        <v>1.1653420000000001</v>
+        <v>1.1789320000000001</v>
       </c>
       <c r="E39" s="7">
-        <v>1.0811599999999999</v>
-[...1 lines deleted...]
-      <c r="K39" s="1"/>
+        <v>1.087407</v>
+      </c>
+      <c r="I39" s="1"/>
+      <c r="R39" s="2"/>
+      <c r="S39" s="2"/>
       <c r="T39" s="2"/>
-      <c r="U39" s="2"/>
-[...3 lines deleted...]
-    <row r="40" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W39" s="2"/>
+    </row>
+    <row r="40" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A40" s="1">
-        <v>45916</v>
+        <v>45937</v>
       </c>
       <c r="B40" s="7">
-        <v>1.127229</v>
+        <v>1.132072</v>
       </c>
       <c r="C40" s="7">
-        <v>1.105197</v>
+        <v>1.1134269999999999</v>
       </c>
       <c r="D40" s="7">
-        <v>1.167521</v>
+        <v>1.179092</v>
       </c>
       <c r="E40" s="7">
-        <v>1.082495</v>
-[...2 lines deleted...]
-      <c r="L40" s="1"/>
+        <v>1.0885830000000001</v>
+      </c>
+      <c r="I40" s="1"/>
+      <c r="R40" s="2"/>
+      <c r="S40" s="2"/>
       <c r="T40" s="2"/>
-      <c r="U40" s="2"/>
-      <c r="V40" s="2"/>
       <c r="W40" s="2"/>
-      <c r="Y40" s="2"/>
-[...2 lines deleted...]
-    <row r="41" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="41" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A41" s="1">
-        <v>45915</v>
+        <v>45936</v>
       </c>
       <c r="B41" s="7">
-        <v>1.1260399999999999</v>
+        <v>1.1323589999999999</v>
       </c>
       <c r="C41" s="7">
-        <v>1.103345</v>
+        <v>1.1137680000000001</v>
       </c>
       <c r="D41" s="7">
-        <v>1.1652469999999999</v>
+        <v>1.179252</v>
       </c>
       <c r="E41" s="7">
-        <v>1.0815079999999999</v>
-[...10 lines deleted...]
-    <row r="42" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0889340000000001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A42" s="1">
-        <v>45912</v>
+        <v>45933</v>
       </c>
       <c r="B42" s="7">
-        <v>1.126234</v>
+        <v>1.1313839999999999</v>
       </c>
       <c r="C42" s="7">
-        <v>1.1035440000000001</v>
+        <v>1.1120319999999999</v>
       </c>
       <c r="D42" s="7">
-        <v>1.165807</v>
+        <v>1.177233</v>
       </c>
       <c r="E42" s="7">
-        <v>1.082363</v>
-[...10 lines deleted...]
-    <row r="43" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0878129999999999</v>
+      </c>
+    </row>
+    <row r="43" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A43" s="1">
-        <v>45911</v>
+        <v>45932</v>
       </c>
       <c r="B43" s="7">
-        <v>1.1237250000000001</v>
+        <v>1.130728</v>
       </c>
       <c r="C43" s="7">
-        <v>1.1009249999999999</v>
+        <v>1.1109359999999999</v>
       </c>
       <c r="D43" s="7">
-        <v>1.161529</v>
+        <v>1.1749780000000001</v>
       </c>
       <c r="E43" s="7">
-        <v>1.0795699999999999</v>
-[...7 lines deleted...]
-    <row r="44" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0865050000000001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A44" s="1">
-        <v>45910</v>
+        <v>45931</v>
       </c>
       <c r="B44" s="7">
-        <v>1.1234569999999999</v>
+        <v>1.1282650000000001</v>
       </c>
       <c r="C44" s="7">
-        <v>1.1008290000000001</v>
+        <v>1.107925</v>
       </c>
       <c r="D44" s="7">
-        <v>1.1614420000000001</v>
+        <v>1.1708289999999999</v>
       </c>
       <c r="E44" s="7">
-        <v>1.0805210000000001</v>
-[...7 lines deleted...]
-    <row r="45" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0835840000000001</v>
+      </c>
+    </row>
+    <row r="45" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A45" s="1">
-        <v>45909</v>
+        <v>45930</v>
       </c>
       <c r="B45" s="7">
-        <v>1.122738</v>
+        <v>1.1278280000000001</v>
       </c>
       <c r="C45" s="7">
-        <v>1.100182</v>
+        <v>1.106862</v>
       </c>
       <c r="D45" s="7">
-        <v>1.160609</v>
+        <v>1.1697010000000001</v>
       </c>
       <c r="E45" s="7">
-        <v>1.0787370000000001</v>
-[...7 lines deleted...]
-    <row r="46" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.082908</v>
+      </c>
+    </row>
+    <row r="46" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A46" s="1">
-        <v>45908</v>
+        <v>45929</v>
       </c>
       <c r="B46" s="7">
-        <v>1.123181</v>
+        <v>1.1278809999999999</v>
       </c>
       <c r="C46" s="7">
-        <v>1.0998840000000001</v>
+        <v>1.107073</v>
       </c>
       <c r="D46" s="7">
-        <v>1.1608039999999999</v>
+        <v>1.1701699999999999</v>
       </c>
       <c r="E46" s="7">
-        <v>1.078735</v>
-[...7 lines deleted...]
-    <row r="47" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0826610000000001</v>
+      </c>
+    </row>
+    <row r="47" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A47" s="1">
-        <v>45905</v>
+        <v>45926</v>
       </c>
       <c r="B47" s="7">
-        <v>1.1235790000000001</v>
+        <v>1.125373</v>
       </c>
       <c r="C47" s="7">
-        <v>1.0998239999999999</v>
+        <v>1.104668</v>
       </c>
       <c r="D47" s="7">
-        <v>1.161276</v>
+        <v>1.167065</v>
       </c>
       <c r="E47" s="7">
-        <v>1.0788679999999999</v>
-[...7 lines deleted...]
-    <row r="48" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0798380000000001</v>
+      </c>
+    </row>
+    <row r="48" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A48" s="1">
-        <v>45904</v>
+        <v>45925</v>
       </c>
       <c r="B48" s="7">
-        <v>1.1212359999999999</v>
+        <v>1.1258600000000001</v>
       </c>
       <c r="C48" s="7">
-        <v>1.098282</v>
+        <v>1.1054390000000001</v>
       </c>
       <c r="D48" s="7">
-        <v>1.158293</v>
+        <v>1.16788</v>
       </c>
       <c r="E48" s="7">
-        <v>1.076057</v>
-[...5 lines deleted...]
-      <c r="Z48" s="2"/>
+        <v>1.08135</v>
+      </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
-        <v>45903</v>
+        <v>45924</v>
       </c>
       <c r="B49" s="7">
-        <v>1.1183149999999999</v>
+        <v>1.126304</v>
       </c>
       <c r="C49" s="7">
-        <v>1.096716</v>
+        <v>1.1053109999999999</v>
       </c>
       <c r="D49" s="7">
-        <v>1.155872</v>
+        <v>1.1676059999999999</v>
       </c>
       <c r="E49" s="7">
-        <v>1.074632</v>
-[...5 lines deleted...]
-      <c r="Z49" s="2"/>
+        <v>1.083161</v>
+      </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
-        <v>45902</v>
+        <v>45923</v>
       </c>
       <c r="B50" s="7">
-        <v>1.121672</v>
+        <v>1.128271</v>
       </c>
       <c r="C50" s="7">
-        <v>1.099818</v>
+        <v>1.1070199999999999</v>
       </c>
       <c r="D50" s="7">
-        <v>1.1613329999999999</v>
+        <v>1.170358</v>
       </c>
       <c r="E50" s="7">
-        <v>1.077718</v>
+        <v>1.084754</v>
       </c>
       <c r="K50" s="1"/>
-      <c r="L50" s="1"/>
       <c r="T50" s="2"/>
       <c r="U50" s="2"/>
       <c r="V50" s="2"/>
-      <c r="W50" s="2"/>
       <c r="Y50" s="2"/>
-      <c r="Z50" s="2"/>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
-        <v>45901</v>
+        <v>45922</v>
       </c>
       <c r="B51" s="7">
-        <v>1.1225860000000001</v>
+        <v>1.1265719999999999</v>
       </c>
       <c r="C51" s="7">
-        <v>1.1006279999999999</v>
+        <v>1.1050199999999999</v>
       </c>
       <c r="D51" s="7">
-        <v>1.1622170000000001</v>
+        <v>1.167586</v>
       </c>
       <c r="E51" s="7">
-        <v>1.079107</v>
+        <v>1.0831390000000001</v>
       </c>
       <c r="K51" s="1"/>
-      <c r="L51" s="1"/>
       <c r="T51" s="2"/>
       <c r="U51" s="2"/>
       <c r="V51" s="2"/>
-      <c r="W51" s="2"/>
       <c r="Y51" s="2"/>
-      <c r="Z51" s="2"/>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
-        <v>45898</v>
+        <v>45919</v>
       </c>
       <c r="B52" s="7">
-        <v>1.1241099999999999</v>
+        <v>1.1256079999999999</v>
       </c>
       <c r="C52" s="7">
-        <v>1.1015779999999999</v>
+        <v>1.1041650000000001</v>
       </c>
       <c r="D52" s="7">
-        <v>1.163429</v>
+        <v>1.1661999999999999</v>
       </c>
       <c r="E52" s="7">
-        <v>1.0798680000000001</v>
+        <v>1.082125</v>
       </c>
       <c r="K52" s="1"/>
       <c r="T52" s="2"/>
       <c r="U52" s="2"/>
       <c r="V52" s="2"/>
       <c r="Y52" s="2"/>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
-        <v>45897</v>
+        <v>45918</v>
       </c>
       <c r="B53" s="7">
-        <v>1.1240680000000001</v>
+        <v>1.125362</v>
       </c>
       <c r="C53" s="7">
-        <v>1.1012710000000001</v>
+        <v>1.1034390000000001</v>
       </c>
       <c r="D53" s="7">
-        <v>1.163025</v>
+        <v>1.1644080000000001</v>
       </c>
       <c r="E53" s="7">
-        <v>1.0800110000000001</v>
+        <v>1.080584</v>
       </c>
       <c r="K53" s="1"/>
       <c r="T53" s="2"/>
       <c r="U53" s="2"/>
       <c r="V53" s="2"/>
       <c r="Y53" s="2"/>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
-        <v>45896</v>
+        <v>45917</v>
       </c>
       <c r="B54" s="7">
-        <v>1.1232549999999999</v>
+        <v>1.125642</v>
       </c>
       <c r="C54" s="7">
-        <v>1.101286</v>
+        <v>1.103893</v>
       </c>
       <c r="D54" s="7">
-        <v>1.162925</v>
+        <v>1.1653420000000001</v>
       </c>
       <c r="E54" s="7">
-        <v>1.0795870000000001</v>
+        <v>1.0811599999999999</v>
       </c>
       <c r="K54" s="1"/>
       <c r="T54" s="2"/>
       <c r="U54" s="2"/>
       <c r="V54" s="2"/>
       <c r="Y54" s="2"/>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
-        <v>45895</v>
+        <v>45916</v>
       </c>
       <c r="B55" s="7">
-        <v>1.122401</v>
+        <v>1.127229</v>
       </c>
       <c r="C55" s="7">
-        <v>1.100543</v>
+        <v>1.105197</v>
       </c>
       <c r="D55" s="7">
-        <v>1.1618630000000001</v>
+        <v>1.167521</v>
       </c>
       <c r="E55" s="7">
-        <v>1.079189</v>
+        <v>1.082495</v>
       </c>
       <c r="K55" s="1"/>
+      <c r="L55" s="1"/>
       <c r="T55" s="2"/>
       <c r="U55" s="2"/>
       <c r="V55" s="2"/>
+      <c r="W55" s="2"/>
       <c r="Y55" s="2"/>
+      <c r="Z55" s="2"/>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
-        <v>45894</v>
+        <v>45915</v>
       </c>
       <c r="B56" s="7">
-        <v>1.124045</v>
+        <v>1.1260399999999999</v>
       </c>
       <c r="C56" s="7">
-        <v>1.1016820000000001</v>
+        <v>1.103345</v>
       </c>
       <c r="D56" s="7">
-        <v>1.1637120000000001</v>
+        <v>1.1652469999999999</v>
       </c>
       <c r="E56" s="7">
-        <v>1.080004</v>
-      </c>
+        <v>1.0815079999999999</v>
+      </c>
+      <c r="K56" s="1"/>
+      <c r="L56" s="1"/>
+      <c r="T56" s="2"/>
+      <c r="U56" s="2"/>
+      <c r="V56" s="2"/>
+      <c r="W56" s="2"/>
+      <c r="Y56" s="2"/>
+      <c r="Z56" s="2"/>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
-        <v>45891</v>
+        <v>45912</v>
       </c>
       <c r="B57" s="7">
-        <v>1.1216349999999999</v>
+        <v>1.126234</v>
       </c>
       <c r="C57" s="7">
-        <v>1.0986370000000001</v>
+        <v>1.1035440000000001</v>
       </c>
       <c r="D57" s="7">
-        <v>1.1595420000000001</v>
+        <v>1.165807</v>
       </c>
       <c r="E57" s="7">
-        <v>1.078697</v>
+        <v>1.082363</v>
       </c>
       <c r="K57" s="1"/>
+      <c r="L57" s="1"/>
       <c r="T57" s="2"/>
       <c r="U57" s="2"/>
       <c r="V57" s="2"/>
+      <c r="W57" s="2"/>
       <c r="Y57" s="2"/>
+      <c r="Z57" s="2"/>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
-        <v>45890</v>
+        <v>45911</v>
       </c>
       <c r="B58" s="7">
-        <v>1.123448</v>
+        <v>1.1237250000000001</v>
       </c>
       <c r="C58" s="7">
-        <v>1.0996790000000001</v>
+        <v>1.1009249999999999</v>
       </c>
       <c r="D58" s="7">
-        <v>1.161144</v>
+        <v>1.161529</v>
       </c>
       <c r="E58" s="7">
-        <v>1.0804039999999999</v>
-[...2 lines deleted...]
-      <c r="T58" s="2"/>
+        <v>1.0795699999999999</v>
+      </c>
+      <c r="L58" s="1"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
-      <c r="Y58" s="2"/>
+      <c r="W58" s="2"/>
+      <c r="Z58" s="2"/>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
-        <v>45889</v>
+        <v>45910</v>
       </c>
       <c r="B59" s="7">
-        <v>1.121553</v>
+        <v>1.1234569999999999</v>
       </c>
       <c r="C59" s="7">
-        <v>1.098206</v>
+        <v>1.1008290000000001</v>
       </c>
       <c r="D59" s="7">
-        <v>1.158258</v>
+        <v>1.1614420000000001</v>
       </c>
       <c r="E59" s="7">
-        <v>1.0782989999999999</v>
-[...2 lines deleted...]
-      <c r="T59" s="2"/>
+        <v>1.0805210000000001</v>
+      </c>
+      <c r="L59" s="1"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
-      <c r="Y59" s="2"/>
+      <c r="W59" s="2"/>
+      <c r="Z59" s="2"/>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
-        <v>45888</v>
+        <v>45909</v>
       </c>
       <c r="B60" s="7">
-        <v>1.1207670000000001</v>
+        <v>1.122738</v>
       </c>
       <c r="C60" s="7">
-        <v>1.098007</v>
+        <v>1.100182</v>
       </c>
       <c r="D60" s="7">
-        <v>1.1575299999999999</v>
+        <v>1.160609</v>
       </c>
       <c r="E60" s="7">
-        <v>1.078662</v>
-[...2 lines deleted...]
-      <c r="T60" s="2"/>
+        <v>1.0787370000000001</v>
+      </c>
+      <c r="L60" s="1"/>
       <c r="U60" s="2"/>
       <c r="V60" s="2"/>
-      <c r="Y60" s="2"/>
+      <c r="W60" s="2"/>
+      <c r="Z60" s="2"/>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A61" s="1">
-        <v>45887</v>
+        <v>45908</v>
       </c>
       <c r="B61" s="7">
-        <v>1.1222810000000001</v>
+        <v>1.123181</v>
       </c>
       <c r="C61" s="7">
-        <v>1.098584</v>
+        <v>1.0998840000000001</v>
       </c>
       <c r="D61" s="7">
-        <v>1.1583749999999999</v>
+        <v>1.1608039999999999</v>
       </c>
       <c r="E61" s="7">
-        <v>1.0807659999999999</v>
-[...1 lines deleted...]
-      <c r="K61" s="1"/>
+        <v>1.078735</v>
+      </c>
       <c r="L61" s="1"/>
-      <c r="T61" s="2"/>
       <c r="U61" s="2"/>
       <c r="V61" s="2"/>
       <c r="W61" s="2"/>
-      <c r="Y61" s="2"/>
       <c r="Z61" s="2"/>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A62" s="1">
-        <v>45884</v>
+        <v>45905</v>
       </c>
       <c r="B62" s="7">
-        <v>1.1223179999999999</v>
+        <v>1.1235790000000001</v>
       </c>
       <c r="C62" s="7">
-        <v>1.0983750000000001</v>
+        <v>1.0998239999999999</v>
       </c>
       <c r="D62" s="7">
-        <v>1.1587240000000001</v>
+        <v>1.161276</v>
       </c>
       <c r="E62" s="7">
-        <v>1.080911</v>
-[...1 lines deleted...]
-      <c r="K62" s="1"/>
+        <v>1.0788679999999999</v>
+      </c>
       <c r="L62" s="1"/>
-      <c r="T62" s="2"/>
       <c r="U62" s="2"/>
       <c r="V62" s="2"/>
       <c r="W62" s="2"/>
-      <c r="Y62" s="2"/>
       <c r="Z62" s="2"/>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
-        <v>45883</v>
+        <v>45904</v>
       </c>
       <c r="B63" s="7">
-        <v>1.120196</v>
+        <v>1.1212359999999999</v>
       </c>
       <c r="C63" s="7">
-        <v>1.096368</v>
+        <v>1.098282</v>
       </c>
       <c r="D63" s="7">
-        <v>1.1557120000000001</v>
+        <v>1.158293</v>
       </c>
       <c r="E63" s="7">
-        <v>1.0788469999999999</v>
-[...1 lines deleted...]
-      <c r="K63" s="1"/>
+        <v>1.076057</v>
+      </c>
       <c r="L63" s="1"/>
-      <c r="T63" s="2"/>
       <c r="U63" s="2"/>
       <c r="V63" s="2"/>
       <c r="W63" s="2"/>
-      <c r="Y63" s="2"/>
       <c r="Z63" s="2"/>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A64" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B64" s="7">
-        <v>1.1189770000000001</v>
+        <v>1.1183149999999999</v>
       </c>
       <c r="C64" s="7">
-        <v>1.0948599999999999</v>
+        <v>1.096716</v>
       </c>
       <c r="D64" s="7">
-        <v>1.1533389999999999</v>
+        <v>1.155872</v>
       </c>
       <c r="E64" s="7">
-        <v>1.0780890000000001</v>
-[...1 lines deleted...]
-      <c r="K64" s="1"/>
+        <v>1.074632</v>
+      </c>
       <c r="L64" s="1"/>
-      <c r="T64" s="2"/>
       <c r="U64" s="2"/>
       <c r="V64" s="2"/>
       <c r="W64" s="2"/>
-      <c r="Y64" s="2"/>
       <c r="Z64" s="2"/>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B65" s="7">
-        <v>1.118401</v>
+        <v>1.121672</v>
       </c>
       <c r="C65" s="7">
-        <v>1.0938399999999999</v>
+        <v>1.099818</v>
       </c>
       <c r="D65" s="7">
-        <v>1.152039</v>
+        <v>1.1613329999999999</v>
       </c>
       <c r="E65" s="7">
-        <v>1.0778730000000001</v>
-[...1 lines deleted...]
-      <c r="J65" s="1"/>
+        <v>1.077718</v>
+      </c>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
-      <c r="S65" s="2"/>
       <c r="T65" s="2"/>
       <c r="U65" s="2"/>
       <c r="V65" s="2"/>
       <c r="W65" s="2"/>
-      <c r="X65" s="2"/>
       <c r="Y65" s="2"/>
       <c r="Z65" s="2"/>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B66" s="7">
-        <v>1.118031</v>
+        <v>1.1225860000000001</v>
       </c>
       <c r="C66" s="7">
-        <v>1.0940129999999999</v>
+        <v>1.1006279999999999</v>
       </c>
       <c r="D66" s="7">
-        <v>1.1521300000000001</v>
+        <v>1.1622170000000001</v>
       </c>
       <c r="E66" s="7">
-        <v>1.07744</v>
-[...1 lines deleted...]
-      <c r="J66" s="1"/>
+        <v>1.079107</v>
+      </c>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
-      <c r="S66" s="2"/>
       <c r="T66" s="2"/>
       <c r="U66" s="2"/>
       <c r="V66" s="2"/>
       <c r="W66" s="2"/>
-      <c r="X66" s="2"/>
       <c r="Y66" s="2"/>
       <c r="Z66" s="2"/>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B67" s="7">
-        <v>1.116989</v>
+        <v>1.1241099999999999</v>
       </c>
       <c r="C67" s="7">
-        <v>1.0930200000000001</v>
+        <v>1.1015779999999999</v>
       </c>
       <c r="D67" s="7">
-        <v>1.1502650000000001</v>
+        <v>1.163429</v>
       </c>
       <c r="E67" s="7">
-        <v>1.076732</v>
-[...1 lines deleted...]
-      <c r="J67" s="1"/>
+        <v>1.0798680000000001</v>
+      </c>
       <c r="K67" s="1"/>
-      <c r="S67" s="2"/>
       <c r="T67" s="2"/>
       <c r="U67" s="2"/>
       <c r="V67" s="2"/>
-      <c r="X67" s="2"/>
       <c r="Y67" s="2"/>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B68" s="7">
-        <v>1.1175379999999999</v>
+        <v>1.1240680000000001</v>
       </c>
       <c r="C68" s="7">
-        <v>1.0923480000000001</v>
+        <v>1.1012710000000001</v>
       </c>
       <c r="D68" s="7">
-        <v>1.149559</v>
+        <v>1.163025</v>
       </c>
       <c r="E68" s="7">
-        <v>1.077243</v>
-[...1 lines deleted...]
-      <c r="J68" s="1"/>
+        <v>1.0800110000000001</v>
+      </c>
       <c r="K68" s="1"/>
-      <c r="S68" s="2"/>
       <c r="T68" s="2"/>
       <c r="U68" s="2"/>
       <c r="V68" s="2"/>
-      <c r="X68" s="2"/>
       <c r="Y68" s="2"/>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B69" s="7">
-        <v>1.116854</v>
+        <v>1.1232549999999999</v>
       </c>
       <c r="C69" s="7">
-        <v>1.0899749999999999</v>
+        <v>1.101286</v>
       </c>
       <c r="D69" s="7">
-        <v>1.147527</v>
+        <v>1.162925</v>
       </c>
       <c r="E69" s="7">
-        <v>1.077216</v>
-[...1 lines deleted...]
-      <c r="J69" s="1"/>
+        <v>1.0795870000000001</v>
+      </c>
       <c r="K69" s="1"/>
-      <c r="S69" s="2"/>
       <c r="T69" s="2"/>
       <c r="U69" s="2"/>
       <c r="V69" s="2"/>
-      <c r="X69" s="2"/>
       <c r="Y69" s="2"/>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B70" s="7">
-        <v>1.116352</v>
+        <v>1.122401</v>
       </c>
       <c r="C70" s="7">
-        <v>1.0893349999999999</v>
+        <v>1.100543</v>
       </c>
       <c r="D70" s="7">
-        <v>1.145856</v>
+        <v>1.1618630000000001</v>
       </c>
       <c r="E70" s="7">
-        <v>1.07605</v>
-[...1 lines deleted...]
-      <c r="J70" s="1"/>
+        <v>1.079189</v>
+      </c>
       <c r="K70" s="1"/>
-      <c r="S70" s="2"/>
       <c r="T70" s="2"/>
       <c r="U70" s="2"/>
       <c r="V70" s="2"/>
-      <c r="X70" s="2"/>
       <c r="Y70" s="2"/>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B71" s="7">
-        <v>1.112398</v>
+        <v>1.124045</v>
       </c>
       <c r="C71" s="7">
-        <v>1.0859650000000001</v>
+        <v>1.1016820000000001</v>
       </c>
       <c r="D71" s="7">
-        <v>1.1405479999999999</v>
+        <v>1.1637120000000001</v>
       </c>
       <c r="E71" s="7">
-        <v>1.072819</v>
-[...5 lines deleted...]
-      <c r="Y71" s="2"/>
+        <v>1.080004</v>
+      </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B72" s="7">
-        <v>1.1130979999999999</v>
+        <v>1.1216349999999999</v>
       </c>
       <c r="C72" s="7">
-        <v>1.087226</v>
+        <v>1.0986370000000001</v>
       </c>
       <c r="D72" s="7">
-        <v>1.1423859999999999</v>
+        <v>1.1595420000000001</v>
       </c>
       <c r="E72" s="7">
-        <v>1.0739179999999999</v>
+        <v>1.078697</v>
       </c>
       <c r="K72" s="1"/>
       <c r="T72" s="2"/>
       <c r="U72" s="2"/>
       <c r="V72" s="2"/>
       <c r="Y72" s="2"/>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B73" s="7">
-        <v>1.116533</v>
+        <v>1.123448</v>
       </c>
       <c r="C73" s="7">
-        <v>1.0902620000000001</v>
+        <v>1.0996790000000001</v>
       </c>
       <c r="D73" s="7">
-        <v>1.146552</v>
+        <v>1.161144</v>
       </c>
       <c r="E73" s="7">
-        <v>1.076722</v>
+        <v>1.0804039999999999</v>
       </c>
       <c r="K73" s="1"/>
       <c r="T73" s="2"/>
       <c r="U73" s="2"/>
       <c r="V73" s="2"/>
       <c r="Y73" s="2"/>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B74" s="7">
-        <v>1.115694</v>
+        <v>1.121553</v>
       </c>
       <c r="C74" s="7">
-        <v>1.088695</v>
+        <v>1.098206</v>
       </c>
       <c r="D74" s="7">
-        <v>1.1451750000000001</v>
+        <v>1.158258</v>
       </c>
       <c r="E74" s="7">
-        <v>1.075928</v>
+        <v>1.0782989999999999</v>
       </c>
       <c r="K74" s="1"/>
       <c r="T74" s="2"/>
       <c r="U74" s="2"/>
       <c r="V74" s="2"/>
       <c r="Y74" s="2"/>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B75" s="7">
-        <v>1.1140289999999999</v>
+        <v>1.1207670000000001</v>
       </c>
       <c r="C75" s="7">
-        <v>1.08751</v>
+        <v>1.098007</v>
       </c>
       <c r="D75" s="7">
-        <v>1.143472</v>
+        <v>1.1575299999999999</v>
       </c>
       <c r="E75" s="7">
-        <v>1.074092</v>
+        <v>1.078662</v>
       </c>
       <c r="K75" s="1"/>
       <c r="T75" s="2"/>
       <c r="U75" s="2"/>
       <c r="V75" s="2"/>
       <c r="Y75" s="2"/>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B76" s="7">
-        <v>1.114897</v>
+        <v>1.1222810000000001</v>
       </c>
       <c r="C76" s="7">
-        <v>1.088848</v>
+        <v>1.098584</v>
       </c>
       <c r="D76" s="7">
-        <v>1.14567</v>
+        <v>1.1583749999999999</v>
       </c>
       <c r="E76" s="7">
-        <v>1.0741909999999999</v>
+        <v>1.0807659999999999</v>
       </c>
       <c r="K76" s="1"/>
+      <c r="L76" s="1"/>
       <c r="T76" s="2"/>
       <c r="U76" s="2"/>
       <c r="V76" s="2"/>
+      <c r="W76" s="2"/>
       <c r="Y76" s="2"/>
+      <c r="Z76" s="2"/>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B77" s="7">
-        <v>1.113229</v>
+        <v>1.1223179999999999</v>
       </c>
       <c r="C77" s="7">
-        <v>1.0880289999999999</v>
+        <v>1.0983750000000001</v>
       </c>
       <c r="D77" s="7">
-        <v>1.14392</v>
+        <v>1.1587240000000001</v>
       </c>
       <c r="E77" s="7">
-        <v>1.0730230000000001</v>
+        <v>1.080911</v>
       </c>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="T77" s="2"/>
       <c r="U77" s="2"/>
       <c r="V77" s="2"/>
       <c r="W77" s="2"/>
       <c r="Y77" s="2"/>
       <c r="Z77" s="2"/>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B78" s="7">
-        <v>1.1136170000000001</v>
+        <v>1.120196</v>
       </c>
       <c r="C78" s="7">
-        <v>1.087521</v>
+        <v>1.096368</v>
       </c>
       <c r="D78" s="7">
-        <v>1.1439779999999999</v>
+        <v>1.1557120000000001</v>
       </c>
       <c r="E78" s="7">
-        <v>1.074363</v>
+        <v>1.0788469999999999</v>
       </c>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="T78" s="2"/>
       <c r="U78" s="2"/>
       <c r="V78" s="2"/>
       <c r="W78" s="2"/>
       <c r="Y78" s="2"/>
       <c r="Z78" s="2"/>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B79" s="7">
-        <v>1.113739</v>
+        <v>1.1189770000000001</v>
       </c>
       <c r="C79" s="7">
-        <v>1.086832</v>
+        <v>1.0948599999999999</v>
       </c>
       <c r="D79" s="7">
-        <v>1.1435299999999999</v>
+        <v>1.1533389999999999</v>
       </c>
       <c r="E79" s="7">
-        <v>1.0746789999999999</v>
+        <v>1.0780890000000001</v>
       </c>
       <c r="K79" s="1"/>
       <c r="L79" s="1"/>
       <c r="T79" s="2"/>
       <c r="U79" s="2"/>
       <c r="V79" s="2"/>
       <c r="W79" s="2"/>
       <c r="Y79" s="2"/>
       <c r="Z79" s="2"/>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B80" s="7">
-        <v>1.1122380000000001</v>
+        <v>1.118401</v>
       </c>
       <c r="C80" s="7">
-        <v>1.0857000000000001</v>
+        <v>1.0938399999999999</v>
       </c>
       <c r="D80" s="7">
-        <v>1.141195</v>
+        <v>1.152039</v>
       </c>
       <c r="E80" s="7">
-        <v>1.0728219999999999</v>
-      </c>
+        <v>1.0778730000000001</v>
+      </c>
+      <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
+      <c r="S80" s="2"/>
       <c r="T80" s="2"/>
       <c r="U80" s="2"/>
       <c r="V80" s="2"/>
       <c r="W80" s="2"/>
+      <c r="X80" s="2"/>
       <c r="Y80" s="2"/>
       <c r="Z80" s="2"/>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A81" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B81" s="7">
-        <v>1.1118209999999999</v>
+        <v>1.118031</v>
       </c>
       <c r="C81" s="7">
-        <v>1.0845020000000001</v>
+        <v>1.0940129999999999</v>
       </c>
       <c r="D81" s="7">
-        <v>1.139732</v>
+        <v>1.1521300000000001</v>
       </c>
       <c r="E81" s="7">
-        <v>1.072133</v>
-      </c>
+        <v>1.07744</v>
+      </c>
+      <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
+      <c r="S81" s="2"/>
       <c r="T81" s="2"/>
       <c r="U81" s="2"/>
       <c r="V81" s="2"/>
       <c r="W81" s="2"/>
+      <c r="X81" s="2"/>
       <c r="Y81" s="2"/>
       <c r="Z81" s="2"/>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A82" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B82" s="7">
-        <v>1.113084</v>
+        <v>1.116989</v>
       </c>
       <c r="C82" s="7">
-        <v>1.0852010000000001</v>
+        <v>1.0930200000000001</v>
       </c>
       <c r="D82" s="7">
-        <v>1.1415420000000001</v>
+        <v>1.1502650000000001</v>
       </c>
       <c r="E82" s="7">
-        <v>1.0732170000000001</v>
-      </c>
+        <v>1.076732</v>
+      </c>
+      <c r="J82" s="1"/>
       <c r="K82" s="1"/>
+      <c r="S82" s="2"/>
       <c r="T82" s="2"/>
       <c r="U82" s="2"/>
       <c r="V82" s="2"/>
+      <c r="X82" s="2"/>
       <c r="Y82" s="2"/>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A83" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B83" s="7">
-        <v>1.110311</v>
+        <v>1.1175379999999999</v>
       </c>
       <c r="C83" s="7">
-        <v>1.0828249999999999</v>
+        <v>1.0923480000000001</v>
       </c>
       <c r="D83" s="7">
-        <v>1.1375679999999999</v>
+        <v>1.149559</v>
       </c>
       <c r="E83" s="7">
-        <v>1.068932</v>
-      </c>
+        <v>1.077243</v>
+      </c>
+      <c r="J83" s="1"/>
       <c r="K83" s="1"/>
+      <c r="S83" s="2"/>
       <c r="T83" s="2"/>
       <c r="U83" s="2"/>
       <c r="V83" s="2"/>
+      <c r="X83" s="2"/>
       <c r="Y83" s="2"/>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A84" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B84" s="7">
-        <v>1.1073219999999999</v>
+        <v>1.116854</v>
       </c>
       <c r="C84" s="7">
-        <v>1.080071</v>
+        <v>1.0899749999999999</v>
       </c>
       <c r="D84" s="7">
-        <v>1.133286</v>
+        <v>1.147527</v>
       </c>
       <c r="E84" s="7">
-        <v>1.067987</v>
-      </c>
+        <v>1.077216</v>
+      </c>
+      <c r="J84" s="1"/>
       <c r="K84" s="1"/>
+      <c r="S84" s="2"/>
       <c r="T84" s="2"/>
       <c r="U84" s="2"/>
       <c r="V84" s="2"/>
+      <c r="X84" s="2"/>
       <c r="Y84" s="2"/>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A85" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B85" s="7">
-        <v>1.1093219999999999</v>
+        <v>1.116352</v>
       </c>
       <c r="C85" s="7">
-        <v>1.082184</v>
+        <v>1.0893349999999999</v>
       </c>
       <c r="D85" s="7">
-        <v>1.1372420000000001</v>
+        <v>1.145856</v>
       </c>
       <c r="E85" s="7">
-        <v>1.0685089999999999</v>
-      </c>
+        <v>1.07605</v>
+      </c>
+      <c r="J85" s="1"/>
       <c r="K85" s="1"/>
+      <c r="S85" s="2"/>
       <c r="T85" s="2"/>
       <c r="U85" s="2"/>
       <c r="V85" s="2"/>
+      <c r="X85" s="2"/>
       <c r="Y85" s="2"/>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A86" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B86" s="7">
-        <v>1.1068249999999999</v>
+        <v>1.112398</v>
       </c>
       <c r="C86" s="7">
-        <v>1.080303</v>
+        <v>1.0859650000000001</v>
       </c>
       <c r="D86" s="7">
-        <v>1.1338790000000001</v>
+        <v>1.1405479999999999</v>
       </c>
       <c r="E86" s="7">
-        <v>1.0669139999999999</v>
+        <v>1.072819</v>
       </c>
       <c r="K86" s="1"/>
       <c r="T86" s="2"/>
       <c r="U86" s="2"/>
       <c r="V86" s="2"/>
       <c r="Y86" s="2"/>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A87" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B87" s="7">
-        <v>1.1080190000000001</v>
+        <v>1.1130979999999999</v>
       </c>
       <c r="C87" s="7">
-        <v>1.0800970000000001</v>
+        <v>1.087226</v>
       </c>
       <c r="D87" s="7">
-        <v>1.1348279999999999</v>
+        <v>1.1423859999999999</v>
       </c>
       <c r="E87" s="7">
-        <v>1.067396</v>
+        <v>1.0739179999999999</v>
       </c>
       <c r="K87" s="1"/>
       <c r="T87" s="2"/>
       <c r="U87" s="2"/>
       <c r="V87" s="2"/>
       <c r="Y87" s="2"/>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A88" s="1">
-        <v>45848</v>
+        <v>45869</v>
       </c>
       <c r="B88" s="7">
-        <v>1.108133</v>
+        <v>1.116533</v>
       </c>
       <c r="C88" s="7">
-        <v>1.0798970000000001</v>
+        <v>1.0902620000000001</v>
       </c>
       <c r="D88" s="7">
-        <v>1.134649</v>
+        <v>1.146552</v>
       </c>
       <c r="E88" s="7">
-        <v>1.065483</v>
+        <v>1.076722</v>
       </c>
       <c r="K88" s="1"/>
       <c r="T88" s="2"/>
       <c r="U88" s="2"/>
       <c r="V88" s="2"/>
       <c r="Y88" s="2"/>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A89" s="1">
-        <v>45847</v>
+        <v>45868</v>
       </c>
       <c r="B89" s="7">
-        <v>1.106133</v>
+        <v>1.115694</v>
       </c>
       <c r="C89" s="7">
-        <v>1.078883</v>
+        <v>1.088695</v>
       </c>
       <c r="D89" s="7">
-        <v>1.1328720000000001</v>
+        <v>1.1451750000000001</v>
       </c>
       <c r="E89" s="7">
-        <v>1.064994</v>
-[...1 lines deleted...]
-      <c r="J89" s="1"/>
+        <v>1.075928</v>
+      </c>
       <c r="K89" s="1"/>
-      <c r="S89" s="2"/>
       <c r="T89" s="2"/>
       <c r="U89" s="2"/>
       <c r="V89" s="2"/>
-      <c r="X89" s="2"/>
       <c r="Y89" s="2"/>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A90" s="1">
-        <v>45846</v>
+        <v>45867</v>
       </c>
       <c r="B90" s="7">
-        <v>1.1076360000000001</v>
+        <v>1.1140289999999999</v>
       </c>
       <c r="C90" s="7">
-        <v>1.080158</v>
+        <v>1.08751</v>
       </c>
       <c r="D90" s="7">
-        <v>1.13472</v>
+        <v>1.143472</v>
       </c>
       <c r="E90" s="7">
-        <v>1.066724</v>
-[...1 lines deleted...]
-      <c r="J90" s="1"/>
+        <v>1.074092</v>
+      </c>
       <c r="K90" s="1"/>
-      <c r="S90" s="2"/>
       <c r="T90" s="2"/>
       <c r="U90" s="2"/>
       <c r="V90" s="2"/>
-      <c r="X90" s="2"/>
       <c r="Y90" s="2"/>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A91" s="1">
-        <v>45845</v>
+        <v>45866</v>
       </c>
       <c r="B91" s="7">
-        <v>1.1088789999999999</v>
+        <v>1.114897</v>
       </c>
       <c r="C91" s="7">
-        <v>1.0809390000000001</v>
+        <v>1.088848</v>
       </c>
       <c r="D91" s="7">
-        <v>1.1359239999999999</v>
+        <v>1.14567</v>
       </c>
       <c r="E91" s="7">
-        <v>1.0691120000000001</v>
-[...1 lines deleted...]
-      <c r="J91" s="1"/>
+        <v>1.0741909999999999</v>
+      </c>
       <c r="K91" s="1"/>
-      <c r="S91" s="2"/>
       <c r="T91" s="2"/>
       <c r="U91" s="2"/>
       <c r="V91" s="2"/>
-      <c r="X91" s="2"/>
       <c r="Y91" s="2"/>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A92" s="1">
-        <v>45842</v>
+        <v>45863</v>
       </c>
       <c r="B92" s="7">
-        <v>1.108943</v>
+        <v>1.113229</v>
       </c>
       <c r="C92" s="7">
-        <v>1.081178</v>
+        <v>1.0880289999999999</v>
       </c>
       <c r="D92" s="7">
-        <v>1.135775</v>
+        <v>1.14392</v>
       </c>
       <c r="E92" s="7">
-        <v>1.0694889999999999</v>
-[...1 lines deleted...]
-      <c r="J92" s="1"/>
+        <v>1.0730230000000001</v>
+      </c>
       <c r="K92" s="1"/>
-      <c r="S92" s="2"/>
+      <c r="L92" s="1"/>
       <c r="T92" s="2"/>
       <c r="U92" s="2"/>
       <c r="V92" s="2"/>
-      <c r="X92" s="2"/>
+      <c r="W92" s="2"/>
       <c r="Y92" s="2"/>
+      <c r="Z92" s="2"/>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A93" s="1">
-        <v>45841</v>
+        <v>45862</v>
       </c>
       <c r="B93" s="7">
-        <v>1.108417</v>
+        <v>1.1136170000000001</v>
       </c>
       <c r="C93" s="7">
-        <v>1.0806480000000001</v>
+        <v>1.087521</v>
       </c>
       <c r="D93" s="7">
-        <v>1.134944</v>
+        <v>1.1439779999999999</v>
       </c>
       <c r="E93" s="7">
-        <v>1.069348</v>
-[...1 lines deleted...]
-      <c r="J93" s="1"/>
+        <v>1.074363</v>
+      </c>
       <c r="K93" s="1"/>
-      <c r="S93" s="2"/>
+      <c r="L93" s="1"/>
       <c r="T93" s="2"/>
       <c r="U93" s="2"/>
       <c r="V93" s="2"/>
-      <c r="X93" s="2"/>
+      <c r="W93" s="2"/>
       <c r="Y93" s="2"/>
+      <c r="Z93" s="2"/>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A94" s="1">
-        <v>45840</v>
+        <v>45861</v>
       </c>
       <c r="B94" s="7">
-        <v>1.1081030000000001</v>
+        <v>1.113739</v>
       </c>
       <c r="C94" s="7">
-        <v>1.080279</v>
+        <v>1.086832</v>
       </c>
       <c r="D94" s="7">
-        <v>1.13462</v>
+        <v>1.1435299999999999</v>
       </c>
       <c r="E94" s="7">
-        <v>1.0705450000000001</v>
-[...1 lines deleted...]
-      <c r="J94" s="1"/>
+        <v>1.0746789999999999</v>
+      </c>
       <c r="K94" s="1"/>
-      <c r="S94" s="2"/>
+      <c r="L94" s="1"/>
       <c r="T94" s="2"/>
       <c r="U94" s="2"/>
       <c r="V94" s="2"/>
-      <c r="X94" s="2"/>
+      <c r="W94" s="2"/>
       <c r="Y94" s="2"/>
+      <c r="Z94" s="2"/>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A95" s="1">
-        <v>45839</v>
+        <v>45860</v>
       </c>
       <c r="B95" s="7">
-        <v>1.1063780000000001</v>
+        <v>1.1122380000000001</v>
       </c>
       <c r="C95" s="7">
-        <v>1.0783149999999999</v>
+        <v>1.0857000000000001</v>
       </c>
       <c r="D95" s="7">
-        <v>1.1317189999999999</v>
+        <v>1.141195</v>
       </c>
       <c r="E95" s="7">
-        <v>1.0685229999999999</v>
-      </c>
+        <v>1.0728219999999999</v>
+      </c>
+      <c r="K95" s="1"/>
       <c r="L95" s="1"/>
+      <c r="T95" s="2"/>
       <c r="U95" s="2"/>
       <c r="V95" s="2"/>
       <c r="W95" s="2"/>
+      <c r="Y95" s="2"/>
       <c r="Z95" s="2"/>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A96" s="1"/>
-[...2 lines deleted...]
-      <c r="E96" s="7"/>
+      <c r="A96" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B96" s="7">
+        <v>1.1118209999999999</v>
+      </c>
+      <c r="C96" s="7">
+        <v>1.0845020000000001</v>
+      </c>
+      <c r="D96" s="7">
+        <v>1.139732</v>
+      </c>
+      <c r="E96" s="7">
+        <v>1.072133</v>
+      </c>
+      <c r="K96" s="1"/>
       <c r="L96" s="1"/>
+      <c r="T96" s="2"/>
       <c r="U96" s="2"/>
       <c r="V96" s="2"/>
       <c r="W96" s="2"/>
+      <c r="Y96" s="2"/>
       <c r="Z96" s="2"/>
     </row>
-    <row r="97" spans="1:5" x14ac:dyDescent="0.35">
-[...18 lines deleted...]
-      <c r="E99" s="7"/>
+    <row r="97" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B97" s="7">
+        <v>1.113084</v>
+      </c>
+      <c r="C97" s="7">
+        <v>1.0852010000000001</v>
+      </c>
+      <c r="D97" s="7">
+        <v>1.1415420000000001</v>
+      </c>
+      <c r="E97" s="7">
+        <v>1.0732170000000001</v>
+      </c>
+      <c r="K97" s="1"/>
+      <c r="T97" s="2"/>
+      <c r="U97" s="2"/>
+      <c r="V97" s="2"/>
+      <c r="Y97" s="2"/>
+    </row>
+    <row r="98" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B98" s="7">
+        <v>1.110311</v>
+      </c>
+      <c r="C98" s="7">
+        <v>1.0828249999999999</v>
+      </c>
+      <c r="D98" s="7">
+        <v>1.1375679999999999</v>
+      </c>
+      <c r="E98" s="7">
+        <v>1.068932</v>
+      </c>
+      <c r="K98" s="1"/>
+      <c r="T98" s="2"/>
+      <c r="U98" s="2"/>
+      <c r="V98" s="2"/>
+      <c r="Y98" s="2"/>
+    </row>
+    <row r="99" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B99" s="7">
+        <v>1.1073219999999999</v>
+      </c>
+      <c r="C99" s="7">
+        <v>1.080071</v>
+      </c>
+      <c r="D99" s="7">
+        <v>1.133286</v>
+      </c>
+      <c r="E99" s="7">
+        <v>1.067987</v>
+      </c>
+      <c r="K99" s="1"/>
+      <c r="T99" s="2"/>
+      <c r="U99" s="2"/>
+      <c r="V99" s="2"/>
+      <c r="Y99" s="2"/>
+    </row>
+    <row r="100" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B100" s="7">
+        <v>1.1093219999999999</v>
+      </c>
+      <c r="C100" s="7">
+        <v>1.082184</v>
+      </c>
+      <c r="D100" s="7">
+        <v>1.1372420000000001</v>
+      </c>
+      <c r="E100" s="7">
+        <v>1.0685089999999999</v>
+      </c>
+      <c r="K100" s="1"/>
+      <c r="T100" s="2"/>
+      <c r="U100" s="2"/>
+      <c r="V100" s="2"/>
+      <c r="Y100" s="2"/>
+    </row>
+    <row r="101" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A101" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B101" s="7">
+        <v>1.1068249999999999</v>
+      </c>
+      <c r="C101" s="7">
+        <v>1.080303</v>
+      </c>
+      <c r="D101" s="7">
+        <v>1.1338790000000001</v>
+      </c>
+      <c r="E101" s="7">
+        <v>1.0669139999999999</v>
+      </c>
+      <c r="K101" s="1"/>
+      <c r="T101" s="2"/>
+      <c r="U101" s="2"/>
+      <c r="V101" s="2"/>
+      <c r="Y101" s="2"/>
+    </row>
+    <row r="102" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A102" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B102" s="7">
+        <v>1.1080190000000001</v>
+      </c>
+      <c r="C102" s="7">
+        <v>1.0800970000000001</v>
+      </c>
+      <c r="D102" s="7">
+        <v>1.1348279999999999</v>
+      </c>
+      <c r="E102" s="7">
+        <v>1.067396</v>
+      </c>
+      <c r="K102" s="1"/>
+      <c r="T102" s="2"/>
+      <c r="U102" s="2"/>
+      <c r="V102" s="2"/>
+      <c r="Y102" s="2"/>
+    </row>
+    <row r="103" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A103" s="1">
+        <v>45848</v>
+      </c>
+      <c r="B103" s="7">
+        <v>1.108133</v>
+      </c>
+      <c r="C103" s="7">
+        <v>1.0798970000000001</v>
+      </c>
+      <c r="D103" s="7">
+        <v>1.134649</v>
+      </c>
+      <c r="E103" s="7">
+        <v>1.065483</v>
+      </c>
+      <c r="K103" s="1"/>
+      <c r="T103" s="2"/>
+      <c r="U103" s="2"/>
+      <c r="V103" s="2"/>
+      <c r="Y103" s="2"/>
+    </row>
+    <row r="104" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A104" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B104" s="7">
+        <v>1.106133</v>
+      </c>
+      <c r="C104" s="7">
+        <v>1.078883</v>
+      </c>
+      <c r="D104" s="7">
+        <v>1.1328720000000001</v>
+      </c>
+      <c r="E104" s="7">
+        <v>1.064994</v>
+      </c>
+      <c r="J104" s="1"/>
+      <c r="K104" s="1"/>
+      <c r="S104" s="2"/>
+      <c r="T104" s="2"/>
+      <c r="U104" s="2"/>
+      <c r="V104" s="2"/>
+      <c r="X104" s="2"/>
+      <c r="Y104" s="2"/>
+    </row>
+    <row r="105" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A105" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B105" s="7">
+        <v>1.1076360000000001</v>
+      </c>
+      <c r="C105" s="7">
+        <v>1.080158</v>
+      </c>
+      <c r="D105" s="7">
+        <v>1.13472</v>
+      </c>
+      <c r="E105" s="7">
+        <v>1.066724</v>
+      </c>
+      <c r="J105" s="1"/>
+      <c r="K105" s="1"/>
+      <c r="S105" s="2"/>
+      <c r="T105" s="2"/>
+      <c r="U105" s="2"/>
+      <c r="V105" s="2"/>
+      <c r="X105" s="2"/>
+      <c r="Y105" s="2"/>
+    </row>
+    <row r="106" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B106" s="7">
+        <v>1.1088789999999999</v>
+      </c>
+      <c r="C106" s="7">
+        <v>1.0809390000000001</v>
+      </c>
+      <c r="D106" s="7">
+        <v>1.1359239999999999</v>
+      </c>
+      <c r="E106" s="7">
+        <v>1.0691120000000001</v>
+      </c>
+      <c r="J106" s="1"/>
+      <c r="K106" s="1"/>
+      <c r="S106" s="2"/>
+      <c r="T106" s="2"/>
+      <c r="U106" s="2"/>
+      <c r="V106" s="2"/>
+      <c r="X106" s="2"/>
+      <c r="Y106" s="2"/>
+    </row>
+    <row r="107" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A107" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B107" s="7">
+        <v>1.108943</v>
+      </c>
+      <c r="C107" s="7">
+        <v>1.081178</v>
+      </c>
+      <c r="D107" s="7">
+        <v>1.135775</v>
+      </c>
+      <c r="E107" s="7">
+        <v>1.0694889999999999</v>
+      </c>
+      <c r="J107" s="1"/>
+      <c r="K107" s="1"/>
+      <c r="S107" s="2"/>
+      <c r="T107" s="2"/>
+      <c r="U107" s="2"/>
+      <c r="V107" s="2"/>
+      <c r="X107" s="2"/>
+      <c r="Y107" s="2"/>
+    </row>
+    <row r="108" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A108" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B108" s="7">
+        <v>1.108417</v>
+      </c>
+      <c r="C108" s="7">
+        <v>1.0806480000000001</v>
+      </c>
+      <c r="D108" s="7">
+        <v>1.134944</v>
+      </c>
+      <c r="E108" s="7">
+        <v>1.069348</v>
+      </c>
+      <c r="J108" s="1"/>
+      <c r="K108" s="1"/>
+      <c r="S108" s="2"/>
+      <c r="T108" s="2"/>
+      <c r="U108" s="2"/>
+      <c r="V108" s="2"/>
+      <c r="X108" s="2"/>
+      <c r="Y108" s="2"/>
+    </row>
+    <row r="109" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B109" s="7">
+        <v>1.1081030000000001</v>
+      </c>
+      <c r="C109" s="7">
+        <v>1.080279</v>
+      </c>
+      <c r="D109" s="7">
+        <v>1.13462</v>
+      </c>
+      <c r="E109" s="7">
+        <v>1.0705450000000001</v>
+      </c>
+      <c r="J109" s="1"/>
+      <c r="K109" s="1"/>
+      <c r="S109" s="2"/>
+      <c r="T109" s="2"/>
+      <c r="U109" s="2"/>
+      <c r="V109" s="2"/>
+      <c r="X109" s="2"/>
+      <c r="Y109" s="2"/>
+    </row>
+    <row r="110" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A110" s="1">
+        <v>45839</v>
+      </c>
+      <c r="B110" s="7">
+        <v>1.1063780000000001</v>
+      </c>
+      <c r="C110" s="7">
+        <v>1.0783149999999999</v>
+      </c>
+      <c r="D110" s="7">
+        <v>1.1317189999999999</v>
+      </c>
+      <c r="E110" s="7">
+        <v>1.0685229999999999</v>
+      </c>
+      <c r="L110" s="1"/>
+      <c r="U110" s="2"/>
+      <c r="V110" s="2"/>
+      <c r="W110" s="2"/>
+      <c r="Z110" s="2"/>
+    </row>
+    <row r="111" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A111" s="1"/>
+      <c r="B111" s="7"/>
+      <c r="C111" s="7"/>
+      <c r="E111" s="7"/>
+      <c r="L111" s="1"/>
+      <c r="U111" s="2"/>
+      <c r="V111" s="2"/>
+      <c r="W111" s="2"/>
+      <c r="Z111" s="2"/>
+    </row>
+    <row r="112" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A112" s="1"/>
+      <c r="B112" s="7"/>
+      <c r="C112" s="7"/>
+      <c r="D112" s="7"/>
+      <c r="E112" s="7"/>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A113" s="1"/>
+      <c r="B113" s="7"/>
+      <c r="C113" s="7"/>
+      <c r="D113" s="7"/>
+      <c r="E113" s="7"/>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A114" s="1"/>
+      <c r="B114" s="7"/>
+      <c r="C114" s="7"/>
+      <c r="D114" s="7"/>
+      <c r="E114" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CEC8427-5381-4074-8C00-0A2704EBE073}">
-  <dimension ref="A1:AB110"/>
+  <dimension ref="A1:AB125"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45968</v>
+        <v>45989</v>
       </c>
       <c r="B2" s="5">
-        <v>1.1426609999999999</v>
+        <v>1.1432450000000001</v>
       </c>
       <c r="C2" s="5">
-        <v>1.2295849999999999</v>
+        <v>1.2322610000000001</v>
       </c>
       <c r="D2" s="5">
-        <v>1.306098</v>
+        <v>1.3102450000000001</v>
       </c>
       <c r="E2" s="5">
-        <v>1.104897</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1072850000000001</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45967</v>
+        <v>45988</v>
       </c>
       <c r="B3" s="5">
-        <v>1.1446540000000001</v>
+        <v>1.142582</v>
       </c>
       <c r="C3" s="5">
-        <v>1.232556</v>
+        <v>1.231071</v>
       </c>
       <c r="D3" s="5">
-        <v>1.310754</v>
+        <v>1.308799</v>
       </c>
       <c r="E3" s="5">
-        <v>1.1075900000000001</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1072489999999999</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45966</v>
+        <v>45987</v>
       </c>
       <c r="B4" s="5">
-        <v>1.1433120000000001</v>
+        <v>1.1414519999999999</v>
       </c>
       <c r="C4" s="5">
-        <v>1.230621</v>
+        <v>1.229743</v>
       </c>
       <c r="D4" s="5">
-        <v>1.307884</v>
+        <v>1.307032</v>
       </c>
       <c r="E4" s="5">
-        <v>1.1057220000000001</v>
-[...6 lines deleted...]
-    <row r="5" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.106465</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45965</v>
+        <v>45986</v>
       </c>
       <c r="B5" s="5">
-        <v>1.144223</v>
+        <v>1.1393949999999999</v>
       </c>
       <c r="C5" s="5">
-        <v>1.2321409999999999</v>
+        <v>1.2259610000000001</v>
       </c>
       <c r="D5" s="5">
-        <v>1.3106120000000001</v>
+        <v>1.3004089999999999</v>
       </c>
       <c r="E5" s="5">
-        <v>1.108044</v>
-[...6 lines deleted...]
-    <row r="6" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.103755</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45964</v>
+        <v>45985</v>
       </c>
       <c r="B6" s="5">
-        <v>1.145778</v>
+        <v>1.137189</v>
       </c>
       <c r="C6" s="5">
-        <v>1.234453</v>
+        <v>1.2226539999999999</v>
       </c>
       <c r="D6" s="5">
-        <v>1.314211</v>
+        <v>1.295614</v>
       </c>
       <c r="E6" s="5">
-        <v>1.1107530000000001</v>
-[...2 lines deleted...]
-      <c r="S6" s="2"/>
+        <v>1.102014</v>
+      </c>
+      <c r="K6" s="1"/>
       <c r="T6" s="2"/>
-      <c r="X6" s="2"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U6" s="2"/>
+      <c r="Y6" s="2"/>
+    </row>
+    <row r="7" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45961</v>
+        <v>45982</v>
       </c>
       <c r="B7" s="5">
-        <v>1.146396</v>
+        <v>1.133613</v>
       </c>
       <c r="C7" s="5">
-        <v>1.235433</v>
+        <v>1.217287</v>
       </c>
       <c r="D7" s="5">
-        <v>1.315647</v>
+        <v>1.287485</v>
       </c>
       <c r="E7" s="5">
-        <v>1.1112789999999999</v>
-[...2 lines deleted...]
-      <c r="S7" s="2"/>
+        <v>1.0984389999999999</v>
+      </c>
+      <c r="K7" s="1"/>
       <c r="T7" s="2"/>
-      <c r="X7" s="2"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U7" s="2"/>
+      <c r="Y7" s="2"/>
+    </row>
+    <row r="8" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45960</v>
+        <v>45981</v>
       </c>
       <c r="B8" s="5">
-        <v>1.1459280000000001</v>
+        <v>1.139151</v>
       </c>
       <c r="C8" s="5">
-        <v>1.2346699999999999</v>
+        <v>1.2256769999999999</v>
       </c>
       <c r="D8" s="5">
-        <v>1.3144169999999999</v>
+        <v>1.3009539999999999</v>
       </c>
       <c r="E8" s="5">
-        <v>1.112473</v>
-[...2 lines deleted...]
-      <c r="S8" s="2"/>
+        <v>1.104223</v>
+      </c>
+      <c r="K8" s="1"/>
       <c r="T8" s="2"/>
-      <c r="X8" s="2"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U8" s="2"/>
+      <c r="Y8" s="2"/>
+    </row>
+    <row r="9" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="B9" s="5">
-        <v>1.148085</v>
+        <v>1.135634</v>
       </c>
       <c r="C9" s="5">
-        <v>1.2374039999999999</v>
+        <v>1.2199230000000001</v>
       </c>
       <c r="D9" s="5">
-        <v>1.3176159999999999</v>
+        <v>1.2909539999999999</v>
       </c>
       <c r="E9" s="5">
-        <v>1.1137999999999999</v>
-[...2 lines deleted...]
-      <c r="S9" s="2"/>
+        <v>1.0994360000000001</v>
+      </c>
+      <c r="K9" s="1"/>
       <c r="T9" s="2"/>
-      <c r="X9" s="2"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U9" s="2"/>
+      <c r="Y9" s="2"/>
+    </row>
+    <row r="10" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45958</v>
+        <v>45979</v>
       </c>
       <c r="B10" s="5">
-        <v>1.1501410000000001</v>
+        <v>1.136693</v>
       </c>
       <c r="C10" s="5">
-        <v>1.2400500000000001</v>
+        <v>1.2215689999999999</v>
       </c>
       <c r="D10" s="5">
-        <v>1.3206500000000001</v>
+        <v>1.293801</v>
       </c>
       <c r="E10" s="5">
-        <v>1.1142069999999999</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.09981</v>
+      </c>
+      <c r="K10" s="1"/>
+      <c r="T10" s="2"/>
+      <c r="U10" s="2"/>
+      <c r="Y10" s="2"/>
+    </row>
+    <row r="11" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45957</v>
+        <v>45978</v>
       </c>
       <c r="B11" s="5">
-        <v>1.150687</v>
+        <v>1.1415489999999999</v>
       </c>
       <c r="C11" s="5">
-        <v>1.2410920000000001</v>
+        <v>1.229247</v>
       </c>
       <c r="D11" s="5">
-        <v>1.322174</v>
+        <v>1.3062800000000001</v>
       </c>
       <c r="E11" s="5">
-        <v>1.115648</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1058589999999999</v>
+      </c>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="T11" s="2"/>
+      <c r="U11" s="2"/>
+      <c r="V11" s="2"/>
+      <c r="Y11" s="2"/>
+      <c r="Z11" s="2"/>
+    </row>
+    <row r="12" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45954</v>
+        <v>45975</v>
       </c>
       <c r="B12" s="5">
-        <v>1.1488370000000001</v>
+        <v>1.1413740000000001</v>
       </c>
       <c r="C12" s="5">
-        <v>1.2382120000000001</v>
+        <v>1.2288349999999999</v>
       </c>
       <c r="D12" s="5">
-        <v>1.317547</v>
+        <v>1.305107</v>
       </c>
       <c r="E12" s="5">
-        <v>1.1137269999999999</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.104913</v>
+      </c>
+      <c r="L12" s="1"/>
+      <c r="U12" s="2"/>
+      <c r="V12" s="2"/>
+      <c r="Z12" s="2"/>
+    </row>
+    <row r="13" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45953</v>
+        <v>45974</v>
       </c>
       <c r="B13" s="5">
-        <v>1.148307</v>
+        <v>1.146531</v>
       </c>
       <c r="C13" s="5">
-        <v>1.237414</v>
+        <v>1.2362770000000001</v>
       </c>
       <c r="D13" s="5">
-        <v>1.3160689999999999</v>
+        <v>1.316155</v>
       </c>
       <c r="E13" s="5">
-        <v>1.1130100000000001</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.109777</v>
+      </c>
+      <c r="L13" s="1"/>
+      <c r="U13" s="2"/>
+      <c r="V13" s="2"/>
+      <c r="Z13" s="2"/>
+    </row>
+    <row r="14" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45952</v>
+        <v>45973</v>
       </c>
       <c r="B14" s="5">
-        <v>1.148871</v>
+        <v>1.147478</v>
       </c>
       <c r="C14" s="5">
-        <v>1.238046</v>
+        <v>1.237249</v>
       </c>
       <c r="D14" s="5">
-        <v>1.3167899999999999</v>
+        <v>1.3173680000000001</v>
       </c>
       <c r="E14" s="5">
-        <v>1.113475</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1102000000000001</v>
+      </c>
+      <c r="J14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="S14" s="2"/>
+      <c r="T14" s="2"/>
+      <c r="U14" s="2"/>
+      <c r="V14" s="2"/>
+      <c r="X14" s="2"/>
+      <c r="Z14" s="2"/>
+    </row>
+    <row r="15" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45951</v>
+        <v>45972</v>
       </c>
       <c r="B15" s="5">
-        <v>1.1504380000000001</v>
+        <v>1.1459619999999999</v>
       </c>
       <c r="C15" s="5">
-        <v>1.2407589999999999</v>
+        <v>1.235242</v>
       </c>
       <c r="D15" s="5">
-        <v>1.320835</v>
+        <v>1.31498</v>
       </c>
       <c r="E15" s="5">
-        <v>1.1147659999999999</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.109143</v>
+      </c>
+      <c r="J15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="S15" s="2"/>
+      <c r="T15" s="2"/>
+      <c r="U15" s="2"/>
+      <c r="V15" s="2"/>
+      <c r="X15" s="2"/>
+      <c r="Z15" s="2"/>
+    </row>
+    <row r="16" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45950</v>
+        <v>45971</v>
       </c>
       <c r="B16" s="5">
-        <v>1.1474139999999999</v>
+        <v>1.1443589999999999</v>
       </c>
       <c r="C16" s="5">
-        <v>1.2365360000000001</v>
+        <v>1.232658</v>
       </c>
       <c r="D16" s="5">
-        <v>1.314937</v>
+        <v>1.311083</v>
       </c>
       <c r="E16" s="5">
-        <v>1.1124000000000001</v>
-[...1 lines deleted...]
-      <c r="K16" s="1"/>
+        <v>1.106965</v>
+      </c>
+      <c r="J16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
-      <c r="Y16" s="2"/>
+      <c r="V16" s="2"/>
+      <c r="X16" s="2"/>
+      <c r="Z16" s="2"/>
     </row>
     <row r="17" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B17" s="5">
-        <v>1.145384</v>
+        <v>1.1426609999999999</v>
       </c>
       <c r="C17" s="5">
-        <v>1.2336499999999999</v>
+        <v>1.2295849999999999</v>
       </c>
       <c r="D17" s="5">
-        <v>1.310541</v>
+        <v>1.306098</v>
       </c>
       <c r="E17" s="5">
-        <v>1.1075459999999999</v>
-[...1 lines deleted...]
-      <c r="K17" s="1"/>
+        <v>1.104897</v>
+      </c>
+      <c r="J17" s="1"/>
+      <c r="S17" s="2"/>
       <c r="T17" s="2"/>
-      <c r="U17" s="2"/>
-      <c r="Y17" s="2"/>
+      <c r="X17" s="2"/>
     </row>
     <row r="18" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B18" s="5">
-        <v>1.146871</v>
+        <v>1.1446540000000001</v>
       </c>
       <c r="C18" s="5">
-        <v>1.23624</v>
+        <v>1.232556</v>
       </c>
       <c r="D18" s="5">
-        <v>1.3151330000000001</v>
+        <v>1.310754</v>
       </c>
       <c r="E18" s="5">
-        <v>1.1120190000000001</v>
-[...1 lines deleted...]
-      <c r="K18" s="1"/>
+        <v>1.1075900000000001</v>
+      </c>
+      <c r="J18" s="1"/>
+      <c r="S18" s="2"/>
       <c r="T18" s="2"/>
-      <c r="U18" s="2"/>
-      <c r="Y18" s="2"/>
+      <c r="X18" s="2"/>
     </row>
     <row r="19" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B19" s="5">
-        <v>1.143589</v>
+        <v>1.1433120000000001</v>
       </c>
       <c r="C19" s="5">
-        <v>1.2319249999999999</v>
+        <v>1.230621</v>
       </c>
       <c r="D19" s="5">
-        <v>1.309806</v>
+        <v>1.307884</v>
       </c>
       <c r="E19" s="5">
-        <v>1.108908</v>
+        <v>1.1057220000000001</v>
       </c>
       <c r="J19" s="1"/>
-      <c r="K19" s="1"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
-      <c r="U19" s="2"/>
       <c r="X19" s="2"/>
-      <c r="Y19" s="2"/>
     </row>
     <row r="20" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B20" s="5">
-        <v>1.140245</v>
+        <v>1.144223</v>
       </c>
       <c r="C20" s="5">
-        <v>1.2274130000000001</v>
+        <v>1.2321409999999999</v>
       </c>
       <c r="D20" s="5">
-        <v>1.303561</v>
+        <v>1.3106120000000001</v>
       </c>
       <c r="E20" s="5">
-        <v>1.1058429999999999</v>
+        <v>1.108044</v>
       </c>
       <c r="J20" s="1"/>
-      <c r="K20" s="1"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
-      <c r="U20" s="2"/>
       <c r="X20" s="2"/>
-      <c r="Y20" s="2"/>
     </row>
     <row r="21" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B21" s="5">
-        <v>1.139259</v>
+        <v>1.145778</v>
       </c>
       <c r="C21" s="5">
-        <v>1.2256640000000001</v>
+        <v>1.234453</v>
       </c>
       <c r="D21" s="5">
-        <v>1.301042</v>
+        <v>1.314211</v>
       </c>
       <c r="E21" s="5">
-        <v>1.105486</v>
+        <v>1.1107530000000001</v>
       </c>
       <c r="J21" s="1"/>
-      <c r="K21" s="1"/>
       <c r="S21" s="2"/>
       <c r="T21" s="2"/>
-      <c r="U21" s="2"/>
       <c r="X21" s="2"/>
-      <c r="Y21" s="2"/>
     </row>
     <row r="22" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B22" s="5">
-        <v>1.141702</v>
+        <v>1.146396</v>
       </c>
       <c r="C22" s="5">
-        <v>1.229668</v>
+        <v>1.235433</v>
       </c>
       <c r="D22" s="5">
-        <v>1.307803</v>
+        <v>1.315647</v>
       </c>
       <c r="E22" s="5">
-        <v>1.1050139999999999</v>
+        <v>1.1112789999999999</v>
       </c>
       <c r="J22" s="1"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
       <c r="X22" s="2"/>
     </row>
     <row r="23" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B23" s="5">
-        <v>1.143103</v>
+        <v>1.1459280000000001</v>
       </c>
       <c r="C23" s="5">
-        <v>1.231419</v>
+        <v>1.2346699999999999</v>
       </c>
       <c r="D23" s="5">
-        <v>1.309965</v>
+        <v>1.3144169999999999</v>
       </c>
       <c r="E23" s="5">
-        <v>1.108671</v>
+        <v>1.112473</v>
       </c>
       <c r="J23" s="1"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
       <c r="X23" s="2"/>
     </row>
     <row r="24" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
-        <v>45938</v>
+        <v>45959</v>
       </c>
       <c r="B24" s="5">
-        <v>1.1421779999999999</v>
+        <v>1.148085</v>
       </c>
       <c r="C24" s="5">
-        <v>1.2303200000000001</v>
+        <v>1.2374039999999999</v>
       </c>
       <c r="D24" s="5">
-        <v>1.3083119999999999</v>
+        <v>1.3176159999999999</v>
       </c>
       <c r="E24" s="5">
-        <v>1.108168</v>
+        <v>1.1137999999999999</v>
       </c>
       <c r="J24" s="1"/>
       <c r="S24" s="2"/>
       <c r="T24" s="2"/>
       <c r="X24" s="2"/>
     </row>
     <row r="25" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
-        <v>45937</v>
+        <v>45958</v>
       </c>
       <c r="B25" s="5">
-        <v>1.1421539999999999</v>
+        <v>1.1501410000000001</v>
       </c>
       <c r="C25" s="5">
-        <v>1.230256</v>
+        <v>1.2400500000000001</v>
       </c>
       <c r="D25" s="5">
-        <v>1.3086180000000001</v>
+        <v>1.3206500000000001</v>
       </c>
       <c r="E25" s="5">
-        <v>1.1091089999999999</v>
+        <v>1.1142069999999999</v>
       </c>
     </row>
     <row r="26" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
-        <v>45936</v>
+        <v>45957</v>
       </c>
       <c r="B26" s="5">
-        <v>1.1424399999999999</v>
+        <v>1.150687</v>
       </c>
       <c r="C26" s="5">
-        <v>1.230764</v>
+        <v>1.2410920000000001</v>
       </c>
       <c r="D26" s="5">
-        <v>1.309272</v>
+        <v>1.322174</v>
       </c>
       <c r="E26" s="5">
-        <v>1.1092139999999999</v>
+        <v>1.115648</v>
       </c>
     </row>
     <row r="27" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
-        <v>45933</v>
+        <v>45954</v>
       </c>
       <c r="B27" s="5">
-        <v>1.1419859999999999</v>
+        <v>1.1488370000000001</v>
       </c>
       <c r="C27" s="5">
-        <v>1.229727</v>
+        <v>1.2382120000000001</v>
       </c>
       <c r="D27" s="5">
-        <v>1.3079240000000001</v>
+        <v>1.317547</v>
       </c>
       <c r="E27" s="5">
-        <v>1.1091390000000001</v>
+        <v>1.1137269999999999</v>
       </c>
     </row>
     <row r="28" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
-        <v>45932</v>
+        <v>45953</v>
       </c>
       <c r="B28" s="5">
-        <v>1.140633</v>
+        <v>1.148307</v>
       </c>
       <c r="C28" s="5">
-        <v>1.2277739999999999</v>
+        <v>1.237414</v>
       </c>
       <c r="D28" s="5">
-        <v>1.3047409999999999</v>
+        <v>1.3160689999999999</v>
       </c>
       <c r="E28" s="5">
-        <v>1.1073</v>
+        <v>1.1130100000000001</v>
       </c>
     </row>
     <row r="29" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
-        <v>45931</v>
+        <v>45952</v>
       </c>
       <c r="B29" s="5">
-        <v>1.1373899999999999</v>
+        <v>1.148871</v>
       </c>
       <c r="C29" s="5">
-        <v>1.222969</v>
+        <v>1.238046</v>
       </c>
       <c r="D29" s="5">
-        <v>1.29762</v>
+        <v>1.3167899999999999</v>
       </c>
       <c r="E29" s="5">
-        <v>1.1035410000000001</v>
+        <v>1.113475</v>
       </c>
     </row>
     <row r="30" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
-        <v>45930</v>
+        <v>45951</v>
       </c>
       <c r="B30" s="5">
-        <v>1.13714</v>
+        <v>1.1504380000000001</v>
       </c>
       <c r="C30" s="5">
-        <v>1.222351</v>
+        <v>1.2407589999999999</v>
       </c>
       <c r="D30" s="5">
-        <v>1.2966489999999999</v>
+        <v>1.320835</v>
       </c>
       <c r="E30" s="5">
-        <v>1.103478</v>
+        <v>1.1147659999999999</v>
       </c>
     </row>
     <row r="31" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
-        <v>45929</v>
+        <v>45950</v>
       </c>
       <c r="B31" s="5">
-        <v>1.1373340000000001</v>
+        <v>1.1474139999999999</v>
       </c>
       <c r="C31" s="5">
-        <v>1.2228349999999999</v>
+        <v>1.2365360000000001</v>
       </c>
       <c r="D31" s="5">
-        <v>1.2975639999999999</v>
+        <v>1.314937</v>
       </c>
       <c r="E31" s="5">
-        <v>1.1033949999999999</v>
-      </c>
+        <v>1.1124000000000001</v>
+      </c>
+      <c r="K31" s="1"/>
+      <c r="T31" s="2"/>
+      <c r="U31" s="2"/>
+      <c r="Y31" s="2"/>
     </row>
     <row r="32" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
+        <v>45947</v>
+      </c>
+      <c r="B32" s="5">
+        <v>1.145384</v>
+      </c>
+      <c r="C32" s="5">
+        <v>1.2336499999999999</v>
+      </c>
+      <c r="D32" s="5">
+        <v>1.310541</v>
+      </c>
+      <c r="E32" s="5">
+        <v>1.1075459999999999</v>
+      </c>
+      <c r="K32" s="1"/>
+      <c r="T32" s="2"/>
+      <c r="U32" s="2"/>
+      <c r="Y32" s="2"/>
+    </row>
+    <row r="33" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>45946</v>
+      </c>
+      <c r="B33" s="5">
+        <v>1.146871</v>
+      </c>
+      <c r="C33" s="5">
+        <v>1.23624</v>
+      </c>
+      <c r="D33" s="5">
+        <v>1.3151330000000001</v>
+      </c>
+      <c r="E33" s="5">
+        <v>1.1120190000000001</v>
+      </c>
+      <c r="K33" s="1"/>
+      <c r="T33" s="2"/>
+      <c r="U33" s="2"/>
+      <c r="Y33" s="2"/>
+    </row>
+    <row r="34" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>45945</v>
+      </c>
+      <c r="B34" s="5">
+        <v>1.143589</v>
+      </c>
+      <c r="C34" s="5">
+        <v>1.2319249999999999</v>
+      </c>
+      <c r="D34" s="5">
+        <v>1.309806</v>
+      </c>
+      <c r="E34" s="5">
+        <v>1.108908</v>
+      </c>
+      <c r="J34" s="1"/>
+      <c r="K34" s="1"/>
+      <c r="S34" s="2"/>
+      <c r="T34" s="2"/>
+      <c r="U34" s="2"/>
+      <c r="X34" s="2"/>
+      <c r="Y34" s="2"/>
+    </row>
+    <row r="35" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>45944</v>
+      </c>
+      <c r="B35" s="5">
+        <v>1.140245</v>
+      </c>
+      <c r="C35" s="5">
+        <v>1.2274130000000001</v>
+      </c>
+      <c r="D35" s="5">
+        <v>1.303561</v>
+      </c>
+      <c r="E35" s="5">
+        <v>1.1058429999999999</v>
+      </c>
+      <c r="J35" s="1"/>
+      <c r="K35" s="1"/>
+      <c r="S35" s="2"/>
+      <c r="T35" s="2"/>
+      <c r="U35" s="2"/>
+      <c r="X35" s="2"/>
+      <c r="Y35" s="2"/>
+    </row>
+    <row r="36" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>45943</v>
+      </c>
+      <c r="B36" s="5">
+        <v>1.139259</v>
+      </c>
+      <c r="C36" s="5">
+        <v>1.2256640000000001</v>
+      </c>
+      <c r="D36" s="5">
+        <v>1.301042</v>
+      </c>
+      <c r="E36" s="5">
+        <v>1.105486</v>
+      </c>
+      <c r="J36" s="1"/>
+      <c r="K36" s="1"/>
+      <c r="S36" s="2"/>
+      <c r="T36" s="2"/>
+      <c r="U36" s="2"/>
+      <c r="X36" s="2"/>
+      <c r="Y36" s="2"/>
+    </row>
+    <row r="37" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>45940</v>
+      </c>
+      <c r="B37" s="5">
+        <v>1.141702</v>
+      </c>
+      <c r="C37" s="5">
+        <v>1.229668</v>
+      </c>
+      <c r="D37" s="5">
+        <v>1.307803</v>
+      </c>
+      <c r="E37" s="5">
+        <v>1.1050139999999999</v>
+      </c>
+      <c r="J37" s="1"/>
+      <c r="S37" s="2"/>
+      <c r="T37" s="2"/>
+      <c r="X37" s="2"/>
+    </row>
+    <row r="38" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>45939</v>
+      </c>
+      <c r="B38" s="5">
+        <v>1.143103</v>
+      </c>
+      <c r="C38" s="5">
+        <v>1.231419</v>
+      </c>
+      <c r="D38" s="5">
+        <v>1.309965</v>
+      </c>
+      <c r="E38" s="5">
+        <v>1.108671</v>
+      </c>
+      <c r="J38" s="1"/>
+      <c r="S38" s="2"/>
+      <c r="T38" s="2"/>
+      <c r="X38" s="2"/>
+    </row>
+    <row r="39" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>45938</v>
+      </c>
+      <c r="B39" s="5">
+        <v>1.1421779999999999</v>
+      </c>
+      <c r="C39" s="5">
+        <v>1.2303200000000001</v>
+      </c>
+      <c r="D39" s="5">
+        <v>1.3083119999999999</v>
+      </c>
+      <c r="E39" s="5">
+        <v>1.108168</v>
+      </c>
+      <c r="J39" s="1"/>
+      <c r="S39" s="2"/>
+      <c r="T39" s="2"/>
+      <c r="X39" s="2"/>
+    </row>
+    <row r="40" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>45937</v>
+      </c>
+      <c r="B40" s="5">
+        <v>1.1421539999999999</v>
+      </c>
+      <c r="C40" s="5">
+        <v>1.230256</v>
+      </c>
+      <c r="D40" s="5">
+        <v>1.3086180000000001</v>
+      </c>
+      <c r="E40" s="5">
+        <v>1.1091089999999999</v>
+      </c>
+    </row>
+    <row r="41" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>45936</v>
+      </c>
+      <c r="B41" s="5">
+        <v>1.1424399999999999</v>
+      </c>
+      <c r="C41" s="5">
+        <v>1.230764</v>
+      </c>
+      <c r="D41" s="5">
+        <v>1.309272</v>
+      </c>
+      <c r="E41" s="5">
+        <v>1.1092139999999999</v>
+      </c>
+    </row>
+    <row r="42" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>45933</v>
+      </c>
+      <c r="B42" s="5">
+        <v>1.1419859999999999</v>
+      </c>
+      <c r="C42" s="5">
+        <v>1.229727</v>
+      </c>
+      <c r="D42" s="5">
+        <v>1.3079240000000001</v>
+      </c>
+      <c r="E42" s="5">
+        <v>1.1091390000000001</v>
+      </c>
+    </row>
+    <row r="43" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>45932</v>
+      </c>
+      <c r="B43" s="5">
+        <v>1.140633</v>
+      </c>
+      <c r="C43" s="5">
+        <v>1.2277739999999999</v>
+      </c>
+      <c r="D43" s="5">
+        <v>1.3047409999999999</v>
+      </c>
+      <c r="E43" s="5">
+        <v>1.1073</v>
+      </c>
+    </row>
+    <row r="44" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>45931</v>
+      </c>
+      <c r="B44" s="5">
+        <v>1.1373899999999999</v>
+      </c>
+      <c r="C44" s="5">
+        <v>1.222969</v>
+      </c>
+      <c r="D44" s="5">
+        <v>1.29762</v>
+      </c>
+      <c r="E44" s="5">
+        <v>1.1035410000000001</v>
+      </c>
+    </row>
+    <row r="45" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>45930</v>
+      </c>
+      <c r="B45" s="5">
+        <v>1.13714</v>
+      </c>
+      <c r="C45" s="5">
+        <v>1.222351</v>
+      </c>
+      <c r="D45" s="5">
+        <v>1.2966489999999999</v>
+      </c>
+      <c r="E45" s="5">
+        <v>1.103478</v>
+      </c>
+    </row>
+    <row r="46" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>45929</v>
+      </c>
+      <c r="B46" s="5">
+        <v>1.1373340000000001</v>
+      </c>
+      <c r="C46" s="5">
+        <v>1.2228349999999999</v>
+      </c>
+      <c r="D46" s="5">
+        <v>1.2975639999999999</v>
+      </c>
+      <c r="E46" s="5">
+        <v>1.1033949999999999</v>
+      </c>
+    </row>
+    <row r="47" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
         <v>45926</v>
       </c>
-      <c r="B32" s="5">
+      <c r="B47" s="5">
         <v>1.133778</v>
       </c>
-      <c r="C32" s="5">
+      <c r="C47" s="5">
         <v>1.2182299999999999</v>
       </c>
-      <c r="D32" s="5">
+      <c r="D47" s="5">
         <v>1.291666</v>
       </c>
-      <c r="E32" s="5">
+      <c r="E47" s="5">
         <v>1.099839</v>
       </c>
     </row>
-    <row r="33" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A33" s="1">
+    <row r="48" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
         <v>45925</v>
       </c>
-      <c r="B33" s="5">
+      <c r="B48" s="5">
         <v>1.134701</v>
       </c>
-      <c r="C33" s="5">
+      <c r="C48" s="5">
         <v>1.218988</v>
       </c>
-      <c r="D33" s="5">
+      <c r="D48" s="5">
         <v>1.2922089999999999</v>
       </c>
-      <c r="E33" s="5">
+      <c r="E48" s="5">
         <v>1.100862</v>
       </c>
     </row>
-    <row r="34" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A34" s="1">
+    <row r="49" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
         <v>45924</v>
       </c>
-      <c r="B34" s="5">
+      <c r="B49" s="5">
         <v>1.134941</v>
       </c>
-      <c r="C34" s="5">
+      <c r="C49" s="5">
         <v>1.219279</v>
       </c>
-      <c r="D34" s="5">
+      <c r="D49" s="5">
         <v>1.292573</v>
       </c>
-      <c r="E34" s="5">
+      <c r="E49" s="5">
         <v>1.1021510000000001</v>
       </c>
     </row>
-    <row r="35" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A35" s="1">
+    <row r="50" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
         <v>45923</v>
       </c>
-      <c r="B35" s="5">
+      <c r="B50" s="5">
         <v>1.136992</v>
       </c>
-      <c r="C35" s="5">
+      <c r="C50" s="5">
         <v>1.2219279999999999</v>
       </c>
-      <c r="D35" s="5">
+      <c r="D50" s="5">
         <v>1.296576</v>
       </c>
-      <c r="E35" s="5">
+      <c r="E50" s="5">
         <v>1.1045050000000001</v>
       </c>
-      <c r="N35" s="1"/>
-[...5 lines deleted...]
-      <c r="A36" s="1">
+      <c r="N50" s="1"/>
+      <c r="W50" s="2"/>
+      <c r="X50" s="2"/>
+      <c r="AB50" s="2"/>
+    </row>
+    <row r="51" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
         <v>45922</v>
       </c>
-      <c r="B36" s="5">
+      <c r="B51" s="5">
         <v>1.1351610000000001</v>
       </c>
-      <c r="C36" s="5">
+      <c r="C51" s="5">
         <v>1.2190479999999999</v>
       </c>
-      <c r="D36" s="5">
+      <c r="D51" s="5">
         <v>1.2929090000000001</v>
       </c>
-      <c r="E36" s="5">
+      <c r="E51" s="5">
         <v>1.1027100000000001</v>
       </c>
-      <c r="N36" s="1"/>
-[...5 lines deleted...]
-      <c r="A37" s="1">
+      <c r="N51" s="1"/>
+      <c r="W51" s="2"/>
+      <c r="X51" s="2"/>
+      <c r="AB51" s="2"/>
+    </row>
+    <row r="52" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
         <v>45919</v>
       </c>
-      <c r="B37" s="5">
+      <c r="B52" s="5">
         <v>1.1339710000000001</v>
       </c>
-      <c r="C37" s="5">
+      <c r="C52" s="5">
         <v>1.217465</v>
       </c>
-      <c r="D37" s="5">
+      <c r="D52" s="5">
         <v>1.291042</v>
       </c>
-      <c r="E37" s="5">
+      <c r="E52" s="5">
         <v>1.1012219999999999</v>
       </c>
-      <c r="N37" s="1"/>
-[...5 lines deleted...]
-      <c r="A38" s="1">
+      <c r="N52" s="1"/>
+      <c r="W52" s="2"/>
+      <c r="X52" s="2"/>
+      <c r="AB52" s="2"/>
+    </row>
+    <row r="53" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
         <v>45918</v>
       </c>
-      <c r="B38" s="5">
+      <c r="B53" s="5">
         <v>1.133651</v>
       </c>
-      <c r="C38" s="5">
+      <c r="C53" s="5">
         <v>1.2162980000000001</v>
       </c>
-      <c r="D38" s="5">
+      <c r="D53" s="5">
         <v>1.2881320000000001</v>
       </c>
-      <c r="E38" s="5">
+      <c r="E53" s="5">
         <v>1.100128</v>
       </c>
-      <c r="N38" s="1"/>
-[...5 lines deleted...]
-      <c r="A39" s="1">
+      <c r="N53" s="1"/>
+      <c r="W53" s="2"/>
+      <c r="X53" s="2"/>
+      <c r="AB53" s="2"/>
+    </row>
+    <row r="54" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
         <v>45917</v>
       </c>
-      <c r="B39" s="5">
+      <c r="B54" s="5">
         <v>1.1339440000000001</v>
       </c>
-      <c r="C39" s="5">
+      <c r="C54" s="5">
         <v>1.216737</v>
       </c>
-      <c r="D39" s="5">
+      <c r="D54" s="5">
         <v>1.2884310000000001</v>
       </c>
-      <c r="E39" s="5">
+      <c r="E54" s="5">
         <v>1.10033</v>
       </c>
-      <c r="N39" s="1"/>
-[...5 lines deleted...]
-      <c r="A40" s="1">
+      <c r="N54" s="1"/>
+      <c r="W54" s="2"/>
+      <c r="X54" s="2"/>
+      <c r="AB54" s="2"/>
+    </row>
+    <row r="55" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
         <v>45916</v>
       </c>
-      <c r="B40" s="5">
+      <c r="B55" s="5">
         <v>1.1357250000000001</v>
       </c>
-      <c r="C40" s="5">
+      <c r="C55" s="5">
         <v>1.219713</v>
       </c>
-      <c r="D40" s="5">
+      <c r="D55" s="5">
         <v>1.2932710000000001</v>
       </c>
-      <c r="E40" s="5">
+      <c r="E55" s="5">
         <v>1.1021430000000001</v>
       </c>
-      <c r="K40" s="1"/>
-[...9 lines deleted...]
-      <c r="A41" s="1">
+      <c r="K55" s="1"/>
+      <c r="N55" s="1"/>
+      <c r="T55" s="2"/>
+      <c r="U55" s="2"/>
+      <c r="W55" s="2"/>
+      <c r="X55" s="2"/>
+      <c r="Y55" s="2"/>
+      <c r="AB55" s="2"/>
+    </row>
+    <row r="56" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
         <v>45915</v>
       </c>
-      <c r="B41" s="5">
+      <c r="B56" s="5">
         <v>1.134455</v>
       </c>
-      <c r="C41" s="5">
+      <c r="C56" s="5">
         <v>1.21811</v>
       </c>
-      <c r="D41" s="5">
+      <c r="D56" s="5">
         <v>1.291285</v>
       </c>
-      <c r="E41" s="5">
+      <c r="E56" s="5">
         <v>1.1001829999999999</v>
       </c>
-      <c r="K41" s="1"/>
-[...9 lines deleted...]
-      <c r="A42" s="1">
+      <c r="K56" s="1"/>
+      <c r="N56" s="1"/>
+      <c r="T56" s="2"/>
+      <c r="U56" s="2"/>
+      <c r="W56" s="2"/>
+      <c r="X56" s="2"/>
+      <c r="Y56" s="2"/>
+      <c r="AB56" s="2"/>
+    </row>
+    <row r="57" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
         <v>45912</v>
       </c>
-      <c r="B42" s="5">
+      <c r="B57" s="5">
         <v>1.1345259999999999</v>
       </c>
-      <c r="C42" s="5">
+      <c r="C57" s="5">
         <v>1.2183729999999999</v>
       </c>
-      <c r="D42" s="5">
+      <c r="D57" s="5">
         <v>1.2926340000000001</v>
       </c>
-      <c r="E42" s="5">
+      <c r="E57" s="5">
         <v>1.100762</v>
       </c>
-      <c r="K42" s="1"/>
-[...9 lines deleted...]
-      <c r="A43" s="1">
+      <c r="K57" s="1"/>
+      <c r="N57" s="1"/>
+      <c r="T57" s="2"/>
+      <c r="U57" s="2"/>
+      <c r="W57" s="2"/>
+      <c r="X57" s="2"/>
+      <c r="Y57" s="2"/>
+      <c r="AB57" s="2"/>
+    </row>
+    <row r="58" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A58" s="1">
         <v>45911</v>
       </c>
-      <c r="B43" s="5">
+      <c r="B58" s="5">
         <v>1.1318520000000001</v>
       </c>
-      <c r="C43" s="5">
+      <c r="C58" s="5">
         <v>1.2143109999999999</v>
       </c>
-      <c r="D43" s="5">
+      <c r="D58" s="5">
         <v>1.2866169999999999</v>
       </c>
-      <c r="E43" s="5">
+      <c r="E58" s="5">
         <v>1.097728</v>
       </c>
-      <c r="K43" s="1"/>
-[...5 lines deleted...]
-      <c r="A44" s="1">
+      <c r="K58" s="1"/>
+      <c r="T58" s="2"/>
+      <c r="U58" s="2"/>
+      <c r="Y58" s="2"/>
+    </row>
+    <row r="59" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A59" s="1">
         <v>45910</v>
       </c>
-      <c r="B44" s="5">
+      <c r="B59" s="5">
         <v>1.131683</v>
       </c>
-      <c r="C44" s="5">
+      <c r="C59" s="5">
         <v>1.214118</v>
       </c>
-      <c r="D44" s="5">
+      <c r="D59" s="5">
         <v>1.286475</v>
       </c>
-      <c r="E44" s="5">
+      <c r="E59" s="5">
         <v>1.0986750000000001</v>
       </c>
-      <c r="K44" s="1"/>
-[...5 lines deleted...]
-      <c r="A45" s="1">
+      <c r="K59" s="1"/>
+      <c r="T59" s="2"/>
+      <c r="U59" s="2"/>
+      <c r="Y59" s="2"/>
+    </row>
+    <row r="60" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A60" s="1">
         <v>45909</v>
       </c>
-      <c r="B45" s="5">
+      <c r="B60" s="5">
         <v>1.13076</v>
       </c>
-      <c r="C45" s="5">
+      <c r="C60" s="5">
         <v>1.2128760000000001</v>
       </c>
-      <c r="D45" s="5">
+      <c r="D60" s="5">
         <v>1.285453</v>
       </c>
-      <c r="E45" s="5">
+      <c r="E60" s="5">
         <v>1.0966940000000001</v>
       </c>
-      <c r="K45" s="1"/>
-[...5 lines deleted...]
-      <c r="A46" s="1">
+      <c r="K60" s="1"/>
+      <c r="T60" s="2"/>
+      <c r="U60" s="2"/>
+      <c r="Y60" s="2"/>
+    </row>
+    <row r="61" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
         <v>45908</v>
       </c>
-      <c r="B46" s="5">
+      <c r="B61" s="5">
         <v>1.13103</v>
       </c>
-      <c r="C46" s="5">
+      <c r="C61" s="5">
         <v>1.2138819999999999</v>
       </c>
-      <c r="D46" s="5">
+      <c r="D61" s="5">
         <v>1.287571</v>
       </c>
-      <c r="E46" s="5">
+      <c r="E61" s="5">
         <v>1.097507</v>
       </c>
-      <c r="K46" s="1"/>
-[...5 lines deleted...]
-      <c r="A47" s="1">
+      <c r="K61" s="1"/>
+      <c r="T61" s="2"/>
+      <c r="U61" s="2"/>
+      <c r="Y61" s="2"/>
+    </row>
+    <row r="62" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
         <v>45905</v>
       </c>
-      <c r="B47" s="5">
+      <c r="B62" s="5">
         <v>1.131499</v>
       </c>
-      <c r="C47" s="5">
+      <c r="C62" s="5">
         <v>1.2149920000000001</v>
       </c>
-      <c r="D47" s="5">
+      <c r="D62" s="5">
         <v>1.288916</v>
       </c>
-      <c r="E47" s="5">
+      <c r="E62" s="5">
         <v>1.098411</v>
       </c>
-      <c r="K47" s="1"/>
-[...5 lines deleted...]
-      <c r="A48" s="1">
+      <c r="K62" s="1"/>
+      <c r="T62" s="2"/>
+      <c r="U62" s="2"/>
+      <c r="Y62" s="2"/>
+    </row>
+    <row r="63" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
         <v>45904</v>
       </c>
-      <c r="B48" s="5">
+      <c r="B63" s="5">
         <v>1.1290290000000001</v>
       </c>
-      <c r="C48" s="5">
+      <c r="C63" s="5">
         <v>1.211228</v>
       </c>
-      <c r="D48" s="5">
+      <c r="D63" s="5">
         <v>1.2836939999999999</v>
       </c>
-      <c r="E48" s="5">
+      <c r="E63" s="5">
         <v>1.0952930000000001</v>
       </c>
-      <c r="K48" s="1"/>
-[...5 lines deleted...]
-      <c r="A49" s="1">
+      <c r="K63" s="1"/>
+      <c r="T63" s="2"/>
+      <c r="U63" s="2"/>
+      <c r="Y63" s="2"/>
+    </row>
+    <row r="64" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
         <v>45903</v>
       </c>
-      <c r="B49" s="5">
+      <c r="B64" s="5">
         <v>1.126064</v>
       </c>
-      <c r="C49" s="5">
+      <c r="C64" s="5">
         <v>1.2072529999999999</v>
       </c>
-      <c r="D49" s="5">
+      <c r="D64" s="5">
         <v>1.2785759999999999</v>
       </c>
-      <c r="E49" s="5">
+      <c r="E64" s="5">
         <v>1.092052</v>
       </c>
-      <c r="K49" s="1"/>
-[...308 lines deleted...]
-      <c r="AA64" s="2"/>
+      <c r="K64" s="1"/>
+      <c r="T64" s="2"/>
+      <c r="U64" s="2"/>
+      <c r="Y64" s="2"/>
     </row>
     <row r="65" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B65" s="5">
-        <v>1.1257999999999999</v>
+        <v>1.129462</v>
       </c>
       <c r="C65" s="5">
-        <v>1.206216</v>
+        <v>1.212491</v>
       </c>
       <c r="D65" s="5">
-        <v>1.2750360000000001</v>
+        <v>1.286624</v>
       </c>
       <c r="E65" s="5">
-        <v>1.095423</v>
-[...2 lines deleted...]
-      <c r="M65" s="1"/>
+        <v>1.095407</v>
+      </c>
+      <c r="K65" s="1"/>
+      <c r="T65" s="2"/>
       <c r="U65" s="2"/>
-      <c r="V65" s="2"/>
-[...2 lines deleted...]
-      <c r="AA65" s="2"/>
+      <c r="Y65" s="2"/>
     </row>
     <row r="66" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B66" s="5">
-        <v>1.12565</v>
+        <v>1.1302209999999999</v>
       </c>
       <c r="C66" s="5">
-        <v>1.206048</v>
+        <v>1.213063</v>
       </c>
       <c r="D66" s="5">
-        <v>1.274804</v>
+        <v>1.287096</v>
       </c>
       <c r="E66" s="5">
-        <v>1.095013</v>
-[...1 lines deleted...]
-      <c r="L66" s="1"/>
+        <v>1.096317</v>
+      </c>
+      <c r="J66" s="1"/>
+      <c r="K66" s="1"/>
+      <c r="S66" s="2"/>
+      <c r="T66" s="2"/>
       <c r="U66" s="2"/>
-      <c r="V66" s="2"/>
-      <c r="Z66" s="2"/>
+      <c r="X66" s="2"/>
+      <c r="Y66" s="2"/>
     </row>
     <row r="67" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B67" s="5">
-        <v>1.124039</v>
+        <v>1.131993</v>
       </c>
       <c r="C67" s="5">
-        <v>1.2038709999999999</v>
+        <v>1.21557</v>
       </c>
       <c r="D67" s="5">
-        <v>1.272197</v>
+        <v>1.2899890000000001</v>
       </c>
       <c r="E67" s="5">
-        <v>1.0939540000000001</v>
-[...4 lines deleted...]
-      <c r="Z67" s="2"/>
+        <v>1.0976090000000001</v>
+      </c>
+      <c r="J67" s="1"/>
+      <c r="S67" s="2"/>
+      <c r="T67" s="2"/>
+      <c r="X67" s="2"/>
     </row>
     <row r="68" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B68" s="5">
-        <v>1.1244130000000001</v>
+        <v>1.1317029999999999</v>
       </c>
       <c r="C68" s="5">
-        <v>1.2041489999999999</v>
+        <v>1.2155629999999999</v>
       </c>
       <c r="D68" s="5">
-        <v>1.2723640000000001</v>
+        <v>1.2907630000000001</v>
       </c>
       <c r="E68" s="5">
-        <v>1.094346</v>
-[...4 lines deleted...]
-      <c r="Z68" s="2"/>
+        <v>1.0982419999999999</v>
+      </c>
+      <c r="J68" s="1"/>
+      <c r="S68" s="2"/>
+      <c r="T68" s="2"/>
+      <c r="X68" s="2"/>
     </row>
     <row r="69" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B69" s="5">
-        <v>1.123515</v>
+        <v>1.130935</v>
       </c>
       <c r="C69" s="5">
-        <v>1.203346</v>
+        <v>1.214477</v>
       </c>
       <c r="D69" s="5">
-        <v>1.272351</v>
+        <v>1.289175</v>
       </c>
       <c r="E69" s="5">
-        <v>1.0948800000000001</v>
-[...4 lines deleted...]
-      <c r="Z69" s="2"/>
+        <v>1.0978000000000001</v>
+      </c>
+      <c r="J69" s="1"/>
+      <c r="S69" s="2"/>
+      <c r="T69" s="2"/>
+      <c r="X69" s="2"/>
     </row>
     <row r="70" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B70" s="5">
-        <v>1.122898</v>
+        <v>1.1297539999999999</v>
       </c>
       <c r="C70" s="5">
-        <v>1.2022820000000001</v>
+        <v>1.2127410000000001</v>
       </c>
       <c r="D70" s="5">
-        <v>1.2701199999999999</v>
+        <v>1.287048</v>
       </c>
       <c r="E70" s="5">
-        <v>1.093893</v>
-[...4 lines deleted...]
-      <c r="Z70" s="2"/>
+        <v>1.0966590000000001</v>
+      </c>
+      <c r="J70" s="1"/>
+      <c r="S70" s="2"/>
+      <c r="T70" s="2"/>
+      <c r="X70" s="2"/>
     </row>
     <row r="71" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B71" s="5">
-        <v>1.1187389999999999</v>
+        <v>1.1315390000000001</v>
       </c>
       <c r="C71" s="5">
-        <v>1.1959979999999999</v>
+        <v>1.215471</v>
       </c>
       <c r="D71" s="5">
-        <v>1.2608440000000001</v>
+        <v>1.2907660000000001</v>
       </c>
       <c r="E71" s="5">
-        <v>1.0886659999999999</v>
-[...1 lines deleted...]
-      <c r="K71" s="1"/>
+        <v>1.098848</v>
+      </c>
+      <c r="J71" s="1"/>
+      <c r="S71" s="2"/>
       <c r="T71" s="2"/>
-      <c r="U71" s="2"/>
-[...2 lines deleted...]
-    <row r="72" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="X71" s="2"/>
+    </row>
+    <row r="72" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B72" s="5">
-        <v>1.119642</v>
+        <v>1.128601</v>
       </c>
       <c r="C72" s="5">
-        <v>1.197813</v>
+        <v>1.2111970000000001</v>
       </c>
       <c r="D72" s="5">
-        <v>1.2637050000000001</v>
+        <v>1.2848280000000001</v>
       </c>
       <c r="E72" s="5">
-        <v>1.0896589999999999</v>
-[...6 lines deleted...]
-    <row r="73" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.096163</v>
+      </c>
+    </row>
+    <row r="73" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B73" s="5">
-        <v>1.1235919999999999</v>
+        <v>1.1304270000000001</v>
       </c>
       <c r="C73" s="5">
-        <v>1.2031080000000001</v>
+        <v>1.2135290000000001</v>
       </c>
       <c r="D73" s="5">
-        <v>1.270381</v>
+        <v>1.2878320000000001</v>
       </c>
       <c r="E73" s="5">
-        <v>1.094284</v>
-[...6 lines deleted...]
-    <row r="74" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.0989500000000001</v>
+      </c>
+    </row>
+    <row r="74" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B74" s="5">
-        <v>1.122878</v>
+        <v>1.1285229999999999</v>
       </c>
       <c r="C74" s="5">
-        <v>1.2023200000000001</v>
+        <v>1.2108749999999999</v>
       </c>
       <c r="D74" s="5">
-        <v>1.2701739999999999</v>
+        <v>1.2833669999999999</v>
       </c>
       <c r="E74" s="5">
-        <v>1.0935900000000001</v>
-[...9 lines deleted...]
-    <row r="75" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.0965549999999999</v>
+      </c>
+    </row>
+    <row r="75" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B75" s="5">
-        <v>1.1223019999999999</v>
+        <v>1.127769</v>
       </c>
       <c r="C75" s="5">
-        <v>1.2013529999999999</v>
+        <v>1.209587</v>
       </c>
       <c r="D75" s="5">
-        <v>1.2668299999999999</v>
+        <v>1.280678</v>
       </c>
       <c r="E75" s="5">
-        <v>1.092042</v>
-[...9 lines deleted...]
-    <row r="76" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.0965849999999999</v>
+      </c>
+      <c r="M75" s="1"/>
+      <c r="V75" s="2"/>
+      <c r="W75" s="2"/>
+      <c r="AA75" s="2"/>
+    </row>
+    <row r="76" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B76" s="5">
-        <v>1.1228670000000001</v>
+        <v>1.1294660000000001</v>
       </c>
       <c r="C76" s="5">
-        <v>1.202369</v>
+        <v>1.2118070000000001</v>
       </c>
       <c r="D76" s="5">
-        <v>1.269655</v>
+        <v>1.2829170000000001</v>
       </c>
       <c r="E76" s="5">
-        <v>1.0926229999999999</v>
-[...7 lines deleted...]
-      <c r="Y76" s="2"/>
+        <v>1.098849</v>
+      </c>
+      <c r="M76" s="1"/>
+      <c r="V76" s="2"/>
+      <c r="W76" s="2"/>
+      <c r="AA76" s="2"/>
     </row>
     <row r="77" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B77" s="5">
-        <v>1.1216729999999999</v>
+        <v>1.1299710000000001</v>
       </c>
       <c r="C77" s="5">
-        <v>1.200494</v>
+        <v>1.2127129999999999</v>
       </c>
       <c r="D77" s="5">
-        <v>1.2655259999999999</v>
+        <v>1.284473</v>
       </c>
       <c r="E77" s="5">
-        <v>1.0902259999999999</v>
-[...7 lines deleted...]
-      <c r="Y77" s="2"/>
+        <v>1.0990470000000001</v>
+      </c>
+      <c r="M77" s="1"/>
+      <c r="V77" s="2"/>
+      <c r="W77" s="2"/>
+      <c r="AA77" s="2"/>
     </row>
     <row r="78" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B78" s="5">
-        <v>1.1219460000000001</v>
+        <v>1.1277440000000001</v>
       </c>
       <c r="C78" s="5">
-        <v>1.2007939999999999</v>
+        <v>1.209371</v>
       </c>
       <c r="D78" s="5">
-        <v>1.2660769999999999</v>
+        <v>1.2799700000000001</v>
       </c>
       <c r="E78" s="5">
-        <v>1.090808</v>
-[...4 lines deleted...]
-      <c r="X78" s="2"/>
+        <v>1.096401</v>
+      </c>
+      <c r="M78" s="1"/>
+      <c r="V78" s="2"/>
+      <c r="W78" s="2"/>
+      <c r="AA78" s="2"/>
     </row>
     <row r="79" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B79" s="5">
-        <v>1.121882</v>
+        <v>1.126571</v>
       </c>
       <c r="C79" s="5">
-        <v>1.2012339999999999</v>
+        <v>1.2074579999999999</v>
       </c>
       <c r="D79" s="5">
-        <v>1.2667839999999999</v>
+        <v>1.27685</v>
       </c>
       <c r="E79" s="5">
-        <v>1.0908880000000001</v>
-[...4 lines deleted...]
-      <c r="Y79" s="2"/>
+        <v>1.0955729999999999</v>
+      </c>
+      <c r="M79" s="1"/>
+      <c r="V79" s="2"/>
+      <c r="W79" s="2"/>
+      <c r="AA79" s="2"/>
     </row>
     <row r="80" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B80" s="5">
-        <v>1.1202289999999999</v>
+        <v>1.1257999999999999</v>
       </c>
       <c r="C80" s="5">
-        <v>1.198558</v>
+        <v>1.206216</v>
       </c>
       <c r="D80" s="5">
-        <v>1.2627219999999999</v>
+        <v>1.2750360000000001</v>
       </c>
       <c r="E80" s="5">
-        <v>1.0884990000000001</v>
-[...2 lines deleted...]
-      <c r="T80" s="2"/>
+        <v>1.095423</v>
+      </c>
+      <c r="L80" s="1"/>
+      <c r="M80" s="1"/>
       <c r="U80" s="2"/>
-      <c r="Y80" s="2"/>
+      <c r="V80" s="2"/>
+      <c r="W80" s="2"/>
+      <c r="Z80" s="2"/>
+      <c r="AA80" s="2"/>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A81" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B81" s="5">
-        <v>1.1196440000000001</v>
+        <v>1.12565</v>
       </c>
       <c r="C81" s="5">
-        <v>1.1978059999999999</v>
+        <v>1.206048</v>
       </c>
       <c r="D81" s="5">
-        <v>1.261771</v>
+        <v>1.274804</v>
       </c>
       <c r="E81" s="5">
-        <v>1.0882670000000001</v>
-[...2 lines deleted...]
-      <c r="T81" s="2"/>
+        <v>1.095013</v>
+      </c>
+      <c r="L81" s="1"/>
       <c r="U81" s="2"/>
-      <c r="Y81" s="2"/>
+      <c r="V81" s="2"/>
+      <c r="Z81" s="2"/>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A82" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B82" s="5">
-        <v>1.1209039999999999</v>
+        <v>1.124039</v>
       </c>
       <c r="C82" s="5">
-        <v>1.200081</v>
+        <v>1.2038709999999999</v>
       </c>
       <c r="D82" s="5">
-        <v>1.2651509999999999</v>
+        <v>1.272197</v>
       </c>
       <c r="E82" s="5">
-        <v>1.0900540000000001</v>
-[...2 lines deleted...]
-      <c r="T82" s="2"/>
+        <v>1.0939540000000001</v>
+      </c>
+      <c r="L82" s="1"/>
       <c r="U82" s="2"/>
-      <c r="Y82" s="2"/>
+      <c r="V82" s="2"/>
+      <c r="Z82" s="2"/>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A83" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B83" s="5">
-        <v>1.118017</v>
+        <v>1.1244130000000001</v>
       </c>
       <c r="C83" s="5">
-        <v>1.195363</v>
+        <v>1.2041489999999999</v>
       </c>
       <c r="D83" s="5">
-        <v>1.2587950000000001</v>
+        <v>1.2723640000000001</v>
       </c>
       <c r="E83" s="5">
-        <v>1.085691</v>
-[...1 lines deleted...]
-      <c r="K83" s="1"/>
+        <v>1.094346</v>
+      </c>
       <c r="L83" s="1"/>
-      <c r="T83" s="2"/>
       <c r="U83" s="2"/>
       <c r="V83" s="2"/>
-      <c r="Y83" s="2"/>
       <c r="Z83" s="2"/>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A84" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B84" s="5">
-        <v>1.1148149999999999</v>
+        <v>1.123515</v>
       </c>
       <c r="C84" s="5">
-        <v>1.190704</v>
+        <v>1.203346</v>
       </c>
       <c r="D84" s="5">
-        <v>1.252402</v>
+        <v>1.272351</v>
       </c>
       <c r="E84" s="5">
-        <v>1.083488</v>
-[...1 lines deleted...]
-      <c r="K84" s="1"/>
+        <v>1.0948800000000001</v>
+      </c>
       <c r="L84" s="1"/>
-      <c r="T84" s="2"/>
       <c r="U84" s="2"/>
       <c r="V84" s="2"/>
-      <c r="Y84" s="2"/>
       <c r="Z84" s="2"/>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A85" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B85" s="5">
-        <v>1.1171409999999999</v>
+        <v>1.122898</v>
       </c>
       <c r="C85" s="5">
-        <v>1.194704</v>
+        <v>1.2022820000000001</v>
       </c>
       <c r="D85" s="5">
-        <v>1.2587029999999999</v>
+        <v>1.2701199999999999</v>
       </c>
       <c r="E85" s="5">
-        <v>1.0853379999999999</v>
+        <v>1.093893</v>
       </c>
       <c r="L85" s="1"/>
       <c r="U85" s="2"/>
       <c r="V85" s="2"/>
       <c r="Z85" s="2"/>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A86" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B86" s="5">
-        <v>1.1142920000000001</v>
+        <v>1.1187389999999999</v>
       </c>
       <c r="C86" s="5">
-        <v>1.1904330000000001</v>
+        <v>1.1959979999999999</v>
       </c>
       <c r="D86" s="5">
-        <v>1.2523070000000001</v>
+        <v>1.2608440000000001</v>
       </c>
       <c r="E86" s="5">
-        <v>1.081661</v>
-[...1 lines deleted...]
-      <c r="L86" s="1"/>
+        <v>1.0886659999999999</v>
+      </c>
+      <c r="K86" s="1"/>
+      <c r="T86" s="2"/>
       <c r="U86" s="2"/>
-      <c r="V86" s="2"/>
-      <c r="Z86" s="2"/>
+      <c r="Y86" s="2"/>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A87" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B87" s="5">
-        <v>1.1156010000000001</v>
+        <v>1.119642</v>
       </c>
       <c r="C87" s="5">
-        <v>1.1922759999999999</v>
+        <v>1.197813</v>
       </c>
       <c r="D87" s="5">
-        <v>1.2551810000000001</v>
+        <v>1.2637050000000001</v>
       </c>
       <c r="E87" s="5">
-        <v>1.0825210000000001</v>
-[...1 lines deleted...]
-      <c r="L87" s="1"/>
+        <v>1.0896589999999999</v>
+      </c>
+      <c r="K87" s="1"/>
+      <c r="T87" s="2"/>
       <c r="U87" s="2"/>
-      <c r="V87" s="2"/>
-      <c r="Z87" s="2"/>
+      <c r="Y87" s="2"/>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A88" s="1">
-        <v>45848</v>
+        <v>45869</v>
       </c>
       <c r="B88" s="5">
-        <v>1.1154440000000001</v>
+        <v>1.1235919999999999</v>
       </c>
       <c r="C88" s="5">
-        <v>1.192394</v>
+        <v>1.2031080000000001</v>
       </c>
       <c r="D88" s="5">
-        <v>1.2553179999999999</v>
+        <v>1.270381</v>
       </c>
       <c r="E88" s="5">
-        <v>1.082989</v>
-[...1 lines deleted...]
-      <c r="L88" s="1"/>
+        <v>1.094284</v>
+      </c>
+      <c r="K88" s="1"/>
+      <c r="T88" s="2"/>
       <c r="U88" s="2"/>
-      <c r="V88" s="2"/>
-      <c r="Z88" s="2"/>
+      <c r="Y88" s="2"/>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A89" s="1">
-        <v>45847</v>
+        <v>45868</v>
       </c>
       <c r="B89" s="5">
-        <v>1.113259</v>
+        <v>1.122878</v>
       </c>
       <c r="C89" s="5">
-        <v>1.1893039999999999</v>
+        <v>1.2023200000000001</v>
       </c>
       <c r="D89" s="5">
-        <v>1.251503</v>
+        <v>1.2701739999999999</v>
       </c>
       <c r="E89" s="5">
-        <v>1.0809260000000001</v>
-      </c>
+        <v>1.0935900000000001</v>
+      </c>
+      <c r="J89" s="1"/>
+      <c r="K89" s="1"/>
+      <c r="S89" s="2"/>
+      <c r="T89" s="2"/>
+      <c r="U89" s="2"/>
+      <c r="X89" s="2"/>
+      <c r="Y89" s="2"/>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A90" s="1">
-        <v>45846</v>
+        <v>45867</v>
       </c>
       <c r="B90" s="5">
-        <v>1.1149199999999999</v>
+        <v>1.1223019999999999</v>
       </c>
       <c r="C90" s="5">
-        <v>1.1912609999999999</v>
+        <v>1.2013529999999999</v>
       </c>
       <c r="D90" s="5">
-        <v>1.2538800000000001</v>
+        <v>1.2668299999999999</v>
       </c>
       <c r="E90" s="5">
-        <v>1.0832059999999999</v>
-      </c>
+        <v>1.092042</v>
+      </c>
+      <c r="J90" s="1"/>
+      <c r="K90" s="1"/>
+      <c r="S90" s="2"/>
+      <c r="T90" s="2"/>
+      <c r="U90" s="2"/>
+      <c r="X90" s="2"/>
+      <c r="Y90" s="2"/>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A91" s="1">
-        <v>45845</v>
+        <v>45866</v>
       </c>
       <c r="B91" s="5">
-        <v>1.115912</v>
+        <v>1.1228670000000001</v>
       </c>
       <c r="C91" s="5">
-        <v>1.19262</v>
+        <v>1.202369</v>
       </c>
       <c r="D91" s="5">
-        <v>1.255733</v>
+        <v>1.269655</v>
       </c>
       <c r="E91" s="5">
-        <v>1.083752</v>
-      </c>
+        <v>1.0926229999999999</v>
+      </c>
+      <c r="J91" s="1"/>
       <c r="K91" s="1"/>
+      <c r="S91" s="2"/>
       <c r="T91" s="2"/>
       <c r="U91" s="2"/>
+      <c r="X91" s="2"/>
       <c r="Y91" s="2"/>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A92" s="1">
-        <v>45842</v>
+        <v>45863</v>
       </c>
       <c r="B92" s="5">
-        <v>1.1157889999999999</v>
+        <v>1.1216729999999999</v>
       </c>
       <c r="C92" s="5">
-        <v>1.1924030000000001</v>
+        <v>1.200494</v>
       </c>
       <c r="D92" s="5">
-        <v>1.255547</v>
+        <v>1.2655259999999999</v>
       </c>
       <c r="E92" s="5">
-        <v>1.083572</v>
-      </c>
+        <v>1.0902259999999999</v>
+      </c>
+      <c r="J92" s="1"/>
       <c r="K92" s="1"/>
+      <c r="S92" s="2"/>
       <c r="T92" s="2"/>
       <c r="U92" s="2"/>
+      <c r="X92" s="2"/>
       <c r="Y92" s="2"/>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A93" s="1">
-        <v>45841</v>
+        <v>45862</v>
       </c>
       <c r="B93" s="5">
-        <v>1.1152869999999999</v>
+        <v>1.1219460000000001</v>
       </c>
       <c r="C93" s="5">
-        <v>1.1917770000000001</v>
+        <v>1.2007939999999999</v>
       </c>
       <c r="D93" s="5">
-        <v>1.25434</v>
+        <v>1.2660769999999999</v>
       </c>
       <c r="E93" s="5">
-        <v>1.0834010000000001</v>
-[...1 lines deleted...]
-      <c r="K93" s="1"/>
+        <v>1.090808</v>
+      </c>
+      <c r="J93" s="1"/>
+      <c r="S93" s="2"/>
       <c r="T93" s="2"/>
-      <c r="U93" s="2"/>
-      <c r="Y93" s="2"/>
+      <c r="X93" s="2"/>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A94" s="1">
-        <v>45840</v>
+        <v>45861</v>
       </c>
       <c r="B94" s="5">
-        <v>1.115073</v>
+        <v>1.121882</v>
       </c>
       <c r="C94" s="5">
-        <v>1.1914229999999999</v>
+        <v>1.2012339999999999</v>
       </c>
       <c r="D94" s="5">
-        <v>1.2541929999999999</v>
+        <v>1.2667839999999999</v>
       </c>
       <c r="E94" s="5">
-        <v>1.083785</v>
-[...1 lines deleted...]
-      <c r="I94" s="1"/>
+        <v>1.0908880000000001</v>
+      </c>
       <c r="K94" s="1"/>
-      <c r="R94" s="2"/>
-      <c r="S94" s="2"/>
       <c r="T94" s="2"/>
       <c r="U94" s="2"/>
-      <c r="W94" s="2"/>
       <c r="Y94" s="2"/>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A95" s="1">
-        <v>45839</v>
+        <v>45860</v>
       </c>
       <c r="B95" s="5">
-        <v>1.113305</v>
+        <v>1.1202289999999999</v>
       </c>
       <c r="C95" s="5">
-        <v>1.188331</v>
+        <v>1.198558</v>
       </c>
       <c r="D95" s="5">
-        <v>1.2495419999999999</v>
+        <v>1.2627219999999999</v>
       </c>
       <c r="E95" s="5">
-        <v>1.08206</v>
-[...1 lines deleted...]
-      <c r="I95" s="1"/>
+        <v>1.0884990000000001</v>
+      </c>
       <c r="K95" s="1"/>
-      <c r="R95" s="2"/>
-      <c r="S95" s="2"/>
       <c r="T95" s="2"/>
       <c r="U95" s="2"/>
-      <c r="W95" s="2"/>
       <c r="Y95" s="2"/>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A96" s="1"/>
-[...91 lines deleted...]
-      <c r="E110" s="5"/>
+      <c r="A96" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B96" s="5">
+        <v>1.1196440000000001</v>
+      </c>
+      <c r="C96" s="5">
+        <v>1.1978059999999999</v>
+      </c>
+      <c r="D96" s="5">
+        <v>1.261771</v>
+      </c>
+      <c r="E96" s="5">
+        <v>1.0882670000000001</v>
+      </c>
+      <c r="K96" s="1"/>
+      <c r="T96" s="2"/>
+      <c r="U96" s="2"/>
+      <c r="Y96" s="2"/>
+    </row>
+    <row r="97" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B97" s="5">
+        <v>1.1209039999999999</v>
+      </c>
+      <c r="C97" s="5">
+        <v>1.200081</v>
+      </c>
+      <c r="D97" s="5">
+        <v>1.2651509999999999</v>
+      </c>
+      <c r="E97" s="5">
+        <v>1.0900540000000001</v>
+      </c>
+      <c r="K97" s="1"/>
+      <c r="T97" s="2"/>
+      <c r="U97" s="2"/>
+      <c r="Y97" s="2"/>
+    </row>
+    <row r="98" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B98" s="5">
+        <v>1.118017</v>
+      </c>
+      <c r="C98" s="5">
+        <v>1.195363</v>
+      </c>
+      <c r="D98" s="5">
+        <v>1.2587950000000001</v>
+      </c>
+      <c r="E98" s="5">
+        <v>1.085691</v>
+      </c>
+      <c r="K98" s="1"/>
+      <c r="L98" s="1"/>
+      <c r="T98" s="2"/>
+      <c r="U98" s="2"/>
+      <c r="V98" s="2"/>
+      <c r="Y98" s="2"/>
+      <c r="Z98" s="2"/>
+    </row>
+    <row r="99" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B99" s="5">
+        <v>1.1148149999999999</v>
+      </c>
+      <c r="C99" s="5">
+        <v>1.190704</v>
+      </c>
+      <c r="D99" s="5">
+        <v>1.252402</v>
+      </c>
+      <c r="E99" s="5">
+        <v>1.083488</v>
+      </c>
+      <c r="K99" s="1"/>
+      <c r="L99" s="1"/>
+      <c r="T99" s="2"/>
+      <c r="U99" s="2"/>
+      <c r="V99" s="2"/>
+      <c r="Y99" s="2"/>
+      <c r="Z99" s="2"/>
+    </row>
+    <row r="100" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B100" s="5">
+        <v>1.1171409999999999</v>
+      </c>
+      <c r="C100" s="5">
+        <v>1.194704</v>
+      </c>
+      <c r="D100" s="5">
+        <v>1.2587029999999999</v>
+      </c>
+      <c r="E100" s="5">
+        <v>1.0853379999999999</v>
+      </c>
+      <c r="L100" s="1"/>
+      <c r="U100" s="2"/>
+      <c r="V100" s="2"/>
+      <c r="Z100" s="2"/>
+    </row>
+    <row r="101" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A101" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B101" s="5">
+        <v>1.1142920000000001</v>
+      </c>
+      <c r="C101" s="5">
+        <v>1.1904330000000001</v>
+      </c>
+      <c r="D101" s="5">
+        <v>1.2523070000000001</v>
+      </c>
+      <c r="E101" s="5">
+        <v>1.081661</v>
+      </c>
+      <c r="L101" s="1"/>
+      <c r="U101" s="2"/>
+      <c r="V101" s="2"/>
+      <c r="Z101" s="2"/>
+    </row>
+    <row r="102" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A102" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B102" s="5">
+        <v>1.1156010000000001</v>
+      </c>
+      <c r="C102" s="5">
+        <v>1.1922759999999999</v>
+      </c>
+      <c r="D102" s="5">
+        <v>1.2551810000000001</v>
+      </c>
+      <c r="E102" s="5">
+        <v>1.0825210000000001</v>
+      </c>
+      <c r="L102" s="1"/>
+      <c r="U102" s="2"/>
+      <c r="V102" s="2"/>
+      <c r="Z102" s="2"/>
+    </row>
+    <row r="103" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A103" s="1">
+        <v>45848</v>
+      </c>
+      <c r="B103" s="5">
+        <v>1.1154440000000001</v>
+      </c>
+      <c r="C103" s="5">
+        <v>1.192394</v>
+      </c>
+      <c r="D103" s="5">
+        <v>1.2553179999999999</v>
+      </c>
+      <c r="E103" s="5">
+        <v>1.082989</v>
+      </c>
+      <c r="L103" s="1"/>
+      <c r="U103" s="2"/>
+      <c r="V103" s="2"/>
+      <c r="Z103" s="2"/>
+    </row>
+    <row r="104" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A104" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B104" s="5">
+        <v>1.113259</v>
+      </c>
+      <c r="C104" s="5">
+        <v>1.1893039999999999</v>
+      </c>
+      <c r="D104" s="5">
+        <v>1.251503</v>
+      </c>
+      <c r="E104" s="5">
+        <v>1.0809260000000001</v>
+      </c>
+    </row>
+    <row r="105" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A105" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B105" s="5">
+        <v>1.1149199999999999</v>
+      </c>
+      <c r="C105" s="5">
+        <v>1.1912609999999999</v>
+      </c>
+      <c r="D105" s="5">
+        <v>1.2538800000000001</v>
+      </c>
+      <c r="E105" s="5">
+        <v>1.0832059999999999</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B106" s="5">
+        <v>1.115912</v>
+      </c>
+      <c r="C106" s="5">
+        <v>1.19262</v>
+      </c>
+      <c r="D106" s="5">
+        <v>1.255733</v>
+      </c>
+      <c r="E106" s="5">
+        <v>1.083752</v>
+      </c>
+      <c r="K106" s="1"/>
+      <c r="T106" s="2"/>
+      <c r="U106" s="2"/>
+      <c r="Y106" s="2"/>
+    </row>
+    <row r="107" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A107" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B107" s="5">
+        <v>1.1157889999999999</v>
+      </c>
+      <c r="C107" s="5">
+        <v>1.1924030000000001</v>
+      </c>
+      <c r="D107" s="5">
+        <v>1.255547</v>
+      </c>
+      <c r="E107" s="5">
+        <v>1.083572</v>
+      </c>
+      <c r="K107" s="1"/>
+      <c r="T107" s="2"/>
+      <c r="U107" s="2"/>
+      <c r="Y107" s="2"/>
+    </row>
+    <row r="108" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A108" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B108" s="5">
+        <v>1.1152869999999999</v>
+      </c>
+      <c r="C108" s="5">
+        <v>1.1917770000000001</v>
+      </c>
+      <c r="D108" s="5">
+        <v>1.25434</v>
+      </c>
+      <c r="E108" s="5">
+        <v>1.0834010000000001</v>
+      </c>
+      <c r="K108" s="1"/>
+      <c r="T108" s="2"/>
+      <c r="U108" s="2"/>
+      <c r="Y108" s="2"/>
+    </row>
+    <row r="109" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B109" s="5">
+        <v>1.115073</v>
+      </c>
+      <c r="C109" s="5">
+        <v>1.1914229999999999</v>
+      </c>
+      <c r="D109" s="5">
+        <v>1.2541929999999999</v>
+      </c>
+      <c r="E109" s="5">
+        <v>1.083785</v>
+      </c>
+      <c r="I109" s="1"/>
+      <c r="K109" s="1"/>
+      <c r="R109" s="2"/>
+      <c r="S109" s="2"/>
+      <c r="T109" s="2"/>
+      <c r="U109" s="2"/>
+      <c r="W109" s="2"/>
+      <c r="Y109" s="2"/>
+    </row>
+    <row r="110" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A110" s="1">
+        <v>45839</v>
+      </c>
+      <c r="B110" s="5">
+        <v>1.113305</v>
+      </c>
+      <c r="C110" s="5">
+        <v>1.188331</v>
+      </c>
+      <c r="D110" s="5">
+        <v>1.2495419999999999</v>
+      </c>
+      <c r="E110" s="5">
+        <v>1.08206</v>
+      </c>
+      <c r="I110" s="1"/>
+      <c r="K110" s="1"/>
+      <c r="R110" s="2"/>
+      <c r="S110" s="2"/>
+      <c r="T110" s="2"/>
+      <c r="U110" s="2"/>
+      <c r="W110" s="2"/>
+      <c r="Y110" s="2"/>
+    </row>
+    <row r="111" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A111" s="1"/>
+      <c r="B111" s="5"/>
+      <c r="C111" s="5"/>
+      <c r="D111" s="5"/>
+      <c r="E111" s="5"/>
+    </row>
+    <row r="112" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A112" s="1"/>
+      <c r="B112" s="5"/>
+      <c r="C112" s="5"/>
+      <c r="D112" s="5"/>
+      <c r="E112" s="5"/>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A113" s="1"/>
+      <c r="B113" s="5"/>
+      <c r="C113" s="5"/>
+      <c r="D113" s="5"/>
+      <c r="E113" s="5"/>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A114" s="1"/>
+      <c r="B114" s="5"/>
+      <c r="C114" s="5"/>
+      <c r="D114" s="5"/>
+      <c r="E114" s="5"/>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A115" s="1"/>
+      <c r="B115" s="5"/>
+      <c r="C115" s="5"/>
+      <c r="D115" s="5"/>
+      <c r="E115" s="5"/>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A116" s="1"/>
+      <c r="B116" s="5"/>
+      <c r="C116" s="5"/>
+      <c r="D116" s="5"/>
+      <c r="E116" s="5"/>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A117" s="1"/>
+      <c r="B117" s="5"/>
+      <c r="C117" s="5"/>
+      <c r="D117" s="5"/>
+      <c r="E117" s="5"/>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A118" s="1"/>
+      <c r="B118" s="5"/>
+      <c r="C118" s="5"/>
+      <c r="D118" s="5"/>
+      <c r="E118" s="5"/>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A119" s="1"/>
+      <c r="B119" s="5"/>
+      <c r="C119" s="5"/>
+      <c r="D119" s="5"/>
+      <c r="E119" s="5"/>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A120" s="1"/>
+      <c r="B120" s="5"/>
+      <c r="C120" s="5"/>
+      <c r="D120" s="5"/>
+      <c r="E120" s="5"/>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C121" s="5"/>
+      <c r="D121" s="5"/>
+      <c r="E121" s="5"/>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C122" s="5"/>
+      <c r="D122" s="5"/>
+      <c r="E122" s="5"/>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C123" s="5"/>
+      <c r="D123" s="5"/>
+      <c r="E123" s="5"/>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C124" s="5"/>
+      <c r="D124" s="5"/>
+      <c r="E124" s="5"/>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C125" s="5"/>
+      <c r="D125" s="5"/>
+      <c r="E125" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D314CE36-DD05-4B9C-BE49-61A182BBC214}">
-  <dimension ref="A1:AA112"/>
+  <dimension ref="A1:AA127"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45968</v>
+        <v>45989</v>
       </c>
       <c r="B2" s="7">
-        <v>1.1473580000000001</v>
+        <v>1.1471469999999999</v>
       </c>
       <c r="C2" s="7">
-        <v>1.178582</v>
+        <v>1.1803999999999999</v>
       </c>
       <c r="D2" s="7">
-        <v>1.2099219999999999</v>
+        <v>1.2136849999999999</v>
       </c>
       <c r="E2" s="7">
-        <v>1.151087</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.153581</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45967</v>
+        <v>45988</v>
       </c>
       <c r="B3" s="7">
-        <v>1.1492199999999999</v>
+        <v>1.146487</v>
       </c>
       <c r="C3" s="7">
-        <v>1.1812609999999999</v>
+        <v>1.179224</v>
       </c>
       <c r="D3" s="7">
-        <v>1.2142379999999999</v>
+        <v>1.212407</v>
       </c>
       <c r="E3" s="7">
-        <v>1.153896</v>
-[...6 lines deleted...]
-    <row r="4" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.153559</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45966</v>
+        <v>45987</v>
       </c>
       <c r="B4" s="7">
-        <v>1.147966</v>
+        <v>1.145448</v>
       </c>
       <c r="C4" s="7">
-        <v>1.1795249999999999</v>
+        <v>1.1780299999999999</v>
       </c>
       <c r="D4" s="7">
-        <v>1.2115959999999999</v>
+        <v>1.2108410000000001</v>
       </c>
       <c r="E4" s="7">
-        <v>1.151945</v>
-[...6 lines deleted...]
-    <row r="5" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1527540000000001</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45965</v>
+        <v>45986</v>
       </c>
       <c r="B5" s="7">
-        <v>1.148825</v>
+        <v>1.143586</v>
       </c>
       <c r="C5" s="7">
-        <v>1.1808959999999999</v>
+        <v>1.174574</v>
       </c>
       <c r="D5" s="7">
-        <v>1.2141230000000001</v>
+        <v>1.204887</v>
       </c>
       <c r="E5" s="7">
-        <v>1.1543570000000001</v>
-[...6 lines deleted...]
-    <row r="6" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1499239999999999</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45964</v>
+        <v>45985</v>
       </c>
       <c r="B6" s="7">
-        <v>1.150285</v>
+        <v>1.1415489999999999</v>
       </c>
       <c r="C6" s="7">
-        <v>1.1829780000000001</v>
+        <v>1.1715679999999999</v>
       </c>
       <c r="D6" s="7">
-        <v>1.217441</v>
+        <v>1.2005809999999999</v>
       </c>
       <c r="E6" s="7">
-        <v>1.15727</v>
-[...6 lines deleted...]
-    <row r="7" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.148107</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45961</v>
+        <v>45982</v>
       </c>
       <c r="B7" s="7">
-        <v>1.1508750000000001</v>
+        <v>1.137915</v>
       </c>
       <c r="C7" s="7">
-        <v>1.183891</v>
+        <v>1.166404</v>
       </c>
       <c r="D7" s="7">
-        <v>1.218766</v>
+        <v>1.193244</v>
       </c>
       <c r="E7" s="7">
-        <v>1.1578360000000001</v>
+        <v>1.1443460000000001</v>
       </c>
       <c r="J7" s="1"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
       <c r="X7" s="2"/>
     </row>
-    <row r="8" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45960</v>
+        <v>45981</v>
       </c>
       <c r="B8" s="7">
-        <v>1.1504289999999999</v>
+        <v>1.1435299999999999</v>
       </c>
       <c r="C8" s="7">
-        <v>1.1831879999999999</v>
+        <v>1.1744790000000001</v>
       </c>
       <c r="D8" s="7">
-        <v>1.217632</v>
+        <v>1.205454</v>
       </c>
       <c r="E8" s="7">
-        <v>1.159125</v>
+        <v>1.150371</v>
       </c>
       <c r="J8" s="1"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
       <c r="X8" s="2"/>
     </row>
-    <row r="9" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="B9" s="7">
-        <v>1.1526130000000001</v>
+        <v>1.1399950000000001</v>
       </c>
       <c r="C9" s="7">
-        <v>1.185829</v>
+        <v>1.168952</v>
       </c>
       <c r="D9" s="7">
-        <v>1.2205349999999999</v>
+        <v>1.1964589999999999</v>
       </c>
       <c r="E9" s="7">
-        <v>1.1605460000000001</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.145386</v>
+      </c>
+      <c r="J9" s="1"/>
+      <c r="S9" s="2"/>
+      <c r="T9" s="2"/>
+      <c r="X9" s="2"/>
+    </row>
+    <row r="10" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45958</v>
+        <v>45979</v>
       </c>
       <c r="B10" s="7">
-        <v>1.1547019999999999</v>
+        <v>1.1410389999999999</v>
       </c>
       <c r="C10" s="7">
-        <v>1.188383</v>
+        <v>1.1705449999999999</v>
       </c>
       <c r="D10" s="7">
-        <v>1.2233069999999999</v>
+        <v>1.199006</v>
       </c>
       <c r="E10" s="7">
-        <v>1.161014</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.145764</v>
+      </c>
+      <c r="J10" s="1"/>
+      <c r="S10" s="2"/>
+      <c r="T10" s="2"/>
+      <c r="X10" s="2"/>
+    </row>
+    <row r="11" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45957</v>
+        <v>45978</v>
       </c>
       <c r="B11" s="7">
-        <v>1.155295</v>
+        <v>1.145983</v>
       </c>
       <c r="C11" s="7">
-        <v>1.1893879999999999</v>
+        <v>1.1779390000000001</v>
       </c>
       <c r="D11" s="7">
-        <v>1.224715</v>
+        <v>1.210221</v>
       </c>
       <c r="E11" s="7">
-        <v>1.162539</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1521170000000001</v>
+      </c>
+      <c r="J11" s="1"/>
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="X11" s="2"/>
+    </row>
+    <row r="12" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45954</v>
+        <v>45975</v>
       </c>
       <c r="B12" s="7">
-        <v>1.1534340000000001</v>
+        <v>1.145845</v>
       </c>
       <c r="C12" s="7">
-        <v>1.186607</v>
+        <v>1.177529</v>
       </c>
       <c r="D12" s="7">
-        <v>1.2204710000000001</v>
+        <v>1.209171</v>
       </c>
       <c r="E12" s="7">
-        <v>1.160541</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.151138</v>
+      </c>
+      <c r="J12" s="1"/>
+      <c r="S12" s="2"/>
+      <c r="T12" s="2"/>
+      <c r="X12" s="2"/>
+    </row>
+    <row r="13" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45953</v>
+        <v>45974</v>
       </c>
       <c r="B13" s="7">
-        <v>1.1528929999999999</v>
+        <v>1.1510819999999999</v>
       </c>
       <c r="C13" s="7">
-        <v>1.1858390000000001</v>
+        <v>1.1846650000000001</v>
       </c>
       <c r="D13" s="7">
-        <v>1.2190840000000001</v>
+        <v>1.219093</v>
       </c>
       <c r="E13" s="7">
-        <v>1.1598010000000001</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.156244</v>
+      </c>
+      <c r="L13" s="1"/>
+      <c r="U13" s="2"/>
+      <c r="V13" s="2"/>
+      <c r="Z13" s="2"/>
+    </row>
+    <row r="14" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45952</v>
+        <v>45973</v>
       </c>
       <c r="B14" s="7">
-        <v>1.1534880000000001</v>
+        <v>1.15205</v>
       </c>
       <c r="C14" s="7">
-        <v>1.1864490000000001</v>
+        <v>1.185651</v>
       </c>
       <c r="D14" s="7">
-        <v>1.2197549999999999</v>
+        <v>1.220218</v>
       </c>
       <c r="E14" s="7">
-        <v>1.1602650000000001</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1567400000000001</v>
+      </c>
+      <c r="L14" s="1"/>
+      <c r="U14" s="2"/>
+      <c r="V14" s="2"/>
+      <c r="Z14" s="2"/>
+    </row>
+    <row r="15" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45951</v>
+        <v>45972</v>
       </c>
       <c r="B15" s="7">
-        <v>1.155149</v>
+        <v>1.150541</v>
       </c>
       <c r="C15" s="7">
-        <v>1.189074</v>
+        <v>1.183762</v>
       </c>
       <c r="D15" s="7">
-        <v>1.223463</v>
+        <v>1.218048</v>
       </c>
       <c r="E15" s="7">
-        <v>1.1616409999999999</v>
-[...1 lines deleted...]
-      <c r="K15" s="1"/>
+        <v>1.1555949999999999</v>
+      </c>
+      <c r="J15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
-      <c r="Y15" s="2"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V15" s="2"/>
+      <c r="X15" s="2"/>
+      <c r="Z15" s="2"/>
+    </row>
+    <row r="16" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45950</v>
+        <v>45971</v>
       </c>
       <c r="B16" s="7">
-        <v>1.152058</v>
+        <v>1.1489180000000001</v>
       </c>
       <c r="C16" s="7">
-        <v>1.1849970000000001</v>
+        <v>1.1813260000000001</v>
       </c>
       <c r="D16" s="7">
-        <v>1.218051</v>
+        <v>1.214485</v>
       </c>
       <c r="E16" s="7">
-        <v>1.159127</v>
-[...1 lines deleted...]
-      <c r="K16" s="1"/>
+        <v>1.1533279999999999</v>
+      </c>
+      <c r="J16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
-      <c r="Y16" s="2"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V16" s="2"/>
+      <c r="X16" s="2"/>
+      <c r="Z16" s="2"/>
+    </row>
+    <row r="17" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B17" s="7">
-        <v>1.150048</v>
+        <v>1.1473580000000001</v>
       </c>
       <c r="C17" s="7">
-        <v>1.1822189999999999</v>
+        <v>1.178582</v>
       </c>
       <c r="D17" s="7">
-        <v>1.2140629999999999</v>
+        <v>1.2099219999999999</v>
       </c>
       <c r="E17" s="7">
-        <v>1.154039</v>
-[...1 lines deleted...]
-      <c r="K17" s="1"/>
+        <v>1.151087</v>
+      </c>
+      <c r="J17" s="1"/>
+      <c r="L17" s="1"/>
+      <c r="S17" s="2"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
-      <c r="Y17" s="2"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V17" s="2"/>
+      <c r="X17" s="2"/>
+      <c r="Z17" s="2"/>
+    </row>
+    <row r="18" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B18" s="7">
-        <v>1.1515089999999999</v>
+        <v>1.1492199999999999</v>
       </c>
       <c r="C18" s="7">
-        <v>1.1847240000000001</v>
+        <v>1.1812609999999999</v>
       </c>
       <c r="D18" s="7">
-        <v>1.2182519999999999</v>
+        <v>1.2142379999999999</v>
       </c>
       <c r="E18" s="7">
-        <v>1.1587369999999999</v>
-[...1 lines deleted...]
-      <c r="K18" s="1"/>
+        <v>1.153896</v>
+      </c>
+      <c r="J18" s="1"/>
+      <c r="L18" s="1"/>
+      <c r="S18" s="2"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
-      <c r="Y18" s="2"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V18" s="2"/>
+      <c r="X18" s="2"/>
+      <c r="Z18" s="2"/>
+    </row>
+    <row r="19" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B19" s="7">
-        <v>1.1481589999999999</v>
+        <v>1.147966</v>
       </c>
       <c r="C19" s="7">
-        <v>1.1805760000000001</v>
+        <v>1.1795249999999999</v>
       </c>
       <c r="D19" s="7">
-        <v>1.2134160000000001</v>
+        <v>1.2115959999999999</v>
       </c>
       <c r="E19" s="7">
-        <v>1.155594</v>
+        <v>1.151945</v>
       </c>
       <c r="J19" s="1"/>
-      <c r="K19" s="1"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
-      <c r="U19" s="2"/>
       <c r="X19" s="2"/>
-      <c r="Y19" s="2"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:25" x14ac:dyDescent="0.35">
+    </row>
+    <row r="20" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B20" s="7">
-        <v>1.1447350000000001</v>
+        <v>1.148825</v>
       </c>
       <c r="C20" s="7">
-        <v>1.1762170000000001</v>
+        <v>1.1808959999999999</v>
       </c>
       <c r="D20" s="7">
-        <v>1.2077340000000001</v>
+        <v>1.2141230000000001</v>
       </c>
       <c r="E20" s="7">
-        <v>1.1521950000000001</v>
+        <v>1.1543570000000001</v>
       </c>
       <c r="J20" s="1"/>
-      <c r="K20" s="1"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
-      <c r="U20" s="2"/>
       <c r="X20" s="2"/>
-      <c r="Y20" s="2"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:25" x14ac:dyDescent="0.35">
+    </row>
+    <row r="21" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B21" s="7">
-        <v>1.143694</v>
+        <v>1.150285</v>
       </c>
       <c r="C21" s="7">
-        <v>1.1745369999999999</v>
+        <v>1.1829780000000001</v>
       </c>
       <c r="D21" s="7">
-        <v>1.205422</v>
+        <v>1.217441</v>
       </c>
       <c r="E21" s="7">
-        <v>1.151807</v>
+        <v>1.15727</v>
       </c>
       <c r="J21" s="1"/>
       <c r="S21" s="2"/>
       <c r="T21" s="2"/>
       <c r="X21" s="2"/>
     </row>
-    <row r="22" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B22" s="7">
-        <v>1.1461429999999999</v>
+        <v>1.1508750000000001</v>
       </c>
       <c r="C22" s="7">
-        <v>1.17841</v>
+        <v>1.183891</v>
       </c>
       <c r="D22" s="7">
-        <v>1.2116119999999999</v>
+        <v>1.218766</v>
       </c>
       <c r="E22" s="7">
-        <v>1.1513199999999999</v>
+        <v>1.1578360000000001</v>
       </c>
       <c r="J22" s="1"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
       <c r="X22" s="2"/>
     </row>
-    <row r="23" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B23" s="7">
-        <v>1.147602</v>
+        <v>1.1504289999999999</v>
       </c>
       <c r="C23" s="7">
-        <v>1.1800949999999999</v>
+        <v>1.1831879999999999</v>
       </c>
       <c r="D23" s="7">
-        <v>1.213573</v>
+        <v>1.217632</v>
       </c>
       <c r="E23" s="7">
-        <v>1.1551530000000001</v>
+        <v>1.159125</v>
       </c>
       <c r="J23" s="1"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
       <c r="X23" s="2"/>
     </row>
-    <row r="24" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
+        <v>45959</v>
+      </c>
+      <c r="B24" s="7">
+        <v>1.1526130000000001</v>
+      </c>
+      <c r="C24" s="7">
+        <v>1.185829</v>
+      </c>
+      <c r="D24" s="7">
+        <v>1.2205349999999999</v>
+      </c>
+      <c r="E24" s="7">
+        <v>1.1605460000000001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>45958</v>
+      </c>
+      <c r="B25" s="7">
+        <v>1.1547019999999999</v>
+      </c>
+      <c r="C25" s="7">
+        <v>1.188383</v>
+      </c>
+      <c r="D25" s="7">
+        <v>1.2233069999999999</v>
+      </c>
+      <c r="E25" s="7">
+        <v>1.161014</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>45957</v>
+      </c>
+      <c r="B26" s="7">
+        <v>1.155295</v>
+      </c>
+      <c r="C26" s="7">
+        <v>1.1893879999999999</v>
+      </c>
+      <c r="D26" s="7">
+        <v>1.224715</v>
+      </c>
+      <c r="E26" s="7">
+        <v>1.162539</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>45954</v>
+      </c>
+      <c r="B27" s="7">
+        <v>1.1534340000000001</v>
+      </c>
+      <c r="C27" s="7">
+        <v>1.186607</v>
+      </c>
+      <c r="D27" s="7">
+        <v>1.2204710000000001</v>
+      </c>
+      <c r="E27" s="7">
+        <v>1.160541</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>45953</v>
+      </c>
+      <c r="B28" s="7">
+        <v>1.1528929999999999</v>
+      </c>
+      <c r="C28" s="7">
+        <v>1.1858390000000001</v>
+      </c>
+      <c r="D28" s="7">
+        <v>1.2190840000000001</v>
+      </c>
+      <c r="E28" s="7">
+        <v>1.1598010000000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>45952</v>
+      </c>
+      <c r="B29" s="7">
+        <v>1.1534880000000001</v>
+      </c>
+      <c r="C29" s="7">
+        <v>1.1864490000000001</v>
+      </c>
+      <c r="D29" s="7">
+        <v>1.2197549999999999</v>
+      </c>
+      <c r="E29" s="7">
+        <v>1.1602650000000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>45951</v>
+      </c>
+      <c r="B30" s="7">
+        <v>1.155149</v>
+      </c>
+      <c r="C30" s="7">
+        <v>1.189074</v>
+      </c>
+      <c r="D30" s="7">
+        <v>1.223463</v>
+      </c>
+      <c r="E30" s="7">
+        <v>1.1616409999999999</v>
+      </c>
+      <c r="K30" s="1"/>
+      <c r="T30" s="2"/>
+      <c r="U30" s="2"/>
+      <c r="Y30" s="2"/>
+    </row>
+    <row r="31" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>45950</v>
+      </c>
+      <c r="B31" s="7">
+        <v>1.152058</v>
+      </c>
+      <c r="C31" s="7">
+        <v>1.1849970000000001</v>
+      </c>
+      <c r="D31" s="7">
+        <v>1.218051</v>
+      </c>
+      <c r="E31" s="7">
+        <v>1.159127</v>
+      </c>
+      <c r="K31" s="1"/>
+      <c r="T31" s="2"/>
+      <c r="U31" s="2"/>
+      <c r="Y31" s="2"/>
+    </row>
+    <row r="32" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>45947</v>
+      </c>
+      <c r="B32" s="7">
+        <v>1.150048</v>
+      </c>
+      <c r="C32" s="7">
+        <v>1.1822189999999999</v>
+      </c>
+      <c r="D32" s="7">
+        <v>1.2140629999999999</v>
+      </c>
+      <c r="E32" s="7">
+        <v>1.154039</v>
+      </c>
+      <c r="K32" s="1"/>
+      <c r="T32" s="2"/>
+      <c r="U32" s="2"/>
+      <c r="Y32" s="2"/>
+    </row>
+    <row r="33" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>45946</v>
+      </c>
+      <c r="B33" s="7">
+        <v>1.1515089999999999</v>
+      </c>
+      <c r="C33" s="7">
+        <v>1.1847240000000001</v>
+      </c>
+      <c r="D33" s="7">
+        <v>1.2182519999999999</v>
+      </c>
+      <c r="E33" s="7">
+        <v>1.1587369999999999</v>
+      </c>
+      <c r="K33" s="1"/>
+      <c r="T33" s="2"/>
+      <c r="U33" s="2"/>
+      <c r="Y33" s="2"/>
+    </row>
+    <row r="34" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>45945</v>
+      </c>
+      <c r="B34" s="7">
+        <v>1.1481589999999999</v>
+      </c>
+      <c r="C34" s="7">
+        <v>1.1805760000000001</v>
+      </c>
+      <c r="D34" s="7">
+        <v>1.2134160000000001</v>
+      </c>
+      <c r="E34" s="7">
+        <v>1.155594</v>
+      </c>
+      <c r="J34" s="1"/>
+      <c r="K34" s="1"/>
+      <c r="S34" s="2"/>
+      <c r="T34" s="2"/>
+      <c r="U34" s="2"/>
+      <c r="X34" s="2"/>
+      <c r="Y34" s="2"/>
+    </row>
+    <row r="35" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>45944</v>
+      </c>
+      <c r="B35" s="7">
+        <v>1.1447350000000001</v>
+      </c>
+      <c r="C35" s="7">
+        <v>1.1762170000000001</v>
+      </c>
+      <c r="D35" s="7">
+        <v>1.2077340000000001</v>
+      </c>
+      <c r="E35" s="7">
+        <v>1.1521950000000001</v>
+      </c>
+      <c r="J35" s="1"/>
+      <c r="K35" s="1"/>
+      <c r="S35" s="2"/>
+      <c r="T35" s="2"/>
+      <c r="U35" s="2"/>
+      <c r="X35" s="2"/>
+      <c r="Y35" s="2"/>
+    </row>
+    <row r="36" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>45943</v>
+      </c>
+      <c r="B36" s="7">
+        <v>1.143694</v>
+      </c>
+      <c r="C36" s="7">
+        <v>1.1745369999999999</v>
+      </c>
+      <c r="D36" s="7">
+        <v>1.205422</v>
+      </c>
+      <c r="E36" s="7">
+        <v>1.151807</v>
+      </c>
+      <c r="J36" s="1"/>
+      <c r="S36" s="2"/>
+      <c r="T36" s="2"/>
+      <c r="X36" s="2"/>
+    </row>
+    <row r="37" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>45940</v>
+      </c>
+      <c r="B37" s="7">
+        <v>1.1461429999999999</v>
+      </c>
+      <c r="C37" s="7">
+        <v>1.17841</v>
+      </c>
+      <c r="D37" s="7">
+        <v>1.2116119999999999</v>
+      </c>
+      <c r="E37" s="7">
+        <v>1.1513199999999999</v>
+      </c>
+      <c r="J37" s="1"/>
+      <c r="S37" s="2"/>
+      <c r="T37" s="2"/>
+      <c r="X37" s="2"/>
+    </row>
+    <row r="38" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>45939</v>
+      </c>
+      <c r="B38" s="7">
+        <v>1.147602</v>
+      </c>
+      <c r="C38" s="7">
+        <v>1.1800949999999999</v>
+      </c>
+      <c r="D38" s="7">
+        <v>1.213573</v>
+      </c>
+      <c r="E38" s="7">
+        <v>1.1551530000000001</v>
+      </c>
+      <c r="J38" s="1"/>
+      <c r="S38" s="2"/>
+      <c r="T38" s="2"/>
+      <c r="X38" s="2"/>
+    </row>
+    <row r="39" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
         <v>45938</v>
       </c>
-      <c r="B24" s="7">
+      <c r="B39" s="7">
         <v>1.146652</v>
       </c>
-      <c r="C24" s="7">
+      <c r="C39" s="7">
         <v>1.1790419999999999</v>
       </c>
-      <c r="D24" s="7">
+      <c r="D39" s="7">
         <v>1.2120629999999999</v>
       </c>
-      <c r="E24" s="7">
+      <c r="E39" s="7">
         <v>1.154612</v>
       </c>
-      <c r="J24" s="1"/>
-[...5 lines deleted...]
-      <c r="A25" s="1">
+      <c r="J39" s="1"/>
+      <c r="S39" s="2"/>
+      <c r="T39" s="2"/>
+      <c r="X39" s="2"/>
+    </row>
+    <row r="40" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
         <v>45937</v>
       </c>
-      <c r="B25" s="7">
+      <c r="B40" s="7">
         <v>1.1466130000000001</v>
       </c>
-      <c r="C25" s="7">
+      <c r="C40" s="7">
         <v>1.1789860000000001</v>
       </c>
-      <c r="D25" s="7">
+      <c r="D40" s="7">
         <v>1.2123440000000001</v>
       </c>
-      <c r="E25" s="7">
+      <c r="E40" s="7">
         <v>1.1555839999999999</v>
       </c>
     </row>
-    <row r="26" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A26" s="1">
+    <row r="41" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
         <v>45936</v>
       </c>
-      <c r="B26" s="7">
+      <c r="B41" s="7">
         <v>1.1468940000000001</v>
       </c>
-      <c r="C26" s="7">
+      <c r="C41" s="7">
         <v>1.179478</v>
       </c>
-      <c r="D26" s="7">
+      <c r="D41" s="7">
         <v>1.2129719999999999</v>
       </c>
-      <c r="E26" s="7">
+      <c r="E41" s="7">
         <v>1.1557299999999999</v>
       </c>
     </row>
-    <row r="27" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A27" s="1">
+    <row r="42" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
         <v>45933</v>
       </c>
-      <c r="B27" s="7">
+      <c r="B42" s="7">
         <v>1.1464099999999999</v>
       </c>
-      <c r="C27" s="7">
+      <c r="C42" s="7">
         <v>1.1784840000000001</v>
       </c>
-      <c r="D27" s="7">
+      <c r="D42" s="7">
         <v>1.211781</v>
       </c>
-      <c r="E27" s="7">
+      <c r="E42" s="7">
         <v>1.1556569999999999</v>
       </c>
     </row>
-    <row r="28" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A28" s="1">
+    <row r="43" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
         <v>45932</v>
       </c>
-      <c r="B28" s="7">
+      <c r="B43" s="7">
         <v>1.1450469999999999</v>
       </c>
-      <c r="C28" s="7">
+      <c r="C43" s="7">
         <v>1.176609</v>
       </c>
-      <c r="D28" s="7">
+      <c r="D43" s="7">
         <v>1.208866</v>
       </c>
-      <c r="E28" s="7">
+      <c r="E43" s="7">
         <v>1.153737</v>
       </c>
     </row>
-    <row r="29" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A29" s="1">
+    <row r="44" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
         <v>45931</v>
       </c>
-      <c r="B29" s="7">
+      <c r="B44" s="7">
         <v>1.1417539999999999</v>
       </c>
-      <c r="C29" s="7">
+      <c r="C44" s="7">
         <v>1.1719839999999999</v>
       </c>
-      <c r="D29" s="7">
+      <c r="D44" s="7">
         <v>1.2023569999999999</v>
       </c>
-      <c r="E29" s="7">
+      <c r="E44" s="7">
         <v>1.1498010000000001</v>
       </c>
     </row>
-    <row r="30" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A30" s="1">
+    <row r="45" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
         <v>45930</v>
       </c>
-      <c r="B30" s="7">
+      <c r="B45" s="7">
         <v>1.141508</v>
       </c>
-      <c r="C30" s="7">
+      <c r="C45" s="7">
         <v>1.171386</v>
       </c>
-      <c r="D30" s="7">
+      <c r="D45" s="7">
         <v>1.201489</v>
       </c>
-      <c r="E30" s="7">
+      <c r="E45" s="7">
         <v>1.1497120000000001</v>
       </c>
     </row>
-    <row r="31" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A31" s="1">
+    <row r="46" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
         <v>45929</v>
       </c>
-      <c r="B31" s="7">
+      <c r="B46" s="7">
         <v>1.1416999999999999</v>
       </c>
-      <c r="C31" s="7">
+      <c r="C46" s="7">
         <v>1.1718390000000001</v>
       </c>
-      <c r="D31" s="7">
+      <c r="D46" s="7">
         <v>1.2022870000000001</v>
       </c>
-      <c r="E31" s="7">
+      <c r="E46" s="7">
         <v>1.149632</v>
       </c>
     </row>
-    <row r="32" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A32" s="1">
+    <row r="47" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
         <v>45926</v>
       </c>
-      <c r="B32" s="7">
+      <c r="B47" s="7">
         <v>1.138069</v>
       </c>
-      <c r="C32" s="7">
+      <c r="C47" s="7">
         <v>1.167413</v>
       </c>
-      <c r="D32" s="7">
+      <c r="D47" s="7">
         <v>1.1969339999999999</v>
       </c>
-      <c r="E32" s="7">
+      <c r="E47" s="7">
         <v>1.145902</v>
       </c>
     </row>
-    <row r="33" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A33" s="1">
+    <row r="48" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
         <v>45925</v>
       </c>
-      <c r="B33" s="7">
+      <c r="B48" s="7">
         <v>1.139011</v>
       </c>
-      <c r="C33" s="7">
+      <c r="C48" s="7">
         <v>1.168142</v>
       </c>
-      <c r="D33" s="7">
+      <c r="D48" s="7">
         <v>1.1974290000000001</v>
       </c>
-      <c r="E33" s="7">
+      <c r="E48" s="7">
         <v>1.1469959999999999</v>
       </c>
-    </row>
-[...309 lines deleted...]
-      <c r="Y48" s="2"/>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
-        <v>45903</v>
+        <v>45924</v>
       </c>
       <c r="B49" s="7">
-        <v>1.129858</v>
+        <v>1.139273</v>
       </c>
       <c r="C49" s="7">
-        <v>1.1573880000000001</v>
+        <v>1.168423</v>
       </c>
       <c r="D49" s="7">
-        <v>1.184458</v>
+        <v>1.197781</v>
       </c>
       <c r="E49" s="7">
-        <v>1.1380669999999999</v>
-[...4 lines deleted...]
-      <c r="Y49" s="2"/>
+        <v>1.148369</v>
+      </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
-        <v>45902</v>
+        <v>45923</v>
       </c>
       <c r="B50" s="7">
-        <v>1.1334500000000001</v>
+        <v>1.141553</v>
       </c>
       <c r="C50" s="7">
-        <v>1.162598</v>
+        <v>1.170979</v>
       </c>
       <c r="D50" s="7">
-        <v>1.1916869999999999</v>
+        <v>1.201344</v>
       </c>
       <c r="E50" s="7">
-        <v>1.141561</v>
-[...4 lines deleted...]
-      <c r="T50" s="2"/>
+        <v>1.15082</v>
+      </c>
+      <c r="L50" s="1"/>
       <c r="U50" s="2"/>
-      <c r="X50" s="2"/>
-      <c r="Y50" s="2"/>
+      <c r="V50" s="2"/>
+      <c r="Z50" s="2"/>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
-        <v>45901</v>
+        <v>45922</v>
       </c>
       <c r="B51" s="7">
-        <v>1.1342559999999999</v>
+        <v>1.139675</v>
       </c>
       <c r="C51" s="7">
-        <v>1.1631689999999999</v>
+        <v>1.1684049999999999</v>
       </c>
       <c r="D51" s="7">
-        <v>1.192134</v>
+        <v>1.197821</v>
       </c>
       <c r="E51" s="7">
-        <v>1.1424099999999999</v>
-[...4 lines deleted...]
-      <c r="T51" s="2"/>
+        <v>1.148903</v>
+      </c>
+      <c r="L51" s="1"/>
       <c r="U51" s="2"/>
-      <c r="X51" s="2"/>
-      <c r="Y51" s="2"/>
+      <c r="V51" s="2"/>
+      <c r="Z51" s="2"/>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
-        <v>45898</v>
+        <v>45919</v>
       </c>
       <c r="B52" s="7">
-        <v>1.1360030000000001</v>
+        <v>1.138369</v>
       </c>
       <c r="C52" s="7">
-        <v>1.1653420000000001</v>
+        <v>1.166868</v>
       </c>
       <c r="D52" s="7">
-        <v>1.195055</v>
+        <v>1.1961580000000001</v>
       </c>
       <c r="E52" s="7">
-        <v>1.1436919999999999</v>
-[...4 lines deleted...]
-      <c r="X52" s="2"/>
+        <v>1.147443</v>
+      </c>
+      <c r="L52" s="1"/>
+      <c r="U52" s="2"/>
+      <c r="V52" s="2"/>
+      <c r="Z52" s="2"/>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
-        <v>45897</v>
+        <v>45918</v>
       </c>
       <c r="B53" s="7">
-        <v>1.1358790000000001</v>
+        <v>1.1380710000000001</v>
       </c>
       <c r="C53" s="7">
-        <v>1.1653150000000001</v>
+        <v>1.165727</v>
       </c>
       <c r="D53" s="7">
-        <v>1.1957150000000001</v>
+        <v>1.1936500000000001</v>
       </c>
       <c r="E53" s="7">
-        <v>1.1444220000000001</v>
-[...4 lines deleted...]
-      <c r="X53" s="2"/>
+        <v>1.1462570000000001</v>
+      </c>
+      <c r="L53" s="1"/>
+      <c r="U53" s="2"/>
+      <c r="V53" s="2"/>
+      <c r="Z53" s="2"/>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
-        <v>45896</v>
+        <v>45917</v>
       </c>
       <c r="B54" s="7">
-        <v>1.135121</v>
+        <v>1.138271</v>
       </c>
       <c r="C54" s="7">
-        <v>1.1642300000000001</v>
+        <v>1.1661360000000001</v>
       </c>
       <c r="D54" s="7">
-        <v>1.1942950000000001</v>
+        <v>1.194053</v>
       </c>
       <c r="E54" s="7">
-        <v>1.1439790000000001</v>
-[...4 lines deleted...]
-      <c r="X54" s="2"/>
+        <v>1.1463490000000001</v>
+      </c>
+      <c r="L54" s="1"/>
+      <c r="U54" s="2"/>
+      <c r="V54" s="2"/>
+      <c r="Z54" s="2"/>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
-        <v>45895</v>
+        <v>45916</v>
       </c>
       <c r="B55" s="7">
-        <v>1.1340349999999999</v>
+        <v>1.1400840000000001</v>
       </c>
       <c r="C55" s="7">
-        <v>1.1626259999999999</v>
+        <v>1.1689000000000001</v>
       </c>
       <c r="D55" s="7">
-        <v>1.1922950000000001</v>
+        <v>1.1982630000000001</v>
       </c>
       <c r="E55" s="7">
-        <v>1.142841</v>
-[...4 lines deleted...]
-      <c r="X55" s="2"/>
+        <v>1.1482540000000001</v>
+      </c>
+      <c r="L55" s="1"/>
+      <c r="U55" s="2"/>
+      <c r="V55" s="2"/>
+      <c r="Z55" s="2"/>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
-        <v>45894</v>
+        <v>45915</v>
       </c>
       <c r="B56" s="7">
-        <v>1.13591</v>
+        <v>1.1386229999999999</v>
       </c>
       <c r="C56" s="7">
-        <v>1.1651130000000001</v>
+        <v>1.167368</v>
       </c>
       <c r="D56" s="7">
-        <v>1.195746</v>
+        <v>1.19638</v>
       </c>
       <c r="E56" s="7">
-        <v>1.1450640000000001</v>
-      </c>
+        <v>1.146245</v>
+      </c>
+      <c r="L56" s="1"/>
+      <c r="U56" s="2"/>
+      <c r="V56" s="2"/>
+      <c r="Z56" s="2"/>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
-        <v>45891</v>
+        <v>45912</v>
       </c>
       <c r="B57" s="7">
-        <v>1.1329260000000001</v>
+        <v>1.138803</v>
       </c>
       <c r="C57" s="7">
-        <v>1.1611929999999999</v>
+        <v>1.167764</v>
       </c>
       <c r="D57" s="7">
-        <v>1.190366</v>
+        <v>1.19739</v>
       </c>
       <c r="E57" s="7">
-        <v>1.1423190000000001</v>
-      </c>
+        <v>1.1468149999999999</v>
+      </c>
+      <c r="L57" s="1"/>
+      <c r="U57" s="2"/>
+      <c r="V57" s="2"/>
+      <c r="Z57" s="2"/>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
-        <v>45890</v>
+        <v>45911</v>
       </c>
       <c r="B58" s="7">
-        <v>1.134863</v>
+        <v>1.1360870000000001</v>
       </c>
       <c r="C58" s="7">
-        <v>1.1634720000000001</v>
+        <v>1.1638930000000001</v>
       </c>
       <c r="D58" s="7">
-        <v>1.1931099999999999</v>
+        <v>1.1919329999999999</v>
       </c>
       <c r="E58" s="7">
-        <v>1.145168</v>
-      </c>
+        <v>1.143716</v>
+      </c>
+      <c r="L58" s="1"/>
+      <c r="U58" s="2"/>
+      <c r="V58" s="2"/>
+      <c r="Z58" s="2"/>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
-        <v>45889</v>
+        <v>45910</v>
       </c>
       <c r="B59" s="7">
-        <v>1.132646</v>
+        <v>1.1359459999999999</v>
       </c>
       <c r="C59" s="7">
-        <v>1.1607149999999999</v>
+        <v>1.163729</v>
       </c>
       <c r="D59" s="7">
-        <v>1.189173</v>
+        <v>1.1919249999999999</v>
       </c>
       <c r="E59" s="7">
-        <v>1.1427309999999999</v>
-      </c>
+        <v>1.144836</v>
+      </c>
+      <c r="L59" s="1"/>
+      <c r="U59" s="2"/>
+      <c r="V59" s="2"/>
+      <c r="Z59" s="2"/>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
-        <v>45888</v>
+        <v>45909</v>
       </c>
       <c r="B60" s="7">
-        <v>1.1319429999999999</v>
+        <v>1.134992</v>
       </c>
       <c r="C60" s="7">
-        <v>1.159295</v>
+        <v>1.162649</v>
       </c>
       <c r="D60" s="7">
-        <v>1.1870270000000001</v>
+        <v>1.190858</v>
       </c>
       <c r="E60" s="7">
-        <v>1.14263</v>
-      </c>
+        <v>1.1427430000000001</v>
+      </c>
+      <c r="L60" s="1"/>
+      <c r="U60" s="2"/>
+      <c r="V60" s="2"/>
+      <c r="Z60" s="2"/>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A61" s="1">
-        <v>45887</v>
+        <v>45908</v>
       </c>
       <c r="B61" s="7">
-        <v>1.133645</v>
+        <v>1.135176</v>
       </c>
       <c r="C61" s="7">
-        <v>1.1613359999999999</v>
+        <v>1.1636899999999999</v>
       </c>
       <c r="D61" s="7">
-        <v>1.1892400000000001</v>
+        <v>1.1926730000000001</v>
       </c>
       <c r="E61" s="7">
-        <v>1.144873</v>
-      </c>
+        <v>1.143621</v>
+      </c>
+      <c r="K61" s="1"/>
+      <c r="T61" s="2"/>
+      <c r="U61" s="2"/>
+      <c r="Y61" s="2"/>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A62" s="1">
-        <v>45884</v>
+        <v>45905</v>
       </c>
       <c r="B62" s="7">
-        <v>1.134179</v>
+        <v>1.1356120000000001</v>
       </c>
       <c r="C62" s="7">
-        <v>1.1621809999999999</v>
+        <v>1.1647559999999999</v>
       </c>
       <c r="D62" s="7">
-        <v>1.1906479999999999</v>
+        <v>1.194002</v>
       </c>
       <c r="E62" s="7">
-        <v>1.1450640000000001</v>
-[...1 lines deleted...]
-      <c r="L62" s="1"/>
+        <v>1.1445479999999999</v>
+      </c>
+      <c r="K62" s="1"/>
+      <c r="T62" s="2"/>
       <c r="U62" s="2"/>
-      <c r="V62" s="2"/>
-      <c r="Z62" s="2"/>
+      <c r="Y62" s="2"/>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
-        <v>45883</v>
+        <v>45904</v>
       </c>
       <c r="B63" s="7">
-        <v>1.1317919999999999</v>
+        <v>1.132951</v>
       </c>
       <c r="C63" s="7">
-        <v>1.159062</v>
+        <v>1.1612210000000001</v>
       </c>
       <c r="D63" s="7">
-        <v>1.1863790000000001</v>
+        <v>1.189235</v>
       </c>
       <c r="E63" s="7">
-        <v>1.142258</v>
-[...1 lines deleted...]
-      <c r="L63" s="1"/>
+        <v>1.1412960000000001</v>
+      </c>
+      <c r="K63" s="1"/>
+      <c r="T63" s="2"/>
       <c r="U63" s="2"/>
-      <c r="V63" s="2"/>
-      <c r="Z63" s="2"/>
+      <c r="Y63" s="2"/>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A64" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B64" s="7">
-        <v>1.1305229999999999</v>
+        <v>1.129858</v>
       </c>
       <c r="C64" s="7">
-        <v>1.1570750000000001</v>
+        <v>1.1573880000000001</v>
       </c>
       <c r="D64" s="7">
-        <v>1.1836519999999999</v>
+        <v>1.184458</v>
       </c>
       <c r="E64" s="7">
-        <v>1.141419</v>
-[...1 lines deleted...]
-      <c r="L64" s="1"/>
+        <v>1.1380669999999999</v>
+      </c>
+      <c r="K64" s="1"/>
+      <c r="T64" s="2"/>
       <c r="U64" s="2"/>
-      <c r="V64" s="2"/>
-[...2 lines deleted...]
-    <row r="65" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="Y64" s="2"/>
+    </row>
+    <row r="65" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B65" s="7">
-        <v>1.1297619999999999</v>
+        <v>1.1334500000000001</v>
       </c>
       <c r="C65" s="7">
-        <v>1.1559619999999999</v>
+        <v>1.162598</v>
       </c>
       <c r="D65" s="7">
-        <v>1.1819470000000001</v>
+        <v>1.1916869999999999</v>
       </c>
       <c r="E65" s="7">
-        <v>1.141332</v>
-[...1 lines deleted...]
-      <c r="L65" s="1"/>
+        <v>1.141561</v>
+      </c>
+      <c r="J65" s="1"/>
+      <c r="K65" s="1"/>
+      <c r="S65" s="2"/>
+      <c r="T65" s="2"/>
       <c r="U65" s="2"/>
-      <c r="V65" s="2"/>
-[...2 lines deleted...]
-    <row r="66" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="X65" s="2"/>
+      <c r="Y65" s="2"/>
+    </row>
+    <row r="66" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B66" s="7">
-        <v>1.129507</v>
+        <v>1.1342559999999999</v>
       </c>
       <c r="C66" s="7">
-        <v>1.1557280000000001</v>
+        <v>1.1631689999999999</v>
       </c>
       <c r="D66" s="7">
-        <v>1.1817519999999999</v>
+        <v>1.192134</v>
       </c>
       <c r="E66" s="7">
-        <v>1.1408499999999999</v>
+        <v>1.1424099999999999</v>
       </c>
       <c r="J66" s="1"/>
-      <c r="L66" s="1"/>
+      <c r="K66" s="1"/>
       <c r="S66" s="2"/>
       <c r="T66" s="2"/>
       <c r="U66" s="2"/>
-      <c r="V66" s="2"/>
       <c r="X66" s="2"/>
-      <c r="Z66" s="2"/>
-[...1 lines deleted...]
-    <row r="67" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="Y66" s="2"/>
+    </row>
+    <row r="67" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B67" s="7">
-        <v>1.127856</v>
+        <v>1.1360030000000001</v>
       </c>
       <c r="C67" s="7">
-        <v>1.1538090000000001</v>
+        <v>1.1653420000000001</v>
       </c>
       <c r="D67" s="7">
-        <v>1.1791739999999999</v>
+        <v>1.195055</v>
       </c>
       <c r="E67" s="7">
-        <v>1.139818</v>
+        <v>1.1436919999999999</v>
       </c>
       <c r="J67" s="1"/>
-      <c r="L67" s="1"/>
       <c r="S67" s="2"/>
       <c r="T67" s="2"/>
-      <c r="U67" s="2"/>
-      <c r="V67" s="2"/>
       <c r="X67" s="2"/>
-      <c r="Z67" s="2"/>
-[...1 lines deleted...]
-    <row r="68" spans="1:27" x14ac:dyDescent="0.35">
+    </row>
+    <row r="68" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B68" s="7">
-        <v>1.128263</v>
+        <v>1.1358790000000001</v>
       </c>
       <c r="C68" s="7">
-        <v>1.153994</v>
+        <v>1.1653150000000001</v>
       </c>
       <c r="D68" s="7">
-        <v>1.179397</v>
+        <v>1.1957150000000001</v>
       </c>
       <c r="E68" s="7">
-        <v>1.140147</v>
+        <v>1.1444220000000001</v>
       </c>
       <c r="J68" s="1"/>
       <c r="S68" s="2"/>
       <c r="T68" s="2"/>
       <c r="X68" s="2"/>
     </row>
-    <row r="69" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B69" s="7">
-        <v>1.1274120000000001</v>
+        <v>1.135121</v>
       </c>
       <c r="C69" s="7">
-        <v>1.1539060000000001</v>
+        <v>1.1642300000000001</v>
       </c>
       <c r="D69" s="7">
-        <v>1.1793210000000001</v>
+        <v>1.1942950000000001</v>
       </c>
       <c r="E69" s="7">
-        <v>1.14089</v>
+        <v>1.1439790000000001</v>
       </c>
       <c r="J69" s="1"/>
       <c r="S69" s="2"/>
       <c r="T69" s="2"/>
       <c r="X69" s="2"/>
     </row>
-    <row r="70" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B70" s="7">
-        <v>1.1267750000000001</v>
+        <v>1.1340349999999999</v>
       </c>
       <c r="C70" s="7">
-        <v>1.153095</v>
+        <v>1.1626259999999999</v>
       </c>
       <c r="D70" s="7">
-        <v>1.177352</v>
+        <v>1.1922950000000001</v>
       </c>
       <c r="E70" s="7">
-        <v>1.13974</v>
+        <v>1.142841</v>
       </c>
       <c r="J70" s="1"/>
-      <c r="K70" s="1"/>
       <c r="S70" s="2"/>
       <c r="T70" s="2"/>
-      <c r="U70" s="2"/>
       <c r="X70" s="2"/>
-      <c r="Y70" s="2"/>
-[...1 lines deleted...]
-    <row r="71" spans="1:27" x14ac:dyDescent="0.35">
+    </row>
+    <row r="71" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B71" s="7">
-        <v>1.1222799999999999</v>
+        <v>1.13591</v>
       </c>
       <c r="C71" s="7">
-        <v>1.148973</v>
+        <v>1.1651130000000001</v>
       </c>
       <c r="D71" s="7">
-        <v>1.169187</v>
+        <v>1.195746</v>
       </c>
       <c r="E71" s="7">
-        <v>1.1342699999999999</v>
-[...9 lines deleted...]
-    <row r="72" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.1450640000000001</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B72" s="7">
-        <v>1.123202</v>
+        <v>1.1329260000000001</v>
       </c>
       <c r="C72" s="7">
-        <v>1.1508100000000001</v>
+        <v>1.1611929999999999</v>
       </c>
       <c r="D72" s="7">
-        <v>1.171867</v>
+        <v>1.190366</v>
       </c>
       <c r="E72" s="7">
-        <v>1.135319</v>
-[...6 lines deleted...]
-    <row r="73" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.1423190000000001</v>
+      </c>
+    </row>
+    <row r="73" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B73" s="7">
-        <v>1.1272979999999999</v>
+        <v>1.134863</v>
       </c>
       <c r="C73" s="7">
-        <v>1.155619</v>
+        <v>1.1634720000000001</v>
       </c>
       <c r="D73" s="7">
-        <v>1.177964</v>
+        <v>1.1931099999999999</v>
       </c>
       <c r="E73" s="7">
-        <v>1.1398699999999999</v>
-[...6 lines deleted...]
-    <row r="74" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.145168</v>
+      </c>
+    </row>
+    <row r="74" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B74" s="7">
-        <v>1.126541</v>
+        <v>1.132646</v>
       </c>
       <c r="C74" s="7">
-        <v>1.155035</v>
+        <v>1.1607149999999999</v>
       </c>
       <c r="D74" s="7">
-        <v>1.17737</v>
+        <v>1.189173</v>
       </c>
       <c r="E74" s="7">
-        <v>1.139329</v>
-[...6 lines deleted...]
-    <row r="75" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.1427309999999999</v>
+      </c>
+    </row>
+    <row r="75" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B75" s="7">
-        <v>1.1249009999999999</v>
+        <v>1.1319429999999999</v>
       </c>
       <c r="C75" s="7">
-        <v>1.152935</v>
+        <v>1.159295</v>
       </c>
       <c r="D75" s="7">
-        <v>1.174544</v>
+        <v>1.1870270000000001</v>
       </c>
       <c r="E75" s="7">
-        <v>1.1375390000000001</v>
-[...6 lines deleted...]
-    <row r="76" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.14263</v>
+      </c>
+    </row>
+    <row r="76" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B76" s="7">
-        <v>1.1259939999999999</v>
+        <v>1.133645</v>
       </c>
       <c r="C76" s="7">
-        <v>1.154604</v>
+        <v>1.1613359999999999</v>
       </c>
       <c r="D76" s="7">
-        <v>1.1770130000000001</v>
+        <v>1.1892400000000001</v>
       </c>
       <c r="E76" s="7">
-        <v>1.138015</v>
-[...6 lines deleted...]
-    <row r="77" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.144873</v>
+      </c>
+    </row>
+    <row r="77" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B77" s="7">
-        <v>1.1240520000000001</v>
+        <v>1.134179</v>
       </c>
       <c r="C77" s="7">
-        <v>1.1518539999999999</v>
+        <v>1.1621809999999999</v>
       </c>
       <c r="D77" s="7">
-        <v>1.173195</v>
+        <v>1.1906479999999999</v>
       </c>
       <c r="E77" s="7">
-        <v>1.1355280000000001</v>
+        <v>1.1450640000000001</v>
       </c>
       <c r="L77" s="1"/>
       <c r="U77" s="2"/>
       <c r="V77" s="2"/>
       <c r="Z77" s="2"/>
     </row>
-    <row r="78" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B78" s="7">
-        <v>1.1245000000000001</v>
+        <v>1.1317919999999999</v>
       </c>
       <c r="C78" s="7">
-        <v>1.152156</v>
+        <v>1.159062</v>
       </c>
       <c r="D78" s="7">
-        <v>1.1737139999999999</v>
+        <v>1.1863790000000001</v>
       </c>
       <c r="E78" s="7">
-        <v>1.1360760000000001</v>
+        <v>1.142258</v>
       </c>
       <c r="L78" s="1"/>
       <c r="U78" s="2"/>
       <c r="V78" s="2"/>
       <c r="Z78" s="2"/>
     </row>
-    <row r="79" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B79" s="7">
-        <v>1.1244810000000001</v>
+        <v>1.1305229999999999</v>
       </c>
       <c r="C79" s="7">
-        <v>1.1525609999999999</v>
+        <v>1.1570750000000001</v>
       </c>
       <c r="D79" s="7">
-        <v>1.174094</v>
+        <v>1.1836519999999999</v>
       </c>
       <c r="E79" s="7">
-        <v>1.13646</v>
+        <v>1.141419</v>
       </c>
       <c r="L79" s="1"/>
       <c r="U79" s="2"/>
       <c r="V79" s="2"/>
       <c r="Z79" s="2"/>
     </row>
-    <row r="80" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B80" s="7">
-        <v>1.1227720000000001</v>
+        <v>1.1297619999999999</v>
       </c>
       <c r="C80" s="7">
-        <v>1.150018</v>
+        <v>1.1559619999999999</v>
       </c>
       <c r="D80" s="7">
-        <v>1.170499</v>
+        <v>1.1819470000000001</v>
       </c>
       <c r="E80" s="7">
-        <v>1.134293</v>
+        <v>1.141332</v>
       </c>
       <c r="L80" s="1"/>
-      <c r="M80" s="1"/>
       <c r="U80" s="2"/>
       <c r="V80" s="2"/>
-      <c r="W80" s="2"/>
       <c r="Z80" s="2"/>
-      <c r="AA80" s="2"/>
     </row>
     <row r="81" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A81" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B81" s="7">
-        <v>1.122131</v>
+        <v>1.129507</v>
       </c>
       <c r="C81" s="7">
-        <v>1.1492880000000001</v>
+        <v>1.1557280000000001</v>
       </c>
       <c r="D81" s="7">
-        <v>1.169759</v>
+        <v>1.1817519999999999</v>
       </c>
       <c r="E81" s="7">
-        <v>1.1339060000000001</v>
-      </c>
+        <v>1.1408499999999999</v>
+      </c>
+      <c r="J81" s="1"/>
       <c r="L81" s="1"/>
-      <c r="M81" s="1"/>
+      <c r="S81" s="2"/>
+      <c r="T81" s="2"/>
       <c r="U81" s="2"/>
       <c r="V81" s="2"/>
-      <c r="W81" s="2"/>
+      <c r="X81" s="2"/>
       <c r="Z81" s="2"/>
-      <c r="AA81" s="2"/>
     </row>
     <row r="82" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A82" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B82" s="7">
-        <v>1.1233550000000001</v>
+        <v>1.127856</v>
       </c>
       <c r="C82" s="7">
-        <v>1.15147</v>
+        <v>1.1538090000000001</v>
       </c>
       <c r="D82" s="7">
-        <v>1.1729320000000001</v>
+        <v>1.1791739999999999</v>
       </c>
       <c r="E82" s="7">
-        <v>1.135929</v>
-[...1 lines deleted...]
-      <c r="M82" s="1"/>
+        <v>1.139818</v>
+      </c>
+      <c r="J82" s="1"/>
+      <c r="L82" s="1"/>
+      <c r="S82" s="2"/>
+      <c r="T82" s="2"/>
+      <c r="U82" s="2"/>
       <c r="V82" s="2"/>
-      <c r="W82" s="2"/>
-      <c r="AA82" s="2"/>
+      <c r="X82" s="2"/>
+      <c r="Z82" s="2"/>
     </row>
     <row r="83" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A83" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B83" s="7">
-        <v>1.120452</v>
+        <v>1.128263</v>
       </c>
       <c r="C83" s="7">
-        <v>1.1470070000000001</v>
+        <v>1.153994</v>
       </c>
       <c r="D83" s="7">
-        <v>1.167073</v>
+        <v>1.179397</v>
       </c>
       <c r="E83" s="7">
-        <v>1.1311960000000001</v>
-[...4 lines deleted...]
-      <c r="AA83" s="2"/>
+        <v>1.140147</v>
+      </c>
+      <c r="J83" s="1"/>
+      <c r="S83" s="2"/>
+      <c r="T83" s="2"/>
+      <c r="X83" s="2"/>
     </row>
     <row r="84" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A84" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B84" s="7">
-        <v>1.1172390000000001</v>
+        <v>1.1274120000000001</v>
       </c>
       <c r="C84" s="7">
-        <v>1.14266</v>
+        <v>1.1539060000000001</v>
       </c>
       <c r="D84" s="7">
-        <v>1.161205</v>
+        <v>1.1793210000000001</v>
       </c>
       <c r="E84" s="7">
-        <v>1.1288800000000001</v>
-[...4 lines deleted...]
-      <c r="AA84" s="2"/>
+        <v>1.14089</v>
+      </c>
+      <c r="J84" s="1"/>
+      <c r="S84" s="2"/>
+      <c r="T84" s="2"/>
+      <c r="X84" s="2"/>
     </row>
     <row r="85" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A85" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B85" s="7">
-        <v>1.1195550000000001</v>
+        <v>1.1267750000000001</v>
       </c>
       <c r="C85" s="7">
-        <v>1.146539</v>
+        <v>1.153095</v>
       </c>
       <c r="D85" s="7">
-        <v>1.1668970000000001</v>
+        <v>1.177352</v>
       </c>
       <c r="E85" s="7">
-        <v>1.130755</v>
-[...4 lines deleted...]
-      <c r="AA85" s="2"/>
+        <v>1.13974</v>
+      </c>
+      <c r="J85" s="1"/>
+      <c r="K85" s="1"/>
+      <c r="S85" s="2"/>
+      <c r="T85" s="2"/>
+      <c r="U85" s="2"/>
+      <c r="X85" s="2"/>
+      <c r="Y85" s="2"/>
     </row>
     <row r="86" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A86" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B86" s="7">
-        <v>1.1166910000000001</v>
+        <v>1.1222799999999999</v>
       </c>
       <c r="C86" s="7">
-        <v>1.142496</v>
+        <v>1.148973</v>
       </c>
       <c r="D86" s="7">
-        <v>1.161008</v>
+        <v>1.169187</v>
       </c>
       <c r="E86" s="7">
-        <v>1.1268929999999999</v>
-[...4 lines deleted...]
-      <c r="AA86" s="2"/>
+        <v>1.1342699999999999</v>
+      </c>
+      <c r="J86" s="1"/>
+      <c r="K86" s="1"/>
+      <c r="S86" s="2"/>
+      <c r="T86" s="2"/>
+      <c r="U86" s="2"/>
+      <c r="X86" s="2"/>
+      <c r="Y86" s="2"/>
     </row>
     <row r="87" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A87" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B87" s="7">
-        <v>1.1180209999999999</v>
+        <v>1.123202</v>
       </c>
       <c r="C87" s="7">
-        <v>1.144323</v>
+        <v>1.1508100000000001</v>
       </c>
       <c r="D87" s="7">
-        <v>1.163702</v>
+        <v>1.171867</v>
       </c>
       <c r="E87" s="7">
-        <v>1.127578</v>
-[...4 lines deleted...]
-      <c r="AA87" s="2"/>
+        <v>1.135319</v>
+      </c>
+      <c r="K87" s="1"/>
+      <c r="T87" s="2"/>
+      <c r="U87" s="2"/>
+      <c r="Y87" s="2"/>
     </row>
     <row r="88" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A88" s="1">
-        <v>45848</v>
+        <v>45869</v>
       </c>
       <c r="B88" s="7">
-        <v>1.1178399999999999</v>
+        <v>1.1272979999999999</v>
       </c>
       <c r="C88" s="7">
-        <v>1.144371</v>
+        <v>1.155619</v>
       </c>
       <c r="D88" s="7">
-        <v>1.1638269999999999</v>
+        <v>1.177964</v>
       </c>
       <c r="E88" s="7">
-        <v>1.1283479999999999</v>
-[...4 lines deleted...]
-      <c r="AA88" s="2"/>
+        <v>1.1398699999999999</v>
+      </c>
+      <c r="K88" s="1"/>
+      <c r="T88" s="2"/>
+      <c r="U88" s="2"/>
+      <c r="Y88" s="2"/>
     </row>
     <row r="89" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A89" s="1">
-        <v>45847</v>
+        <v>45868</v>
       </c>
       <c r="B89" s="7">
-        <v>1.1156159999999999</v>
+        <v>1.126541</v>
       </c>
       <c r="C89" s="7">
-        <v>1.141513</v>
+        <v>1.155035</v>
       </c>
       <c r="D89" s="7">
-        <v>1.160323</v>
+        <v>1.17737</v>
       </c>
       <c r="E89" s="7">
-        <v>1.1263810000000001</v>
-[...4 lines deleted...]
-      <c r="AA89" s="2"/>
+        <v>1.139329</v>
+      </c>
+      <c r="K89" s="1"/>
+      <c r="T89" s="2"/>
+      <c r="U89" s="2"/>
+      <c r="Y89" s="2"/>
     </row>
     <row r="90" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A90" s="1">
-        <v>45846</v>
+        <v>45867</v>
       </c>
       <c r="B90" s="7">
-        <v>1.11731</v>
+        <v>1.1249009999999999</v>
       </c>
       <c r="C90" s="7">
-        <v>1.1434150000000001</v>
+        <v>1.152935</v>
       </c>
       <c r="D90" s="7">
-        <v>1.162417</v>
+        <v>1.174544</v>
       </c>
       <c r="E90" s="7">
-        <v>1.1287309999999999</v>
-[...2 lines deleted...]
-      <c r="S90" s="2"/>
+        <v>1.1375390000000001</v>
+      </c>
+      <c r="K90" s="1"/>
       <c r="T90" s="2"/>
-      <c r="X90" s="2"/>
+      <c r="U90" s="2"/>
+      <c r="Y90" s="2"/>
     </row>
     <row r="91" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A91" s="1">
-        <v>45845</v>
+        <v>45866</v>
       </c>
       <c r="B91" s="7">
-        <v>1.118293</v>
+        <v>1.1259939999999999</v>
       </c>
       <c r="C91" s="7">
-        <v>1.144725</v>
+        <v>1.154604</v>
       </c>
       <c r="D91" s="7">
-        <v>1.164094</v>
+        <v>1.1770130000000001</v>
       </c>
       <c r="E91" s="7">
-        <v>1.1294029999999999</v>
-[...2 lines deleted...]
-      <c r="S91" s="2"/>
+        <v>1.138015</v>
+      </c>
+      <c r="K91" s="1"/>
       <c r="T91" s="2"/>
-      <c r="X91" s="2"/>
+      <c r="U91" s="2"/>
+      <c r="Y91" s="2"/>
     </row>
     <row r="92" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A92" s="1">
-        <v>45842</v>
+        <v>45863</v>
       </c>
       <c r="B92" s="7">
-        <v>1.1182609999999999</v>
+        <v>1.1240520000000001</v>
       </c>
       <c r="C92" s="7">
-        <v>1.1444939999999999</v>
+        <v>1.1518539999999999</v>
       </c>
       <c r="D92" s="7">
-        <v>1.1639170000000001</v>
+        <v>1.173195</v>
       </c>
       <c r="E92" s="7">
-        <v>1.1290180000000001</v>
-[...4 lines deleted...]
-      <c r="X92" s="2"/>
+        <v>1.1355280000000001</v>
+      </c>
+      <c r="L92" s="1"/>
+      <c r="U92" s="2"/>
+      <c r="V92" s="2"/>
+      <c r="Z92" s="2"/>
     </row>
     <row r="93" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A93" s="1">
-        <v>45841</v>
+        <v>45862</v>
       </c>
       <c r="B93" s="7">
-        <v>1.1177410000000001</v>
+        <v>1.1245000000000001</v>
       </c>
       <c r="C93" s="7">
-        <v>1.1438919999999999</v>
+        <v>1.152156</v>
       </c>
       <c r="D93" s="7">
-        <v>1.1627719999999999</v>
+        <v>1.1737139999999999</v>
       </c>
       <c r="E93" s="7">
-        <v>1.1289750000000001</v>
-[...4 lines deleted...]
-      <c r="X93" s="2"/>
+        <v>1.1360760000000001</v>
+      </c>
+      <c r="L93" s="1"/>
+      <c r="U93" s="2"/>
+      <c r="V93" s="2"/>
+      <c r="Z93" s="2"/>
     </row>
     <row r="94" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A94" s="1">
-        <v>45840</v>
+        <v>45861</v>
       </c>
       <c r="B94" s="7">
-        <v>1.117575</v>
+        <v>1.1244810000000001</v>
       </c>
       <c r="C94" s="7">
-        <v>1.1435340000000001</v>
+        <v>1.1525609999999999</v>
       </c>
       <c r="D94" s="7">
-        <v>1.1625110000000001</v>
+        <v>1.174094</v>
       </c>
       <c r="E94" s="7">
-        <v>1.1294029999999999</v>
-[...4 lines deleted...]
-      <c r="X94" s="2"/>
+        <v>1.13646</v>
+      </c>
+      <c r="L94" s="1"/>
+      <c r="U94" s="2"/>
+      <c r="V94" s="2"/>
+      <c r="Z94" s="2"/>
     </row>
     <row r="95" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A95" s="1">
+        <v>45860</v>
+      </c>
+      <c r="B95" s="7">
+        <v>1.1227720000000001</v>
+      </c>
+      <c r="C95" s="7">
+        <v>1.150018</v>
+      </c>
+      <c r="D95" s="7">
+        <v>1.170499</v>
+      </c>
+      <c r="E95" s="7">
+        <v>1.134293</v>
+      </c>
+      <c r="L95" s="1"/>
+      <c r="M95" s="1"/>
+      <c r="U95" s="2"/>
+      <c r="V95" s="2"/>
+      <c r="W95" s="2"/>
+      <c r="Z95" s="2"/>
+      <c r="AA95" s="2"/>
+    </row>
+    <row r="96" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B96" s="7">
+        <v>1.122131</v>
+      </c>
+      <c r="C96" s="7">
+        <v>1.1492880000000001</v>
+      </c>
+      <c r="D96" s="7">
+        <v>1.169759</v>
+      </c>
+      <c r="E96" s="7">
+        <v>1.1339060000000001</v>
+      </c>
+      <c r="L96" s="1"/>
+      <c r="M96" s="1"/>
+      <c r="U96" s="2"/>
+      <c r="V96" s="2"/>
+      <c r="W96" s="2"/>
+      <c r="Z96" s="2"/>
+      <c r="AA96" s="2"/>
+    </row>
+    <row r="97" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B97" s="7">
+        <v>1.1233550000000001</v>
+      </c>
+      <c r="C97" s="7">
+        <v>1.15147</v>
+      </c>
+      <c r="D97" s="7">
+        <v>1.1729320000000001</v>
+      </c>
+      <c r="E97" s="7">
+        <v>1.135929</v>
+      </c>
+      <c r="M97" s="1"/>
+      <c r="V97" s="2"/>
+      <c r="W97" s="2"/>
+      <c r="AA97" s="2"/>
+    </row>
+    <row r="98" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B98" s="7">
+        <v>1.120452</v>
+      </c>
+      <c r="C98" s="7">
+        <v>1.1470070000000001</v>
+      </c>
+      <c r="D98" s="7">
+        <v>1.167073</v>
+      </c>
+      <c r="E98" s="7">
+        <v>1.1311960000000001</v>
+      </c>
+      <c r="M98" s="1"/>
+      <c r="V98" s="2"/>
+      <c r="W98" s="2"/>
+      <c r="AA98" s="2"/>
+    </row>
+    <row r="99" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B99" s="7">
+        <v>1.1172390000000001</v>
+      </c>
+      <c r="C99" s="7">
+        <v>1.14266</v>
+      </c>
+      <c r="D99" s="7">
+        <v>1.161205</v>
+      </c>
+      <c r="E99" s="7">
+        <v>1.1288800000000001</v>
+      </c>
+      <c r="M99" s="1"/>
+      <c r="V99" s="2"/>
+      <c r="W99" s="2"/>
+      <c r="AA99" s="2"/>
+    </row>
+    <row r="100" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B100" s="7">
+        <v>1.1195550000000001</v>
+      </c>
+      <c r="C100" s="7">
+        <v>1.146539</v>
+      </c>
+      <c r="D100" s="7">
+        <v>1.1668970000000001</v>
+      </c>
+      <c r="E100" s="7">
+        <v>1.130755</v>
+      </c>
+      <c r="M100" s="1"/>
+      <c r="V100" s="2"/>
+      <c r="W100" s="2"/>
+      <c r="AA100" s="2"/>
+    </row>
+    <row r="101" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A101" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B101" s="7">
+        <v>1.1166910000000001</v>
+      </c>
+      <c r="C101" s="7">
+        <v>1.142496</v>
+      </c>
+      <c r="D101" s="7">
+        <v>1.161008</v>
+      </c>
+      <c r="E101" s="7">
+        <v>1.1268929999999999</v>
+      </c>
+      <c r="M101" s="1"/>
+      <c r="V101" s="2"/>
+      <c r="W101" s="2"/>
+      <c r="AA101" s="2"/>
+    </row>
+    <row r="102" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A102" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B102" s="7">
+        <v>1.1180209999999999</v>
+      </c>
+      <c r="C102" s="7">
+        <v>1.144323</v>
+      </c>
+      <c r="D102" s="7">
+        <v>1.163702</v>
+      </c>
+      <c r="E102" s="7">
+        <v>1.127578</v>
+      </c>
+      <c r="M102" s="1"/>
+      <c r="V102" s="2"/>
+      <c r="W102" s="2"/>
+      <c r="AA102" s="2"/>
+    </row>
+    <row r="103" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A103" s="1">
+        <v>45848</v>
+      </c>
+      <c r="B103" s="7">
+        <v>1.1178399999999999</v>
+      </c>
+      <c r="C103" s="7">
+        <v>1.144371</v>
+      </c>
+      <c r="D103" s="7">
+        <v>1.1638269999999999</v>
+      </c>
+      <c r="E103" s="7">
+        <v>1.1283479999999999</v>
+      </c>
+      <c r="M103" s="1"/>
+      <c r="V103" s="2"/>
+      <c r="W103" s="2"/>
+      <c r="AA103" s="2"/>
+    </row>
+    <row r="104" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A104" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B104" s="7">
+        <v>1.1156159999999999</v>
+      </c>
+      <c r="C104" s="7">
+        <v>1.141513</v>
+      </c>
+      <c r="D104" s="7">
+        <v>1.160323</v>
+      </c>
+      <c r="E104" s="7">
+        <v>1.1263810000000001</v>
+      </c>
+      <c r="M104" s="1"/>
+      <c r="V104" s="2"/>
+      <c r="W104" s="2"/>
+      <c r="AA104" s="2"/>
+    </row>
+    <row r="105" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A105" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B105" s="7">
+        <v>1.11731</v>
+      </c>
+      <c r="C105" s="7">
+        <v>1.1434150000000001</v>
+      </c>
+      <c r="D105" s="7">
+        <v>1.162417</v>
+      </c>
+      <c r="E105" s="7">
+        <v>1.1287309999999999</v>
+      </c>
+      <c r="J105" s="1"/>
+      <c r="S105" s="2"/>
+      <c r="T105" s="2"/>
+      <c r="X105" s="2"/>
+    </row>
+    <row r="106" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B106" s="7">
+        <v>1.118293</v>
+      </c>
+      <c r="C106" s="7">
+        <v>1.144725</v>
+      </c>
+      <c r="D106" s="7">
+        <v>1.164094</v>
+      </c>
+      <c r="E106" s="7">
+        <v>1.1294029999999999</v>
+      </c>
+      <c r="J106" s="1"/>
+      <c r="S106" s="2"/>
+      <c r="T106" s="2"/>
+      <c r="X106" s="2"/>
+    </row>
+    <row r="107" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A107" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B107" s="7">
+        <v>1.1182609999999999</v>
+      </c>
+      <c r="C107" s="7">
+        <v>1.1444939999999999</v>
+      </c>
+      <c r="D107" s="7">
+        <v>1.1639170000000001</v>
+      </c>
+      <c r="E107" s="7">
+        <v>1.1290180000000001</v>
+      </c>
+      <c r="J107" s="1"/>
+      <c r="S107" s="2"/>
+      <c r="T107" s="2"/>
+      <c r="X107" s="2"/>
+    </row>
+    <row r="108" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A108" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B108" s="7">
+        <v>1.1177410000000001</v>
+      </c>
+      <c r="C108" s="7">
+        <v>1.1438919999999999</v>
+      </c>
+      <c r="D108" s="7">
+        <v>1.1627719999999999</v>
+      </c>
+      <c r="E108" s="7">
+        <v>1.1289750000000001</v>
+      </c>
+      <c r="J108" s="1"/>
+      <c r="S108" s="2"/>
+      <c r="T108" s="2"/>
+      <c r="X108" s="2"/>
+    </row>
+    <row r="109" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B109" s="7">
+        <v>1.117575</v>
+      </c>
+      <c r="C109" s="7">
+        <v>1.1435340000000001</v>
+      </c>
+      <c r="D109" s="7">
+        <v>1.1625110000000001</v>
+      </c>
+      <c r="E109" s="7">
+        <v>1.1294029999999999</v>
+      </c>
+      <c r="J109" s="1"/>
+      <c r="S109" s="2"/>
+      <c r="T109" s="2"/>
+      <c r="X109" s="2"/>
+    </row>
+    <row r="110" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A110" s="1">
         <v>45839</v>
       </c>
-      <c r="B95" s="7">
+      <c r="B110" s="7">
         <v>1.1158520000000001</v>
       </c>
-      <c r="C95" s="7">
+      <c r="C110" s="7">
         <v>1.1405780000000001</v>
       </c>
-      <c r="D95" s="7">
+      <c r="D110" s="7">
         <v>1.1583110000000001</v>
       </c>
-      <c r="E95" s="7">
+      <c r="E110" s="7">
         <v>1.1276010000000001</v>
       </c>
-      <c r="J95" s="1"/>
-[...109 lines deleted...]
-    <row r="111" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="J110" s="1"/>
+      <c r="S110" s="2"/>
+      <c r="T110" s="2"/>
+      <c r="X110" s="2"/>
+    </row>
+    <row r="111" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A111" s="1"/>
       <c r="B111" s="6"/>
       <c r="C111" s="6"/>
       <c r="D111" s="6"/>
       <c r="E111" s="6"/>
     </row>
-    <row r="112" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A112" s="1"/>
       <c r="B112" s="6"/>
       <c r="C112" s="6"/>
       <c r="D112" s="6"/>
       <c r="E112" s="6"/>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A113" s="1"/>
+      <c r="B113" s="6"/>
+      <c r="C113" s="6"/>
+      <c r="D113" s="6"/>
+      <c r="E113" s="6"/>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A114" s="1"/>
+      <c r="B114" s="6"/>
+      <c r="C114" s="6"/>
+      <c r="D114" s="6"/>
+      <c r="E114" s="6"/>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A115" s="1"/>
+      <c r="B115" s="6"/>
+      <c r="C115" s="6"/>
+      <c r="D115" s="6"/>
+      <c r="E115" s="6"/>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A116" s="1"/>
+      <c r="B116" s="6"/>
+      <c r="C116" s="6"/>
+      <c r="D116" s="6"/>
+      <c r="E116" s="6"/>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A117" s="1"/>
+      <c r="B117" s="6"/>
+      <c r="C117" s="6"/>
+      <c r="D117" s="6"/>
+      <c r="E117" s="6"/>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A118" s="1"/>
+      <c r="B118" s="6"/>
+      <c r="C118" s="6"/>
+      <c r="D118" s="6"/>
+      <c r="E118" s="6"/>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A119" s="1"/>
+      <c r="B119" s="6"/>
+      <c r="C119" s="6"/>
+      <c r="D119" s="6"/>
+      <c r="E119" s="6"/>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A120" s="1"/>
+      <c r="B120" s="6"/>
+      <c r="C120" s="6"/>
+      <c r="D120" s="6"/>
+      <c r="E120" s="6"/>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A121" s="1"/>
+      <c r="B121" s="6"/>
+      <c r="C121" s="6"/>
+      <c r="D121" s="6"/>
+      <c r="E121" s="6"/>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A122" s="1"/>
+      <c r="B122" s="6"/>
+      <c r="C122" s="6"/>
+      <c r="D122" s="6"/>
+      <c r="E122" s="6"/>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A123" s="1"/>
+      <c r="B123" s="6"/>
+      <c r="C123" s="6"/>
+      <c r="D123" s="6"/>
+      <c r="E123" s="6"/>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A124" s="1"/>
+      <c r="B124" s="6"/>
+      <c r="C124" s="6"/>
+      <c r="D124" s="6"/>
+      <c r="E124" s="6"/>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A125" s="1"/>
+      <c r="B125" s="6"/>
+      <c r="C125" s="6"/>
+      <c r="D125" s="6"/>
+      <c r="E125" s="6"/>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A126" s="1"/>
+      <c r="B126" s="6"/>
+      <c r="C126" s="6"/>
+      <c r="D126" s="6"/>
+      <c r="E126" s="6"/>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A127" s="1"/>
+      <c r="B127" s="6"/>
+      <c r="C127" s="6"/>
+      <c r="D127" s="6"/>
+      <c r="E127" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{831A6A2E-58FF-42F9-9770-948A1CFBD703}">
-  <dimension ref="A1:Z193"/>
+  <dimension ref="A1:Z208"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
     </row>
-    <row r="2" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45968</v>
+        <v>45989</v>
       </c>
       <c r="B2" s="7">
-        <v>1.1863760000000001</v>
+        <v>1.1928989999999999</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
     </row>
-    <row r="3" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45967</v>
+        <v>45988</v>
       </c>
       <c r="B3" s="7">
-        <v>1.190733</v>
+        <v>1.191478</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
     </row>
-    <row r="4" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45966</v>
+        <v>45987</v>
       </c>
       <c r="B4" s="7">
-        <v>1.188089</v>
+        <v>1.189967</v>
       </c>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
     </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45965</v>
+        <v>45986</v>
       </c>
       <c r="B5" s="7">
-        <v>1.190652</v>
+        <v>1.1841539999999999</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
     </row>
-    <row r="6" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45964</v>
+        <v>45985</v>
       </c>
       <c r="B6" s="7">
-        <v>1.194005</v>
+        <v>1.1800109999999999</v>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
-      <c r="I6" s="1"/>
-[...5 lines deleted...]
-    <row r="7" spans="1:23" x14ac:dyDescent="0.35">
+    </row>
+    <row r="7" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45961</v>
+        <v>45982</v>
       </c>
       <c r="B7" s="7">
-        <v>1.1953860000000001</v>
+        <v>1.1729309999999999</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
-      <c r="I7" s="1"/>
-[...5 lines deleted...]
-    <row r="8" spans="1:23" x14ac:dyDescent="0.35">
+    </row>
+    <row r="8" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45960</v>
+        <v>45981</v>
       </c>
       <c r="B8" s="7">
-        <v>1.194291</v>
+        <v>1.183619</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
-      <c r="I8" s="1"/>
-[...5 lines deleted...]
-    <row r="9" spans="1:23" x14ac:dyDescent="0.35">
+    </row>
+    <row r="9" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="B9" s="7">
-        <v>1.1971890000000001</v>
+        <v>1.175859</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
-      <c r="I9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="P9" s="2"/>
+      <c r="Q9" s="2"/>
       <c r="R9" s="2"/>
-      <c r="S9" s="2"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U9" s="2"/>
+    </row>
+    <row r="10" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45958</v>
+        <v>45979</v>
       </c>
       <c r="B10" s="7">
-        <v>1.199956</v>
+        <v>1.178088</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
-      <c r="I10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="P10" s="2"/>
+      <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
-      <c r="S10" s="2"/>
-[...3 lines deleted...]
-    <row r="11" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U10" s="2"/>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45957</v>
+        <v>45978</v>
       </c>
       <c r="B11" s="7">
-        <v>1.201373</v>
+        <v>1.188798</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
-      <c r="I11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="P11" s="2"/>
+      <c r="Q11" s="2"/>
       <c r="R11" s="2"/>
-      <c r="S11" s="2"/>
-[...3 lines deleted...]
-    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U11" s="2"/>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45954</v>
+        <v>45975</v>
       </c>
       <c r="B12" s="7">
-        <v>1.1971879999999999</v>
+        <v>1.1878299999999999</v>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G12" s="1"/>
+      <c r="P12" s="2"/>
+      <c r="Q12" s="2"/>
+      <c r="R12" s="2"/>
+      <c r="U12" s="2"/>
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45953</v>
+        <v>45974</v>
       </c>
       <c r="B13" s="7">
-        <v>1.1958169999999999</v>
+        <v>1.1930750000000001</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="P13" s="2"/>
+      <c r="Q13" s="2"/>
+      <c r="R13" s="2"/>
+      <c r="S13" s="2"/>
+      <c r="T13" s="2"/>
+      <c r="U13" s="2"/>
+      <c r="X13" s="2"/>
+    </row>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45952</v>
+        <v>45973</v>
       </c>
       <c r="B14" s="7">
-        <v>1.196507</v>
+        <v>1.1936329999999999</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="P14" s="2"/>
+      <c r="Q14" s="2"/>
+      <c r="R14" s="2"/>
+      <c r="S14" s="2"/>
+      <c r="T14" s="2"/>
+      <c r="U14" s="2"/>
+      <c r="X14" s="2"/>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45951</v>
+        <v>45972</v>
       </c>
       <c r="B15" s="7">
-        <v>1.2002139999999999</v>
+        <v>1.1926060000000001</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="J15" s="1"/>
+      <c r="S15" s="2"/>
+      <c r="T15" s="2"/>
+      <c r="U15" s="2"/>
+      <c r="X15" s="2"/>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45950</v>
+        <v>45971</v>
       </c>
       <c r="B16" s="7">
-        <v>1.194841</v>
+        <v>1.1909099999999999</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
-      <c r="H16" s="1"/>
-[...4 lines deleted...]
-    <row r="17" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="J16" s="1"/>
+      <c r="S16" s="2"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+      <c r="X16" s="2"/>
+    </row>
+    <row r="17" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B17" s="7">
-        <v>1.1909190000000001</v>
+        <v>1.1863760000000001</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="H17" s="1"/>
+      <c r="J17" s="1"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
+      <c r="S17" s="2"/>
+      <c r="T17" s="2"/>
+      <c r="U17" s="2"/>
       <c r="V17" s="2"/>
-    </row>
-    <row r="18" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="X17" s="2"/>
+    </row>
+    <row r="18" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B18" s="7">
-        <v>1.195093</v>
+        <v>1.190733</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="H18" s="1"/>
+      <c r="J18" s="1"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
+      <c r="S18" s="2"/>
+      <c r="T18" s="2"/>
+      <c r="U18" s="2"/>
       <c r="V18" s="2"/>
-    </row>
-    <row r="19" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="X18" s="2"/>
+    </row>
+    <row r="19" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B19" s="7">
-        <v>1.1903090000000001</v>
+        <v>1.188089</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="H19" s="1"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
+      <c r="S19" s="2"/>
       <c r="V19" s="2"/>
     </row>
-    <row r="20" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B20" s="7">
-        <v>1.1846890000000001</v>
+        <v>1.190652</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
-      <c r="G20" s="1"/>
       <c r="H20" s="1"/>
-      <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
-      <c r="U20" s="2"/>
+      <c r="S20" s="2"/>
       <c r="V20" s="2"/>
     </row>
-    <row r="21" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B21" s="7">
-        <v>1.182407</v>
+        <v>1.194005</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
-      <c r="G21" s="1"/>
       <c r="H21" s="1"/>
-      <c r="P21" s="2"/>
+      <c r="I21" s="1"/>
       <c r="Q21" s="2"/>
       <c r="R21" s="2"/>
-      <c r="U21" s="2"/>
+      <c r="S21" s="2"/>
+      <c r="T21" s="2"/>
       <c r="V21" s="2"/>
-    </row>
-    <row r="22" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W21" s="2"/>
+    </row>
+    <row r="22" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B22" s="7">
-        <v>1.1886030000000001</v>
+        <v>1.1953860000000001</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
-      <c r="G22" s="1"/>
-      <c r="P22" s="2"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="1"/>
       <c r="Q22" s="2"/>
-      <c r="U22" s="2"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="R22" s="2"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="2"/>
+      <c r="V22" s="2"/>
+      <c r="W22" s="2"/>
+    </row>
+    <row r="23" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B23" s="7">
-        <v>1.1905619999999999</v>
+        <v>1.194291</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
-      <c r="G23" s="1"/>
-[...1 lines deleted...]
-      <c r="Q23" s="2"/>
+      <c r="I23" s="1"/>
       <c r="R23" s="2"/>
-      <c r="U23" s="2"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="S23" s="2"/>
+      <c r="T23" s="2"/>
+      <c r="W23" s="2"/>
+    </row>
+    <row r="24" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
-        <v>45938</v>
+        <v>45959</v>
       </c>
       <c r="B24" s="7">
-        <v>1.1890799999999999</v>
+        <v>1.1971890000000001</v>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
-      <c r="G24" s="1"/>
-[...1 lines deleted...]
-      <c r="Q24" s="2"/>
+      <c r="I24" s="1"/>
       <c r="R24" s="2"/>
-      <c r="U24" s="2"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="S24" s="2"/>
+      <c r="T24" s="2"/>
+      <c r="W24" s="2"/>
+    </row>
+    <row r="25" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
-        <v>45937</v>
+        <v>45958</v>
       </c>
       <c r="B25" s="7">
-        <v>1.1893750000000001</v>
+        <v>1.199956</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
-      <c r="G25" s="1"/>
-[...1 lines deleted...]
-      <c r="Q25" s="2"/>
+      <c r="I25" s="1"/>
       <c r="R25" s="2"/>
-      <c r="U25" s="2"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="S25" s="2"/>
+      <c r="T25" s="2"/>
+      <c r="W25" s="2"/>
+    </row>
+    <row r="26" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
-        <v>45936</v>
+        <v>45957</v>
       </c>
       <c r="B26" s="7">
-        <v>1.190016</v>
+        <v>1.201373</v>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
-    </row>
-    <row r="27" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="I26" s="1"/>
+      <c r="R26" s="2"/>
+      <c r="S26" s="2"/>
+      <c r="T26" s="2"/>
+      <c r="W26" s="2"/>
+    </row>
+    <row r="27" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
-        <v>45933</v>
+        <v>45954</v>
       </c>
       <c r="B27" s="7">
-        <v>1.1888840000000001</v>
+        <v>1.1971879999999999</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
-      <c r="L27" s="1"/>
-[...5 lines deleted...]
-    <row r="28" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="28" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
-        <v>45932</v>
+        <v>45953</v>
       </c>
       <c r="B28" s="7">
-        <v>1.1860059999999999</v>
+        <v>1.1958169999999999</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
-      <c r="L28" s="1"/>
-[...5 lines deleted...]
-    <row r="29" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="29" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
-        <v>45931</v>
+        <v>45952</v>
       </c>
       <c r="B29" s="7">
-        <v>1.179562</v>
+        <v>1.196507</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
-      <c r="L29" s="1"/>
-[...5 lines deleted...]
-    <row r="30" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="30" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
-        <v>45930</v>
+        <v>45951</v>
       </c>
       <c r="B30" s="7">
-        <v>1.1787190000000001</v>
+        <v>1.2002139999999999</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
-      <c r="L30" s="1"/>
-[...5 lines deleted...]
-    <row r="31" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="31" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
-        <v>45929</v>
+        <v>45950</v>
       </c>
       <c r="B31" s="7">
-        <v>1.179589</v>
+        <v>1.194841</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
-      <c r="L31" s="1"/>
-      <c r="U31" s="2"/>
+      <c r="H31" s="1"/>
+      <c r="Q31" s="2"/>
+      <c r="R31" s="2"/>
       <c r="V31" s="2"/>
-      <c r="W31" s="2"/>
-[...2 lines deleted...]
-    <row r="32" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="32" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
-        <v>45926</v>
+        <v>45947</v>
       </c>
       <c r="B32" s="7">
-        <v>1.1743269999999999</v>
+        <v>1.1909190000000001</v>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
-      <c r="G32" s="1"/>
-[...1 lines deleted...]
-      <c r="P32" s="2"/>
+      <c r="H32" s="1"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
-      <c r="U32" s="2"/>
       <c r="V32" s="2"/>
-      <c r="W32" s="2"/>
-      <c r="Z32" s="2"/>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
-        <v>45925</v>
+        <v>45946</v>
       </c>
       <c r="B33" s="7">
-        <v>1.174836</v>
+        <v>1.195093</v>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
-      <c r="G33" s="1"/>
-[...1 lines deleted...]
-      <c r="P33" s="2"/>
+      <c r="H33" s="1"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
-      <c r="U33" s="2"/>
       <c r="V33" s="2"/>
-      <c r="W33" s="2"/>
-      <c r="Z33" s="2"/>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A34" s="1">
-        <v>45924</v>
+        <v>45945</v>
       </c>
       <c r="B34" s="7">
-        <v>1.1752039999999999</v>
+        <v>1.1903090000000001</v>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
-      <c r="G34" s="1"/>
-[...1 lines deleted...]
-      <c r="P34" s="2"/>
+      <c r="H34" s="1"/>
       <c r="Q34" s="2"/>
       <c r="R34" s="2"/>
-      <c r="U34" s="2"/>
       <c r="V34" s="2"/>
-      <c r="W34" s="2"/>
-      <c r="Z34" s="2"/>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A35" s="1">
-        <v>45923</v>
+        <v>45944</v>
       </c>
       <c r="B35" s="7">
-        <v>1.178534</v>
+        <v>1.1846890000000001</v>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
       <c r="P35" s="2"/>
       <c r="Q35" s="2"/>
       <c r="R35" s="2"/>
       <c r="U35" s="2"/>
+      <c r="V35" s="2"/>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
-        <v>45922</v>
+        <v>45943</v>
       </c>
       <c r="B36" s="7">
-        <v>1.175095</v>
+        <v>1.182407</v>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="2"/>
       <c r="R36" s="2"/>
       <c r="U36" s="2"/>
+      <c r="V36" s="2"/>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
-        <v>45919</v>
+        <v>45940</v>
       </c>
       <c r="B37" s="7">
-        <v>1.1735230000000001</v>
+        <v>1.1886030000000001</v>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="G37" s="1"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
-      <c r="R37" s="2"/>
       <c r="U37" s="2"/>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A38" s="1">
-        <v>45918</v>
+        <v>45939</v>
       </c>
       <c r="B38" s="7">
-        <v>1.1705570000000001</v>
+        <v>1.1905619999999999</v>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
+      <c r="G38" s="1"/>
+      <c r="P38" s="2"/>
+      <c r="Q38" s="2"/>
+      <c r="R38" s="2"/>
+      <c r="U38" s="2"/>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
-        <v>45917</v>
+        <v>45938</v>
       </c>
       <c r="B39" s="7">
-        <v>1.1709290000000001</v>
+        <v>1.1890799999999999</v>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="4"/>
-      <c r="H39" s="1"/>
+      <c r="G39" s="1"/>
+      <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
       <c r="R39" s="2"/>
-      <c r="S39" s="2"/>
-      <c r="V39" s="2"/>
+      <c r="U39" s="2"/>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A40" s="1">
-        <v>45916</v>
+        <v>45937</v>
       </c>
       <c r="B40" s="7">
-        <v>1.175351</v>
+        <v>1.1893750000000001</v>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
-      <c r="H40" s="1"/>
+      <c r="G40" s="1"/>
+      <c r="P40" s="2"/>
       <c r="Q40" s="2"/>
       <c r="R40" s="2"/>
-      <c r="S40" s="2"/>
-      <c r="V40" s="2"/>
+      <c r="U40" s="2"/>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A41" s="1">
-        <v>45915</v>
+        <v>45936</v>
       </c>
       <c r="B41" s="7">
-        <v>1.173648</v>
+        <v>1.190016</v>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
-      <c r="H41" s="1"/>
-[...3 lines deleted...]
-      <c r="V41" s="2"/>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A42" s="1">
-        <v>45912</v>
+        <v>45933</v>
       </c>
       <c r="B42" s="7">
-        <v>1.1750620000000001</v>
+        <v>1.1888840000000001</v>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
-      <c r="H42" s="1"/>
-[...2 lines deleted...]
-      <c r="S42" s="2"/>
+      <c r="L42" s="1"/>
+      <c r="U42" s="2"/>
       <c r="V42" s="2"/>
+      <c r="W42" s="2"/>
+      <c r="Z42" s="2"/>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A43" s="1">
-        <v>45911</v>
+        <v>45932</v>
       </c>
       <c r="B43" s="7">
-        <v>1.16954</v>
+        <v>1.1860059999999999</v>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
-      <c r="G43" s="1"/>
-[...4 lines deleted...]
-      <c r="S43" s="2"/>
+      <c r="L43" s="1"/>
       <c r="U43" s="2"/>
       <c r="V43" s="2"/>
+      <c r="W43" s="2"/>
+      <c r="Z43" s="2"/>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A44" s="1">
-        <v>45910</v>
+        <v>45931</v>
       </c>
       <c r="B44" s="7">
-        <v>1.1693849999999999</v>
+        <v>1.179562</v>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
-      <c r="G44" s="1"/>
-[...4 lines deleted...]
-      <c r="S44" s="2"/>
+      <c r="L44" s="1"/>
       <c r="U44" s="2"/>
       <c r="V44" s="2"/>
+      <c r="W44" s="2"/>
+      <c r="Z44" s="2"/>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A45" s="1">
-        <v>45909</v>
+        <v>45930</v>
       </c>
       <c r="B45" s="7">
-        <v>1.1687479999999999</v>
+        <v>1.1787190000000001</v>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="4"/>
-      <c r="G45" s="1"/>
-[...2 lines deleted...]
-      <c r="R45" s="2"/>
+      <c r="L45" s="1"/>
       <c r="U45" s="2"/>
+      <c r="V45" s="2"/>
+      <c r="W45" s="2"/>
+      <c r="Z45" s="2"/>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A46" s="1">
-        <v>45908</v>
+        <v>45929</v>
       </c>
       <c r="B46" s="7">
-        <v>1.1707399999999999</v>
+        <v>1.179589</v>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
-      <c r="G46" s="1"/>
-[...2 lines deleted...]
-      <c r="R46" s="2"/>
+      <c r="L46" s="1"/>
       <c r="U46" s="2"/>
+      <c r="V46" s="2"/>
+      <c r="W46" s="2"/>
+      <c r="Z46" s="2"/>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A47" s="1">
-        <v>45905</v>
+        <v>45926</v>
       </c>
       <c r="B47" s="7">
-        <v>1.172083</v>
+        <v>1.1743269999999999</v>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
       <c r="G47" s="1"/>
+      <c r="L47" s="1"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
       <c r="U47" s="2"/>
+      <c r="V47" s="2"/>
+      <c r="W47" s="2"/>
+      <c r="Z47" s="2"/>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A48" s="1">
-        <v>45904</v>
+        <v>45925</v>
       </c>
       <c r="B48" s="7">
-        <v>1.1672670000000001</v>
+        <v>1.174836</v>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
       <c r="G48" s="1"/>
+      <c r="L48" s="1"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
       <c r="U48" s="2"/>
-    </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="V48" s="2"/>
+      <c r="W48" s="2"/>
+      <c r="Z48" s="2"/>
+    </row>
+    <row r="49" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
-        <v>45903</v>
+        <v>45924</v>
       </c>
       <c r="B49" s="7">
-        <v>1.162693</v>
+        <v>1.1752039999999999</v>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
-    </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G49" s="1"/>
+      <c r="L49" s="1"/>
+      <c r="P49" s="2"/>
+      <c r="Q49" s="2"/>
+      <c r="R49" s="2"/>
+      <c r="U49" s="2"/>
+      <c r="V49" s="2"/>
+      <c r="W49" s="2"/>
+      <c r="Z49" s="2"/>
+    </row>
+    <row r="50" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
-        <v>45902</v>
+        <v>45923</v>
       </c>
       <c r="B50" s="7">
-        <v>1.170061</v>
+        <v>1.178534</v>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
-    </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G50" s="1"/>
+      <c r="P50" s="2"/>
+      <c r="Q50" s="2"/>
+      <c r="R50" s="2"/>
+      <c r="U50" s="2"/>
+    </row>
+    <row r="51" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
-        <v>45901</v>
+        <v>45922</v>
       </c>
       <c r="B51" s="7">
-        <v>1.1704920000000001</v>
+        <v>1.175095</v>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G51" s="1"/>
+      <c r="P51" s="2"/>
+      <c r="Q51" s="2"/>
+      <c r="R51" s="2"/>
+      <c r="U51" s="2"/>
+    </row>
+    <row r="52" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
-        <v>45898</v>
+        <v>45919</v>
       </c>
       <c r="B52" s="7">
-        <v>1.1730149999999999</v>
+        <v>1.1735230000000001</v>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G52" s="1"/>
+      <c r="P52" s="2"/>
+      <c r="Q52" s="2"/>
+      <c r="R52" s="2"/>
+      <c r="U52" s="2"/>
+    </row>
+    <row r="53" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
-        <v>45897</v>
+        <v>45918</v>
       </c>
       <c r="B53" s="7">
-        <v>1.1737070000000001</v>
+        <v>1.1705570000000001</v>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
-      <c r="H53" s="1"/>
-[...5 lines deleted...]
-    <row r="54" spans="1:23" x14ac:dyDescent="0.35">
+    </row>
+    <row r="54" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
-        <v>45896</v>
+        <v>45917</v>
       </c>
       <c r="B54" s="7">
-        <v>1.1722349999999999</v>
+        <v>1.1709290000000001</v>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="4"/>
       <c r="H54" s="1"/>
       <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
       <c r="S54" s="2"/>
       <c r="V54" s="2"/>
     </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
-        <v>45895</v>
+        <v>45916</v>
       </c>
       <c r="B55" s="7">
-        <v>1.1703140000000001</v>
+        <v>1.175351</v>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="4"/>
       <c r="H55" s="1"/>
       <c r="Q55" s="2"/>
       <c r="R55" s="2"/>
       <c r="S55" s="2"/>
       <c r="V55" s="2"/>
     </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
-        <v>45894</v>
+        <v>45915</v>
       </c>
       <c r="B56" s="7">
-        <v>1.173522</v>
+        <v>1.173648</v>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
       <c r="H56" s="1"/>
       <c r="Q56" s="2"/>
       <c r="R56" s="2"/>
       <c r="S56" s="2"/>
       <c r="V56" s="2"/>
     </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
-        <v>45891</v>
+        <v>45912</v>
       </c>
       <c r="B57" s="7">
-        <v>1.1682220000000001</v>
+        <v>1.1750620000000001</v>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="H57" s="1"/>
       <c r="Q57" s="2"/>
       <c r="R57" s="2"/>
       <c r="S57" s="2"/>
       <c r="V57" s="2"/>
     </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
-        <v>45890</v>
+        <v>45911</v>
       </c>
       <c r="B58" s="7">
-        <v>1.1709579999999999</v>
+        <v>1.16954</v>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
+      <c r="G58" s="1"/>
       <c r="H58" s="1"/>
+      <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
+      <c r="U58" s="2"/>
       <c r="V58" s="2"/>
     </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
-        <v>45889</v>
+        <v>45910</v>
       </c>
       <c r="B59" s="7">
-        <v>1.166777</v>
+        <v>1.1693849999999999</v>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="4"/>
+      <c r="G59" s="1"/>
       <c r="H59" s="1"/>
+      <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
+      <c r="U59" s="2"/>
       <c r="V59" s="2"/>
     </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
-        <v>45888</v>
+        <v>45909</v>
       </c>
       <c r="B60" s="7">
-        <v>1.1643030000000001</v>
+        <v>1.1687479999999999</v>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="4"/>
-      <c r="H60" s="1"/>
+      <c r="G60" s="1"/>
+      <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
-      <c r="S60" s="2"/>
-[...2 lines deleted...]
-    <row r="61" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U60" s="2"/>
+    </row>
+    <row r="61" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A61" s="1">
-        <v>45887</v>
+        <v>45908</v>
       </c>
       <c r="B61" s="7">
-        <v>1.1661999999999999</v>
+        <v>1.1707399999999999</v>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
-      <c r="H61" s="1"/>
+      <c r="G61" s="1"/>
+      <c r="P61" s="2"/>
       <c r="Q61" s="2"/>
       <c r="R61" s="2"/>
-      <c r="S61" s="2"/>
-[...2 lines deleted...]
-    <row r="62" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U61" s="2"/>
+    </row>
+    <row r="62" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A62" s="1">
-        <v>45884</v>
+        <v>45905</v>
       </c>
       <c r="B62" s="7">
-        <v>1.1677090000000001</v>
+        <v>1.172083</v>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
-      <c r="H62" s="1"/>
+      <c r="G62" s="1"/>
+      <c r="P62" s="2"/>
       <c r="Q62" s="2"/>
       <c r="R62" s="2"/>
-      <c r="S62" s="2"/>
-[...2 lines deleted...]
-    <row r="63" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U62" s="2"/>
+    </row>
+    <row r="63" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
-        <v>45883</v>
+        <v>45904</v>
       </c>
       <c r="B63" s="7">
-        <v>1.163848</v>
+        <v>1.1672670000000001</v>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
-      <c r="H63" s="1"/>
+      <c r="G63" s="1"/>
+      <c r="P63" s="2"/>
       <c r="Q63" s="2"/>
       <c r="R63" s="2"/>
-      <c r="S63" s="2"/>
-[...2 lines deleted...]
-    <row r="64" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U63" s="2"/>
+    </row>
+    <row r="64" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A64" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B64" s="7">
-        <v>1.160963</v>
+        <v>1.162693</v>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
-      <c r="I64" s="1"/>
-[...3 lines deleted...]
-      <c r="W64" s="2"/>
     </row>
     <row r="65" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B65" s="7">
-        <v>1.1593290000000001</v>
+        <v>1.170061</v>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
-      <c r="I65" s="1"/>
-[...3 lines deleted...]
-      <c r="W65" s="2"/>
     </row>
     <row r="66" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B66" s="7">
-        <v>1.1590860000000001</v>
+        <v>1.1704920000000001</v>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
-      <c r="I66" s="1"/>
-[...3 lines deleted...]
-      <c r="W66" s="2"/>
     </row>
     <row r="67" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B67" s="7">
-        <v>1.1569119999999999</v>
+        <v>1.1730149999999999</v>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="4"/>
-      <c r="I67" s="1"/>
-[...3 lines deleted...]
-      <c r="W67" s="2"/>
     </row>
     <row r="68" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B68" s="7">
-        <v>1.1570640000000001</v>
+        <v>1.1737070000000001</v>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
-      <c r="I68" s="1"/>
+      <c r="H68" s="1"/>
+      <c r="Q68" s="2"/>
       <c r="R68" s="2"/>
       <c r="S68" s="2"/>
-      <c r="T68" s="2"/>
-      <c r="W68" s="2"/>
+      <c r="V68" s="2"/>
     </row>
     <row r="69" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B69" s="7">
-        <v>1.1573910000000001</v>
+        <v>1.1722349999999999</v>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
-      <c r="I69" s="1"/>
+      <c r="H69" s="1"/>
+      <c r="Q69" s="2"/>
       <c r="R69" s="2"/>
       <c r="S69" s="2"/>
-      <c r="T69" s="2"/>
-      <c r="W69" s="2"/>
+      <c r="V69" s="2"/>
     </row>
     <row r="70" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B70" s="7">
-        <v>1.1551990000000001</v>
+        <v>1.1703140000000001</v>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="4"/>
-      <c r="I70" s="1"/>
+      <c r="H70" s="1"/>
+      <c r="Q70" s="2"/>
       <c r="R70" s="2"/>
       <c r="S70" s="2"/>
-      <c r="T70" s="2"/>
-      <c r="W70" s="2"/>
+      <c r="V70" s="2"/>
     </row>
     <row r="71" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B71" s="7">
-        <v>1.1469419999999999</v>
+        <v>1.173522</v>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
-      <c r="I71" s="1"/>
+      <c r="H71" s="1"/>
+      <c r="Q71" s="2"/>
       <c r="R71" s="2"/>
       <c r="S71" s="2"/>
-      <c r="T71" s="2"/>
-      <c r="W71" s="2"/>
+      <c r="V71" s="2"/>
     </row>
     <row r="72" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B72" s="7">
-        <v>1.1494040000000001</v>
+        <v>1.1682220000000001</v>
       </c>
       <c r="C72" s="4"/>
       <c r="D72" s="4"/>
-      <c r="I72" s="1"/>
+      <c r="H72" s="1"/>
+      <c r="Q72" s="2"/>
       <c r="R72" s="2"/>
       <c r="S72" s="2"/>
-      <c r="T72" s="2"/>
-      <c r="W72" s="2"/>
+      <c r="V72" s="2"/>
     </row>
     <row r="73" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B73" s="7">
-        <v>1.15503</v>
+        <v>1.1709579999999999</v>
       </c>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
-      <c r="I73" s="1"/>
+      <c r="H73" s="1"/>
+      <c r="Q73" s="2"/>
       <c r="R73" s="2"/>
       <c r="S73" s="2"/>
-      <c r="T73" s="2"/>
-      <c r="W73" s="2"/>
+      <c r="V73" s="2"/>
     </row>
     <row r="74" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B74" s="7">
-        <v>1.155098</v>
+        <v>1.166777</v>
       </c>
       <c r="C74" s="4"/>
       <c r="D74" s="4"/>
-      <c r="I74" s="1"/>
+      <c r="H74" s="1"/>
+      <c r="Q74" s="2"/>
       <c r="R74" s="2"/>
       <c r="S74" s="2"/>
-      <c r="T74" s="2"/>
-      <c r="W74" s="2"/>
+      <c r="V74" s="2"/>
     </row>
     <row r="75" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B75" s="7">
-        <v>1.152034</v>
+        <v>1.1643030000000001</v>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
-      <c r="I75" s="1"/>
+      <c r="H75" s="1"/>
+      <c r="Q75" s="2"/>
       <c r="R75" s="2"/>
       <c r="S75" s="2"/>
-      <c r="T75" s="2"/>
-      <c r="W75" s="2"/>
+      <c r="V75" s="2"/>
     </row>
     <row r="76" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B76" s="7">
-        <v>1.154479</v>
+        <v>1.1661999999999999</v>
       </c>
       <c r="C76" s="4"/>
       <c r="D76" s="4"/>
-      <c r="I76" s="1"/>
+      <c r="H76" s="1"/>
+      <c r="Q76" s="2"/>
       <c r="R76" s="2"/>
       <c r="S76" s="2"/>
-      <c r="T76" s="2"/>
-      <c r="W76" s="2"/>
+      <c r="V76" s="2"/>
     </row>
     <row r="77" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B77" s="7">
-        <v>1.1507369999999999</v>
+        <v>1.1677090000000001</v>
       </c>
       <c r="C77" s="4"/>
       <c r="D77" s="4"/>
       <c r="H77" s="1"/>
-      <c r="I77" s="1"/>
       <c r="Q77" s="2"/>
       <c r="R77" s="2"/>
       <c r="S77" s="2"/>
-      <c r="T77" s="2"/>
       <c r="V77" s="2"/>
-      <c r="W77" s="2"/>
     </row>
     <row r="78" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B78" s="7">
-        <v>1.1511709999999999</v>
+        <v>1.163848</v>
       </c>
       <c r="C78" s="4"/>
       <c r="D78" s="4"/>
       <c r="H78" s="1"/>
-      <c r="I78" s="1"/>
       <c r="Q78" s="2"/>
       <c r="R78" s="2"/>
       <c r="S78" s="2"/>
-      <c r="T78" s="2"/>
       <c r="V78" s="2"/>
-      <c r="W78" s="2"/>
     </row>
     <row r="79" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B79" s="7">
-        <v>1.152004</v>
+        <v>1.160963</v>
       </c>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
-      <c r="H79" s="1"/>
       <c r="I79" s="1"/>
-      <c r="Q79" s="2"/>
       <c r="R79" s="2"/>
       <c r="S79" s="2"/>
       <c r="T79" s="2"/>
-      <c r="V79" s="2"/>
       <c r="W79" s="2"/>
     </row>
     <row r="80" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B80" s="7">
-        <v>1.1483939999999999</v>
+        <v>1.1593290000000001</v>
       </c>
       <c r="C80" s="4"/>
       <c r="D80" s="4"/>
-      <c r="H80" s="1"/>
-      <c r="Q80" s="2"/>
+      <c r="I80" s="1"/>
       <c r="R80" s="2"/>
       <c r="S80" s="2"/>
-      <c r="V80" s="2"/>
-[...1 lines deleted...]
-    <row r="81" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T80" s="2"/>
+      <c r="W80" s="2"/>
+    </row>
+    <row r="81" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A81" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B81" s="7">
-        <v>1.14751</v>
+        <v>1.1590860000000001</v>
       </c>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
-      <c r="H81" s="1"/>
-      <c r="Q81" s="2"/>
+      <c r="I81" s="1"/>
       <c r="R81" s="2"/>
       <c r="S81" s="2"/>
-      <c r="V81" s="2"/>
-[...1 lines deleted...]
-    <row r="82" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T81" s="2"/>
+      <c r="W81" s="2"/>
+    </row>
+    <row r="82" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A82" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B82" s="7">
-        <v>1.1508590000000001</v>
+        <v>1.1569119999999999</v>
       </c>
       <c r="C82" s="4"/>
       <c r="D82" s="4"/>
-      <c r="H82" s="1"/>
-      <c r="Q82" s="2"/>
+      <c r="I82" s="1"/>
       <c r="R82" s="2"/>
       <c r="S82" s="2"/>
-      <c r="V82" s="2"/>
-[...1 lines deleted...]
-    <row r="83" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T82" s="2"/>
+      <c r="W82" s="2"/>
+    </row>
+    <row r="83" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A83" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B83" s="7">
-        <v>1.144852</v>
+        <v>1.1570640000000001</v>
       </c>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
-      <c r="H83" s="1"/>
-      <c r="Q83" s="2"/>
+      <c r="I83" s="1"/>
       <c r="R83" s="2"/>
       <c r="S83" s="2"/>
-      <c r="V83" s="2"/>
-[...1 lines deleted...]
-    <row r="84" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T83" s="2"/>
+      <c r="W83" s="2"/>
+    </row>
+    <row r="84" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A84" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B84" s="7">
-        <v>1.1391549999999999</v>
+        <v>1.1573910000000001</v>
       </c>
       <c r="C84" s="4"/>
       <c r="D84" s="4"/>
-      <c r="H84" s="1"/>
-      <c r="Q84" s="2"/>
+      <c r="I84" s="1"/>
       <c r="R84" s="2"/>
       <c r="S84" s="2"/>
-      <c r="V84" s="2"/>
-[...1 lines deleted...]
-    <row r="85" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T84" s="2"/>
+      <c r="W84" s="2"/>
+    </row>
+    <row r="85" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A85" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B85" s="7">
-        <v>1.1449549999999999</v>
+        <v>1.1551990000000001</v>
       </c>
       <c r="C85" s="4"/>
       <c r="D85" s="4"/>
-      <c r="H85" s="1"/>
-      <c r="Q85" s="2"/>
+      <c r="I85" s="1"/>
       <c r="R85" s="2"/>
       <c r="S85" s="2"/>
-      <c r="V85" s="2"/>
-[...1 lines deleted...]
-    <row r="86" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T85" s="2"/>
+      <c r="W85" s="2"/>
+    </row>
+    <row r="86" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A86" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B86" s="7">
-        <v>1.1390070000000001</v>
+        <v>1.1469419999999999</v>
       </c>
       <c r="C86" s="4"/>
       <c r="D86" s="4"/>
-      <c r="G86" s="1"/>
-[...2 lines deleted...]
-      <c r="Q86" s="2"/>
+      <c r="I86" s="1"/>
       <c r="R86" s="2"/>
       <c r="S86" s="2"/>
-      <c r="U86" s="2"/>
-[...2 lines deleted...]
-    <row r="87" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T86" s="2"/>
+      <c r="W86" s="2"/>
+    </row>
+    <row r="87" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A87" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B87" s="7">
-        <v>1.141772</v>
+        <v>1.1494040000000001</v>
       </c>
       <c r="C87" s="4"/>
       <c r="D87" s="4"/>
-      <c r="G87" s="1"/>
-[...1 lines deleted...]
-      <c r="Q87" s="2"/>
+      <c r="I87" s="1"/>
       <c r="R87" s="2"/>
-      <c r="U87" s="2"/>
-[...1 lines deleted...]
-    <row r="88" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="S87" s="2"/>
+      <c r="T87" s="2"/>
+      <c r="W87" s="2"/>
+    </row>
+    <row r="88" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A88" s="1">
+        <v>45869</v>
+      </c>
+      <c r="B88" s="7">
+        <v>1.15503</v>
+      </c>
+      <c r="C88" s="4"/>
+      <c r="D88" s="4"/>
+      <c r="I88" s="1"/>
+      <c r="R88" s="2"/>
+      <c r="S88" s="2"/>
+      <c r="T88" s="2"/>
+      <c r="W88" s="2"/>
+    </row>
+    <row r="89" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>45868</v>
+      </c>
+      <c r="B89" s="7">
+        <v>1.155098</v>
+      </c>
+      <c r="C89" s="4"/>
+      <c r="D89" s="4"/>
+      <c r="I89" s="1"/>
+      <c r="R89" s="2"/>
+      <c r="S89" s="2"/>
+      <c r="T89" s="2"/>
+      <c r="W89" s="2"/>
+    </row>
+    <row r="90" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>45867</v>
+      </c>
+      <c r="B90" s="7">
+        <v>1.152034</v>
+      </c>
+      <c r="C90" s="4"/>
+      <c r="D90" s="4"/>
+      <c r="I90" s="1"/>
+      <c r="R90" s="2"/>
+      <c r="S90" s="2"/>
+      <c r="T90" s="2"/>
+      <c r="W90" s="2"/>
+    </row>
+    <row r="91" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>45866</v>
+      </c>
+      <c r="B91" s="7">
+        <v>1.154479</v>
+      </c>
+      <c r="C91" s="4"/>
+      <c r="D91" s="4"/>
+      <c r="I91" s="1"/>
+      <c r="R91" s="2"/>
+      <c r="S91" s="2"/>
+      <c r="T91" s="2"/>
+      <c r="W91" s="2"/>
+    </row>
+    <row r="92" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>45863</v>
+      </c>
+      <c r="B92" s="7">
+        <v>1.1507369999999999</v>
+      </c>
+      <c r="C92" s="4"/>
+      <c r="D92" s="4"/>
+      <c r="H92" s="1"/>
+      <c r="I92" s="1"/>
+      <c r="Q92" s="2"/>
+      <c r="R92" s="2"/>
+      <c r="S92" s="2"/>
+      <c r="T92" s="2"/>
+      <c r="V92" s="2"/>
+      <c r="W92" s="2"/>
+    </row>
+    <row r="93" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>45862</v>
+      </c>
+      <c r="B93" s="7">
+        <v>1.1511709999999999</v>
+      </c>
+      <c r="C93" s="4"/>
+      <c r="D93" s="4"/>
+      <c r="H93" s="1"/>
+      <c r="I93" s="1"/>
+      <c r="Q93" s="2"/>
+      <c r="R93" s="2"/>
+      <c r="S93" s="2"/>
+      <c r="T93" s="2"/>
+      <c r="V93" s="2"/>
+      <c r="W93" s="2"/>
+    </row>
+    <row r="94" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>45861</v>
+      </c>
+      <c r="B94" s="7">
+        <v>1.152004</v>
+      </c>
+      <c r="C94" s="4"/>
+      <c r="D94" s="4"/>
+      <c r="H94" s="1"/>
+      <c r="I94" s="1"/>
+      <c r="Q94" s="2"/>
+      <c r="R94" s="2"/>
+      <c r="S94" s="2"/>
+      <c r="T94" s="2"/>
+      <c r="V94" s="2"/>
+      <c r="W94" s="2"/>
+    </row>
+    <row r="95" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
+        <v>45860</v>
+      </c>
+      <c r="B95" s="7">
+        <v>1.1483939999999999</v>
+      </c>
+      <c r="C95" s="4"/>
+      <c r="D95" s="4"/>
+      <c r="H95" s="1"/>
+      <c r="Q95" s="2"/>
+      <c r="R95" s="2"/>
+      <c r="S95" s="2"/>
+      <c r="V95" s="2"/>
+    </row>
+    <row r="96" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B96" s="7">
+        <v>1.14751</v>
+      </c>
+      <c r="C96" s="4"/>
+      <c r="D96" s="4"/>
+      <c r="H96" s="1"/>
+      <c r="Q96" s="2"/>
+      <c r="R96" s="2"/>
+      <c r="S96" s="2"/>
+      <c r="V96" s="2"/>
+    </row>
+    <row r="97" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B97" s="7">
+        <v>1.1508590000000001</v>
+      </c>
+      <c r="C97" s="4"/>
+      <c r="D97" s="4"/>
+      <c r="H97" s="1"/>
+      <c r="Q97" s="2"/>
+      <c r="R97" s="2"/>
+      <c r="S97" s="2"/>
+      <c r="V97" s="2"/>
+    </row>
+    <row r="98" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B98" s="7">
+        <v>1.144852</v>
+      </c>
+      <c r="C98" s="4"/>
+      <c r="D98" s="4"/>
+      <c r="H98" s="1"/>
+      <c r="Q98" s="2"/>
+      <c r="R98" s="2"/>
+      <c r="S98" s="2"/>
+      <c r="V98" s="2"/>
+    </row>
+    <row r="99" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B99" s="7">
+        <v>1.1391549999999999</v>
+      </c>
+      <c r="C99" s="4"/>
+      <c r="D99" s="4"/>
+      <c r="H99" s="1"/>
+      <c r="Q99" s="2"/>
+      <c r="R99" s="2"/>
+      <c r="S99" s="2"/>
+      <c r="V99" s="2"/>
+    </row>
+    <row r="100" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B100" s="7">
+        <v>1.1449549999999999</v>
+      </c>
+      <c r="C100" s="4"/>
+      <c r="D100" s="4"/>
+      <c r="H100" s="1"/>
+      <c r="Q100" s="2"/>
+      <c r="R100" s="2"/>
+      <c r="S100" s="2"/>
+      <c r="V100" s="2"/>
+    </row>
+    <row r="101" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A101" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B101" s="7">
+        <v>1.1390070000000001</v>
+      </c>
+      <c r="C101" s="4"/>
+      <c r="D101" s="4"/>
+      <c r="G101" s="1"/>
+      <c r="H101" s="1"/>
+      <c r="P101" s="2"/>
+      <c r="Q101" s="2"/>
+      <c r="R101" s="2"/>
+      <c r="S101" s="2"/>
+      <c r="U101" s="2"/>
+      <c r="V101" s="2"/>
+    </row>
+    <row r="102" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A102" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B102" s="7">
+        <v>1.141772</v>
+      </c>
+      <c r="C102" s="4"/>
+      <c r="D102" s="4"/>
+      <c r="G102" s="1"/>
+      <c r="P102" s="2"/>
+      <c r="Q102" s="2"/>
+      <c r="R102" s="2"/>
+      <c r="U102" s="2"/>
+    </row>
+    <row r="103" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A103" s="1">
         <v>45848</v>
       </c>
-      <c r="B88" s="7">
+      <c r="B103" s="7">
         <v>1.1419410000000001</v>
       </c>
-      <c r="C88" s="6"/>
-[...116 lines deleted...]
-      <c r="B103" s="6"/>
       <c r="C103" s="6"/>
       <c r="D103" s="6"/>
     </row>
-    <row r="104" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B104" s="6"/>
+    <row r="104" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A104" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B104" s="7">
+        <v>1.138415</v>
+      </c>
       <c r="C104" s="6"/>
       <c r="D104" s="6"/>
     </row>
-    <row r="105" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B105" s="6"/>
+    <row r="105" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A105" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B105" s="7">
+        <v>1.140668</v>
+      </c>
       <c r="C105" s="6"/>
       <c r="D105" s="6"/>
     </row>
-    <row r="106" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B106" s="6"/>
+    <row r="106" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B106" s="7">
+        <v>1.142323</v>
+      </c>
       <c r="C106" s="6"/>
       <c r="D106" s="6"/>
     </row>
-    <row r="107" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B107" s="6"/>
+    <row r="107" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A107" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B107" s="7">
+        <v>1.142169</v>
+      </c>
       <c r="C107" s="6"/>
       <c r="D107" s="6"/>
     </row>
-    <row r="108" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B108" s="6"/>
+    <row r="108" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A108" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B108" s="7">
+        <v>1.14107</v>
+      </c>
       <c r="C108" s="6"/>
       <c r="D108" s="6"/>
     </row>
-    <row r="109" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B109" s="6"/>
+    <row r="109" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B109" s="7">
+        <v>1.140857</v>
+      </c>
       <c r="C109" s="6"/>
       <c r="D109" s="6"/>
     </row>
-    <row r="110" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B110" s="6"/>
+    <row r="110" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A110" s="1">
+        <v>45839</v>
+      </c>
+      <c r="B110" s="7">
+        <v>1.1365989999999999</v>
+      </c>
       <c r="C110" s="6"/>
       <c r="D110" s="6"/>
     </row>
-    <row r="111" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A111" s="1"/>
       <c r="B111" s="6"/>
       <c r="C111" s="6"/>
       <c r="D111" s="6"/>
     </row>
-    <row r="112" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A112" s="1"/>
       <c r="B112" s="6"/>
       <c r="C112" s="6"/>
       <c r="D112" s="6"/>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A113" s="1"/>
       <c r="B113" s="6"/>
       <c r="C113" s="6"/>
       <c r="D113" s="6"/>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A114" s="1"/>
       <c r="B114" s="6"/>
       <c r="C114" s="6"/>
       <c r="D114" s="6"/>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A115" s="1"/>
       <c r="B115" s="6"/>
       <c r="C115" s="6"/>
       <c r="D115" s="6"/>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A116" s="1"/>
@@ -8511,138 +9623,228 @@
       <c r="B167" s="6"/>
       <c r="C167" s="6"/>
       <c r="D167" s="6"/>
     </row>
     <row r="168" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A168" s="1"/>
       <c r="B168" s="6"/>
       <c r="C168" s="6"/>
       <c r="D168" s="6"/>
     </row>
     <row r="169" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A169" s="1"/>
       <c r="B169" s="6"/>
       <c r="C169" s="6"/>
       <c r="D169" s="6"/>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A170" s="1"/>
       <c r="B170" s="6"/>
       <c r="C170" s="6"/>
       <c r="D170" s="6"/>
     </row>
     <row r="171" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A171" s="1"/>
       <c r="B171" s="6"/>
+      <c r="C171" s="6"/>
+      <c r="D171" s="6"/>
     </row>
     <row r="172" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A172" s="1"/>
       <c r="B172" s="6"/>
+      <c r="C172" s="6"/>
+      <c r="D172" s="6"/>
     </row>
     <row r="173" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A173" s="1"/>
       <c r="B173" s="6"/>
+      <c r="C173" s="6"/>
+      <c r="D173" s="6"/>
     </row>
     <row r="174" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A174" s="1"/>
       <c r="B174" s="6"/>
+      <c r="C174" s="6"/>
+      <c r="D174" s="6"/>
     </row>
     <row r="175" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A175" s="1"/>
       <c r="B175" s="6"/>
+      <c r="C175" s="6"/>
+      <c r="D175" s="6"/>
     </row>
     <row r="176" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A176" s="1"/>
       <c r="B176" s="6"/>
-    </row>
-    <row r="177" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C176" s="6"/>
+      <c r="D176" s="6"/>
+    </row>
+    <row r="177" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A177" s="1"/>
       <c r="B177" s="6"/>
-    </row>
-    <row r="178" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C177" s="6"/>
+      <c r="D177" s="6"/>
+    </row>
+    <row r="178" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A178" s="1"/>
       <c r="B178" s="6"/>
-    </row>
-    <row r="179" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C178" s="6"/>
+      <c r="D178" s="6"/>
+    </row>
+    <row r="179" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A179" s="1"/>
       <c r="B179" s="6"/>
-    </row>
-    <row r="180" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C179" s="6"/>
+      <c r="D179" s="6"/>
+    </row>
+    <row r="180" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A180" s="1"/>
       <c r="B180" s="6"/>
-    </row>
-    <row r="181" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C180" s="6"/>
+      <c r="D180" s="6"/>
+    </row>
+    <row r="181" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A181" s="1"/>
       <c r="B181" s="6"/>
-    </row>
-    <row r="182" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C181" s="6"/>
+      <c r="D181" s="6"/>
+    </row>
+    <row r="182" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A182" s="1"/>
       <c r="B182" s="6"/>
-    </row>
-    <row r="183" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C182" s="6"/>
+      <c r="D182" s="6"/>
+    </row>
+    <row r="183" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A183" s="1"/>
       <c r="B183" s="6"/>
-    </row>
-    <row r="184" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C183" s="6"/>
+      <c r="D183" s="6"/>
+    </row>
+    <row r="184" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A184" s="1"/>
       <c r="B184" s="6"/>
-    </row>
-    <row r="185" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C184" s="6"/>
+      <c r="D184" s="6"/>
+    </row>
+    <row r="185" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A185" s="1"/>
       <c r="B185" s="6"/>
-    </row>
-    <row r="186" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C185" s="6"/>
+      <c r="D185" s="6"/>
+    </row>
+    <row r="186" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A186" s="1"/>
       <c r="B186" s="6"/>
     </row>
-    <row r="187" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="187" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A187" s="1"/>
       <c r="B187" s="6"/>
     </row>
-    <row r="188" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="188" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A188" s="1"/>
       <c r="B188" s="6"/>
     </row>
-    <row r="189" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="189" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A189" s="1"/>
       <c r="B189" s="6"/>
     </row>
-    <row r="190" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="190" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A190" s="1"/>
       <c r="B190" s="6"/>
     </row>
-    <row r="191" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="191" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A191" s="1"/>
       <c r="B191" s="6"/>
     </row>
-    <row r="192" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="192" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A192" s="1"/>
       <c r="B192" s="6"/>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.35">
       <c r="A193" s="1"/>
       <c r="B193" s="6"/>
+    </row>
+    <row r="194" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A194" s="1"/>
+      <c r="B194" s="6"/>
+    </row>
+    <row r="195" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A195" s="1"/>
+      <c r="B195" s="6"/>
+    </row>
+    <row r="196" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A196" s="1"/>
+      <c r="B196" s="6"/>
+    </row>
+    <row r="197" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A197" s="1"/>
+      <c r="B197" s="6"/>
+    </row>
+    <row r="198" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A198" s="1"/>
+      <c r="B198" s="6"/>
+    </row>
+    <row r="199" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A199" s="1"/>
+      <c r="B199" s="6"/>
+    </row>
+    <row r="200" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A200" s="1"/>
+      <c r="B200" s="6"/>
+    </row>
+    <row r="201" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A201" s="1"/>
+      <c r="B201" s="6"/>
+    </row>
+    <row r="202" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A202" s="1"/>
+      <c r="B202" s="6"/>
+    </row>
+    <row r="203" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A203" s="1"/>
+      <c r="B203" s="6"/>
+    </row>
+    <row r="204" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A204" s="1"/>
+      <c r="B204" s="6"/>
+    </row>
+    <row r="205" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A205" s="1"/>
+      <c r="B205" s="6"/>
+    </row>
+    <row r="206" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A206" s="1"/>
+      <c r="B206" s="6"/>
+    </row>
+    <row r="207" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A207" s="1"/>
+      <c r="B207" s="6"/>
+    </row>
+    <row r="208" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A208" s="1"/>
+      <c r="B208" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Prepaid Funeral_Funeral Bond</vt:lpstr>
       <vt:lpstr>Investment Bond</vt:lpstr>