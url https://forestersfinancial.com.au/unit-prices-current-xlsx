--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Administration\Products (Funds)\Unit pricing\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6426E457-5F5F-4E7D-A8A4-E4A202F8DB2E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71C3A30F-E041-4DCC-AD5C-EBD8019733DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="13380" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{8ECC81A5-EB3F-49F8-BE04-1406697A7ED3}"/>
   </bookViews>
   <sheets>
     <sheet name="Prepaid Funeral_Funeral Bond" sheetId="1" r:id="rId1"/>
     <sheet name="Investment Bond" sheetId="2" r:id="rId2"/>
     <sheet name="Education Bond" sheetId="4" r:id="rId3"/>
     <sheet name="Corporate Funeral Bond" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -444,8969 +444,10075 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A5374B0-6425-4502-9A0E-2983FDA3D210}">
-  <dimension ref="A1:Z114"/>
+  <dimension ref="A1:Z129"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" style="5" customWidth="1"/>
     <col min="19" max="19" width="11.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45989</v>
+        <v>46010</v>
       </c>
       <c r="B2" s="7">
-        <v>1.1319060000000001</v>
+        <v>1.1285320000000001</v>
       </c>
       <c r="C2" s="7">
-        <v>1.1137539999999999</v>
+        <v>1.1097649999999999</v>
       </c>
       <c r="D2" s="7">
-        <v>1.178326</v>
+        <v>1.1735100000000001</v>
       </c>
       <c r="E2" s="7">
-        <v>1.0819209999999999</v>
+        <v>1.0791519999999999</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45988</v>
+        <v>46009</v>
       </c>
       <c r="B3" s="7">
-        <v>1.1318980000000001</v>
+        <v>1.127453</v>
       </c>
       <c r="C3" s="7">
-        <v>1.113534</v>
+        <v>1.108276</v>
       </c>
       <c r="D3" s="7">
-        <v>1.177573</v>
+        <v>1.1712130000000001</v>
       </c>
       <c r="E3" s="7">
-        <v>1.081078</v>
+        <v>1.0775060000000001</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45987</v>
+        <v>46008</v>
       </c>
       <c r="B4" s="7">
-        <v>1.1306609999999999</v>
+        <v>1.1280950000000001</v>
       </c>
       <c r="C4" s="7">
-        <v>1.112123</v>
+        <v>1.1092200000000001</v>
       </c>
       <c r="D4" s="7">
-        <v>1.1755469999999999</v>
+        <v>1.172814</v>
       </c>
       <c r="E4" s="7">
-        <v>1.081701</v>
+        <v>1.078236</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45986</v>
+        <v>46007</v>
       </c>
       <c r="B5" s="7">
-        <v>1.1282399999999999</v>
+        <v>1.128409</v>
       </c>
       <c r="C5" s="7">
-        <v>1.1085799999999999</v>
+        <v>1.109602</v>
       </c>
       <c r="D5" s="7">
-        <v>1.1699139999999999</v>
+        <v>1.1731469999999999</v>
       </c>
       <c r="E5" s="7">
-        <v>1.079372</v>
+        <v>1.0785009999999999</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45985</v>
+        <v>46006</v>
       </c>
       <c r="B6" s="7">
-        <v>1.1268929999999999</v>
+        <v>1.129497</v>
       </c>
       <c r="C6" s="7">
-        <v>1.106824</v>
+        <v>1.111051</v>
       </c>
       <c r="D6" s="7">
-        <v>1.167888</v>
+        <v>1.1751499999999999</v>
       </c>
       <c r="E6" s="7">
-        <v>1.078028</v>
+        <v>1.0798099999999999</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45982</v>
+        <v>46003</v>
       </c>
       <c r="B7" s="7">
-        <v>1.1246210000000001</v>
+        <v>1.1311150000000001</v>
       </c>
       <c r="C7" s="7">
-        <v>1.1035509999999999</v>
+        <v>1.113046</v>
       </c>
       <c r="D7" s="7">
-        <v>1.1629689999999999</v>
+        <v>1.1781520000000001</v>
       </c>
       <c r="E7" s="7">
-        <v>1.0747180000000001</v>
+        <v>1.080487</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45981</v>
+        <v>46002</v>
       </c>
       <c r="B8" s="7">
-        <v>1.1289469999999999</v>
+        <v>1.1281129999999999</v>
       </c>
       <c r="C8" s="7">
-        <v>1.109502</v>
+        <v>1.1091690000000001</v>
       </c>
       <c r="D8" s="7">
-        <v>1.171872</v>
+        <v>1.1724540000000001</v>
       </c>
       <c r="E8" s="7">
-        <v>1.0796269999999999</v>
-[...5 lines deleted...]
-      <c r="Y8" s="2"/>
+        <v>1.0766370000000001</v>
+      </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45980</v>
+        <v>46001</v>
       </c>
       <c r="B9" s="7">
-        <v>1.1265719999999999</v>
+        <v>1.12795</v>
       </c>
       <c r="C9" s="7">
-        <v>1.106006</v>
+        <v>1.1091169999999999</v>
       </c>
       <c r="D9" s="7">
-        <v>1.166785</v>
+        <v>1.1729620000000001</v>
       </c>
       <c r="E9" s="7">
-        <v>1.0763229999999999</v>
-[...2 lines deleted...]
-      <c r="T9" s="2"/>
+        <v>1.078263</v>
+      </c>
+      <c r="L9" s="1"/>
       <c r="U9" s="2"/>
       <c r="V9" s="2"/>
-      <c r="Y9" s="2"/>
+      <c r="W9" s="2"/>
+      <c r="Z9" s="2"/>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45979</v>
+        <v>46000</v>
       </c>
       <c r="B10" s="7">
-        <v>1.1265970000000001</v>
+        <v>1.128744</v>
       </c>
       <c r="C10" s="7">
-        <v>1.107202</v>
+        <v>1.1098749999999999</v>
       </c>
       <c r="D10" s="7">
-        <v>1.1686240000000001</v>
+        <v>1.17374</v>
       </c>
       <c r="E10" s="7">
-        <v>1.0762430000000001</v>
-[...2 lines deleted...]
-      <c r="T10" s="2"/>
+        <v>1.0790310000000001</v>
+      </c>
+      <c r="L10" s="1"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
-      <c r="Y10" s="2"/>
+      <c r="W10" s="2"/>
+      <c r="Z10" s="2"/>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45978</v>
+        <v>45999</v>
       </c>
       <c r="B11" s="7">
-        <v>1.1318950000000001</v>
+        <v>1.13028</v>
       </c>
       <c r="C11" s="7">
-        <v>1.1133649999999999</v>
+        <v>1.111829</v>
       </c>
       <c r="D11" s="7">
-        <v>1.1779770000000001</v>
+        <v>1.176026</v>
       </c>
       <c r="E11" s="7">
-        <v>1.082023</v>
-[...2 lines deleted...]
-      <c r="T11" s="2"/>
+        <v>1.0803929999999999</v>
+      </c>
+      <c r="L11" s="1"/>
       <c r="U11" s="2"/>
       <c r="V11" s="2"/>
-      <c r="Y11" s="2"/>
+      <c r="W11" s="2"/>
+      <c r="Z11" s="2"/>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45975</v>
+        <v>45996</v>
       </c>
       <c r="B12" s="7">
-        <v>1.131993</v>
+        <v>1.1309910000000001</v>
       </c>
       <c r="C12" s="7">
-        <v>1.113669</v>
+        <v>1.112616</v>
       </c>
       <c r="D12" s="7">
-        <v>1.1780360000000001</v>
+        <v>1.177152</v>
       </c>
       <c r="E12" s="7">
-        <v>1.081923</v>
-[...1 lines deleted...]
-      <c r="K12" s="1"/>
+        <v>1.080171</v>
+      </c>
       <c r="L12" s="1"/>
-      <c r="T12" s="2"/>
       <c r="U12" s="2"/>
       <c r="V12" s="2"/>
       <c r="W12" s="2"/>
-      <c r="Y12" s="2"/>
       <c r="Z12" s="2"/>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45974</v>
+        <v>45995</v>
       </c>
       <c r="B13" s="7">
-        <v>1.1358550000000001</v>
+        <v>1.13069</v>
       </c>
       <c r="C13" s="7">
-        <v>1.1187279999999999</v>
+        <v>1.112282</v>
       </c>
       <c r="D13" s="7">
-        <v>1.1850050000000001</v>
+        <v>1.1767700000000001</v>
       </c>
       <c r="E13" s="7">
-        <v>1.0859430000000001</v>
+        <v>1.0804640000000001</v>
       </c>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="T13" s="2"/>
       <c r="U13" s="2"/>
       <c r="V13" s="2"/>
       <c r="W13" s="2"/>
       <c r="Y13" s="2"/>
       <c r="Z13" s="2"/>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45973</v>
+        <v>45994</v>
       </c>
       <c r="B14" s="7">
-        <v>1.1359999999999999</v>
+        <v>1.1310279999999999</v>
       </c>
       <c r="C14" s="7">
-        <v>1.119013</v>
+        <v>1.1126180000000001</v>
       </c>
       <c r="D14" s="7">
-        <v>1.1851400000000001</v>
+        <v>1.177073</v>
       </c>
       <c r="E14" s="7">
-        <v>1.086163</v>
+        <v>1.0808720000000001</v>
       </c>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="Y14" s="2"/>
       <c r="Z14" s="2"/>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45972</v>
+        <v>45993</v>
       </c>
       <c r="B15" s="7">
-        <v>1.1348560000000001</v>
+        <v>1.131275</v>
       </c>
       <c r="C15" s="7">
-        <v>1.1176090000000001</v>
+        <v>1.112738</v>
       </c>
       <c r="D15" s="7">
-        <v>1.183055</v>
+        <v>1.177381</v>
       </c>
       <c r="E15" s="7">
-        <v>1.08555</v>
+        <v>1.080865</v>
       </c>
       <c r="K15" s="1"/>
-      <c r="L15" s="1"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
-      <c r="W15" s="2"/>
       <c r="Y15" s="2"/>
-      <c r="Z15" s="2"/>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45971</v>
+        <v>45992</v>
       </c>
       <c r="B16" s="7">
-        <v>1.1340939999999999</v>
+        <v>1.131068</v>
       </c>
       <c r="C16" s="7">
-        <v>1.116446</v>
+        <v>1.112455</v>
       </c>
       <c r="D16" s="7">
-        <v>1.1816869999999999</v>
+        <v>1.1767209999999999</v>
       </c>
       <c r="E16" s="7">
-        <v>1.0848660000000001</v>
+        <v>1.080743</v>
       </c>
       <c r="K16" s="1"/>
-      <c r="L16" s="1"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
-      <c r="W16" s="2"/>
       <c r="Y16" s="2"/>
-      <c r="Z16" s="2"/>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45968</v>
+        <v>45989</v>
       </c>
       <c r="B17" s="7">
-        <v>1.1325080000000001</v>
+        <v>1.1319060000000001</v>
       </c>
       <c r="C17" s="7">
-        <v>1.114323</v>
+        <v>1.1137539999999999</v>
       </c>
       <c r="D17" s="7">
-        <v>1.1787160000000001</v>
+        <v>1.178326</v>
       </c>
       <c r="E17" s="7">
-        <v>1.0834630000000001</v>
+        <v>1.0819209999999999</v>
       </c>
       <c r="K17" s="1"/>
-      <c r="L17" s="1"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
-      <c r="W17" s="2"/>
       <c r="Y17" s="2"/>
-      <c r="Z17" s="2"/>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45967</v>
+        <v>45988</v>
       </c>
       <c r="B18" s="7">
-        <v>1.133915</v>
+        <v>1.1318980000000001</v>
       </c>
       <c r="C18" s="7">
-        <v>1.116206</v>
+        <v>1.113534</v>
       </c>
       <c r="D18" s="7">
-        <v>1.181648</v>
+        <v>1.177573</v>
       </c>
       <c r="E18" s="7">
-        <v>1.0861609999999999</v>
+        <v>1.081078</v>
       </c>
       <c r="K18" s="1"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
       <c r="V18" s="2"/>
       <c r="Y18" s="2"/>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45966</v>
+        <v>45987</v>
       </c>
       <c r="B19" s="7">
-        <v>1.1334340000000001</v>
+        <v>1.1306609999999999</v>
       </c>
       <c r="C19" s="7">
-        <v>1.115435</v>
+        <v>1.112123</v>
       </c>
       <c r="D19" s="7">
-        <v>1.180599</v>
+        <v>1.1755469999999999</v>
       </c>
       <c r="E19" s="7">
-        <v>1.0844499999999999</v>
+        <v>1.081701</v>
       </c>
       <c r="K19" s="1"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="Y19" s="2"/>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45965</v>
+        <v>45986</v>
       </c>
       <c r="B20" s="7">
-        <v>1.134417</v>
+        <v>1.1282399999999999</v>
       </c>
       <c r="C20" s="7">
-        <v>1.116495</v>
+        <v>1.1085799999999999</v>
       </c>
       <c r="D20" s="7">
-        <v>1.182267</v>
+        <v>1.1699139999999999</v>
       </c>
       <c r="E20" s="7">
-        <v>1.0863659999999999</v>
-      </c>
+        <v>1.079372</v>
+      </c>
+      <c r="K20" s="1"/>
+      <c r="T20" s="2"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="2"/>
+      <c r="Y20" s="2"/>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45964</v>
+        <v>45985</v>
       </c>
       <c r="B21" s="7">
-        <v>1.135699</v>
+        <v>1.1268929999999999</v>
       </c>
       <c r="C21" s="7">
-        <v>1.118276</v>
+        <v>1.106824</v>
       </c>
       <c r="D21" s="7">
-        <v>1.1848099999999999</v>
+        <v>1.167888</v>
       </c>
       <c r="E21" s="7">
-        <v>1.0891630000000001</v>
-[...2 lines deleted...]
-      <c r="S21" s="2"/>
+        <v>1.078028</v>
+      </c>
+      <c r="K21" s="1"/>
       <c r="T21" s="2"/>
       <c r="U21" s="2"/>
-      <c r="X21" s="2"/>
+      <c r="V21" s="2"/>
+      <c r="Y21" s="2"/>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45961</v>
+        <v>45982</v>
       </c>
       <c r="B22" s="7">
-        <v>1.13652</v>
+        <v>1.1246210000000001</v>
       </c>
       <c r="C22" s="7">
-        <v>1.118684</v>
+        <v>1.1035509999999999</v>
       </c>
       <c r="D22" s="7">
-        <v>1.185025</v>
+        <v>1.1629689999999999</v>
       </c>
       <c r="E22" s="7">
-        <v>1.0896699999999999</v>
-[...5 lines deleted...]
-      <c r="X22" s="2"/>
+        <v>1.0747180000000001</v>
+      </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45960</v>
+        <v>45981</v>
       </c>
       <c r="B23" s="7">
-        <v>1.1365989999999999</v>
+        <v>1.1289469999999999</v>
       </c>
       <c r="C23" s="7">
-        <v>1.119041</v>
+        <v>1.109502</v>
       </c>
       <c r="D23" s="7">
-        <v>1.185362</v>
+        <v>1.171872</v>
       </c>
       <c r="E23" s="7">
-        <v>1.091397</v>
-[...2 lines deleted...]
-      <c r="S23" s="2"/>
+        <v>1.0796269999999999</v>
+      </c>
+      <c r="K23" s="1"/>
       <c r="T23" s="2"/>
       <c r="U23" s="2"/>
-      <c r="X23" s="2"/>
+      <c r="V23" s="2"/>
+      <c r="Y23" s="2"/>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="B24" s="7">
-        <v>1.137964</v>
+        <v>1.1265719999999999</v>
       </c>
       <c r="C24" s="7">
-        <v>1.120987</v>
+        <v>1.106006</v>
       </c>
       <c r="D24" s="7">
-        <v>1.1880310000000001</v>
+        <v>1.166785</v>
       </c>
       <c r="E24" s="7">
-        <v>1.093434</v>
-[...2 lines deleted...]
-      <c r="S24" s="2"/>
+        <v>1.0763229999999999</v>
+      </c>
+      <c r="K24" s="1"/>
       <c r="T24" s="2"/>
       <c r="U24" s="2"/>
-      <c r="X24" s="2"/>
+      <c r="V24" s="2"/>
+      <c r="Y24" s="2"/>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
-        <v>45958</v>
+        <v>45979</v>
       </c>
       <c r="B25" s="7">
-        <v>1.139219</v>
+        <v>1.1265970000000001</v>
       </c>
       <c r="C25" s="7">
-        <v>1.122538</v>
+        <v>1.107202</v>
       </c>
       <c r="D25" s="7">
-        <v>1.189573</v>
+        <v>1.1686240000000001</v>
       </c>
       <c r="E25" s="7">
-        <v>1.094176</v>
-[...2 lines deleted...]
-      <c r="S25" s="2"/>
+        <v>1.0762430000000001</v>
+      </c>
+      <c r="K25" s="1"/>
       <c r="T25" s="2"/>
       <c r="U25" s="2"/>
-      <c r="X25" s="2"/>
+      <c r="V25" s="2"/>
+      <c r="Y25" s="2"/>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
-        <v>45957</v>
+        <v>45978</v>
       </c>
       <c r="B26" s="7">
-        <v>1.139451</v>
+        <v>1.1318950000000001</v>
       </c>
       <c r="C26" s="7">
-        <v>1.1227929999999999</v>
+        <v>1.1133649999999999</v>
       </c>
       <c r="D26" s="7">
-        <v>1.1896720000000001</v>
+        <v>1.1779770000000001</v>
       </c>
       <c r="E26" s="7">
-        <v>1.0958920000000001</v>
-[...2 lines deleted...]
-      <c r="S26" s="2"/>
+        <v>1.082023</v>
+      </c>
+      <c r="K26" s="1"/>
       <c r="T26" s="2"/>
       <c r="U26" s="2"/>
-      <c r="X26" s="2"/>
+      <c r="V26" s="2"/>
+      <c r="Y26" s="2"/>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
-        <v>45954</v>
+        <v>45975</v>
       </c>
       <c r="B27" s="7">
-        <v>1.137721</v>
+        <v>1.131993</v>
       </c>
       <c r="C27" s="7">
-        <v>1.1205000000000001</v>
+        <v>1.113669</v>
       </c>
       <c r="D27" s="7">
-        <v>1.186167</v>
+        <v>1.1780360000000001</v>
       </c>
       <c r="E27" s="7">
-        <v>1.0945180000000001</v>
-      </c>
+        <v>1.081923</v>
+      </c>
+      <c r="K27" s="1"/>
+      <c r="L27" s="1"/>
+      <c r="T27" s="2"/>
+      <c r="U27" s="2"/>
+      <c r="V27" s="2"/>
+      <c r="W27" s="2"/>
+      <c r="Y27" s="2"/>
+      <c r="Z27" s="2"/>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
-        <v>45953</v>
+        <v>45974</v>
       </c>
       <c r="B28" s="7">
-        <v>1.137761</v>
+        <v>1.1358550000000001</v>
       </c>
       <c r="C28" s="7">
-        <v>1.120331</v>
+        <v>1.1187279999999999</v>
       </c>
       <c r="D28" s="7">
-        <v>1.1859200000000001</v>
+        <v>1.1850050000000001</v>
       </c>
       <c r="E28" s="7">
-        <v>1.0941080000000001</v>
-      </c>
+        <v>1.0859430000000001</v>
+      </c>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+      <c r="T28" s="2"/>
+      <c r="U28" s="2"/>
+      <c r="V28" s="2"/>
+      <c r="W28" s="2"/>
+      <c r="Y28" s="2"/>
+      <c r="Z28" s="2"/>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
-        <v>45952</v>
+        <v>45973</v>
       </c>
       <c r="B29" s="7">
-        <v>1.137643</v>
+        <v>1.1359999999999999</v>
       </c>
       <c r="C29" s="7">
-        <v>1.1203000000000001</v>
+        <v>1.119013</v>
       </c>
       <c r="D29" s="7">
-        <v>1.1860170000000001</v>
+        <v>1.1851400000000001</v>
       </c>
       <c r="E29" s="7">
-        <v>1.093923</v>
-      </c>
+        <v>1.086163</v>
+      </c>
+      <c r="K29" s="1"/>
+      <c r="L29" s="1"/>
+      <c r="T29" s="2"/>
+      <c r="U29" s="2"/>
+      <c r="V29" s="2"/>
+      <c r="W29" s="2"/>
+      <c r="Y29" s="2"/>
+      <c r="Z29" s="2"/>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
-        <v>45951</v>
+        <v>45972</v>
       </c>
       <c r="B30" s="7">
-        <v>1.1386540000000001</v>
+        <v>1.1348560000000001</v>
       </c>
       <c r="C30" s="7">
-        <v>1.121688</v>
+        <v>1.1176090000000001</v>
       </c>
       <c r="D30" s="7">
-        <v>1.1876500000000001</v>
+        <v>1.183055</v>
       </c>
       <c r="E30" s="7">
-        <v>1.0946800000000001</v>
-      </c>
+        <v>1.08555</v>
+      </c>
+      <c r="K30" s="1"/>
+      <c r="L30" s="1"/>
+      <c r="T30" s="2"/>
+      <c r="U30" s="2"/>
+      <c r="V30" s="2"/>
+      <c r="W30" s="2"/>
+      <c r="Y30" s="2"/>
+      <c r="Z30" s="2"/>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
-        <v>45950</v>
+        <v>45971</v>
       </c>
       <c r="B31" s="7">
-        <v>1.1366959999999999</v>
+        <v>1.1340939999999999</v>
       </c>
       <c r="C31" s="7">
-        <v>1.1194200000000001</v>
+        <v>1.116446</v>
       </c>
       <c r="D31" s="7">
-        <v>1.184895</v>
+        <v>1.1816869999999999</v>
       </c>
       <c r="E31" s="7">
-        <v>1.0934619999999999</v>
+        <v>1.0848660000000001</v>
       </c>
       <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
       <c r="T31" s="2"/>
       <c r="U31" s="2"/>
       <c r="V31" s="2"/>
+      <c r="W31" s="2"/>
       <c r="Y31" s="2"/>
+      <c r="Z31" s="2"/>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B32" s="7">
-        <v>1.1349689999999999</v>
+        <v>1.1325080000000001</v>
       </c>
       <c r="C32" s="7">
-        <v>1.1171420000000001</v>
+        <v>1.114323</v>
       </c>
       <c r="D32" s="7">
-        <v>1.181908</v>
+        <v>1.1787160000000001</v>
       </c>
       <c r="E32" s="7">
-        <v>1.0888580000000001</v>
+        <v>1.0834630000000001</v>
       </c>
       <c r="K32" s="1"/>
+      <c r="L32" s="1"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
+      <c r="W32" s="2"/>
       <c r="Y32" s="2"/>
+      <c r="Z32" s="2"/>
     </row>
     <row r="33" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B33" s="7">
-        <v>1.135904</v>
+        <v>1.133915</v>
       </c>
       <c r="C33" s="7">
-        <v>1.1177440000000001</v>
+        <v>1.116206</v>
       </c>
       <c r="D33" s="7">
-        <v>1.183263</v>
+        <v>1.181648</v>
       </c>
       <c r="E33" s="7">
-        <v>1.0921339999999999</v>
+        <v>1.0861609999999999</v>
       </c>
       <c r="K33" s="1"/>
       <c r="T33" s="2"/>
       <c r="U33" s="2"/>
       <c r="V33" s="2"/>
       <c r="Y33" s="2"/>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A34" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B34" s="7">
-        <v>1.133346</v>
+        <v>1.1334340000000001</v>
       </c>
       <c r="C34" s="7">
-        <v>1.1148290000000001</v>
+        <v>1.115435</v>
       </c>
       <c r="D34" s="7">
-        <v>1.1797550000000001</v>
+        <v>1.180599</v>
       </c>
       <c r="E34" s="7">
-        <v>1.0893330000000001</v>
+        <v>1.0844499999999999</v>
       </c>
       <c r="K34" s="1"/>
       <c r="T34" s="2"/>
       <c r="U34" s="2"/>
       <c r="V34" s="2"/>
       <c r="Y34" s="2"/>
     </row>
     <row r="35" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A35" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B35" s="7">
-        <v>1.1303650000000001</v>
+        <v>1.134417</v>
       </c>
       <c r="C35" s="7">
-        <v>1.111658</v>
+        <v>1.116495</v>
       </c>
       <c r="D35" s="7">
-        <v>1.1759900000000001</v>
+        <v>1.182267</v>
       </c>
       <c r="E35" s="7">
-        <v>1.0857840000000001</v>
-[...9 lines deleted...]
-      <c r="Y35" s="2"/>
+        <v>1.0863659999999999</v>
+      </c>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B36" s="7">
-        <v>1.1298820000000001</v>
+        <v>1.135699</v>
       </c>
       <c r="C36" s="7">
-        <v>1.110862</v>
+        <v>1.118276</v>
       </c>
       <c r="D36" s="7">
-        <v>1.175262</v>
+        <v>1.1848099999999999</v>
       </c>
       <c r="E36" s="7">
-        <v>1.085628</v>
-[...2 lines deleted...]
-      <c r="R36" s="2"/>
+        <v>1.0891630000000001</v>
+      </c>
+      <c r="J36" s="1"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
-      <c r="W36" s="2"/>
+      <c r="U36" s="2"/>
+      <c r="X36" s="2"/>
     </row>
     <row r="37" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B37" s="7">
-        <v>1.1318509999999999</v>
+        <v>1.13652</v>
       </c>
       <c r="C37" s="7">
-        <v>1.1133489999999999</v>
+        <v>1.118684</v>
       </c>
       <c r="D37" s="7">
-        <v>1.178947</v>
+        <v>1.185025</v>
       </c>
       <c r="E37" s="7">
-        <v>1.084584</v>
-[...2 lines deleted...]
-      <c r="R37" s="2"/>
+        <v>1.0896699999999999</v>
+      </c>
+      <c r="J37" s="1"/>
       <c r="S37" s="2"/>
       <c r="T37" s="2"/>
-      <c r="W37" s="2"/>
+      <c r="U37" s="2"/>
+      <c r="X37" s="2"/>
     </row>
     <row r="38" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A38" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B38" s="7">
-        <v>1.132441</v>
+        <v>1.1365989999999999</v>
       </c>
       <c r="C38" s="7">
-        <v>1.113947</v>
+        <v>1.119041</v>
       </c>
       <c r="D38" s="7">
-        <v>1.1797040000000001</v>
+        <v>1.185362</v>
       </c>
       <c r="E38" s="7">
-        <v>1.0883499999999999</v>
-[...2 lines deleted...]
-      <c r="R38" s="2"/>
+        <v>1.091397</v>
+      </c>
+      <c r="J38" s="1"/>
       <c r="S38" s="2"/>
       <c r="T38" s="2"/>
-      <c r="W38" s="2"/>
+      <c r="U38" s="2"/>
+      <c r="X38" s="2"/>
     </row>
     <row r="39" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
-        <v>45938</v>
+        <v>45959</v>
       </c>
       <c r="B39" s="7">
-        <v>1.131759</v>
+        <v>1.137964</v>
       </c>
       <c r="C39" s="7">
-        <v>1.113383</v>
+        <v>1.120987</v>
       </c>
       <c r="D39" s="7">
-        <v>1.1789320000000001</v>
+        <v>1.1880310000000001</v>
       </c>
       <c r="E39" s="7">
-        <v>1.087407</v>
-[...2 lines deleted...]
-      <c r="R39" s="2"/>
+        <v>1.093434</v>
+      </c>
+      <c r="J39" s="1"/>
       <c r="S39" s="2"/>
       <c r="T39" s="2"/>
-      <c r="W39" s="2"/>
+      <c r="U39" s="2"/>
+      <c r="X39" s="2"/>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A40" s="1">
-        <v>45937</v>
+        <v>45958</v>
       </c>
       <c r="B40" s="7">
-        <v>1.132072</v>
+        <v>1.139219</v>
       </c>
       <c r="C40" s="7">
-        <v>1.1134269999999999</v>
+        <v>1.122538</v>
       </c>
       <c r="D40" s="7">
-        <v>1.179092</v>
+        <v>1.189573</v>
       </c>
       <c r="E40" s="7">
-        <v>1.0885830000000001</v>
-[...2 lines deleted...]
-      <c r="R40" s="2"/>
+        <v>1.094176</v>
+      </c>
+      <c r="J40" s="1"/>
       <c r="S40" s="2"/>
       <c r="T40" s="2"/>
-      <c r="W40" s="2"/>
+      <c r="U40" s="2"/>
+      <c r="X40" s="2"/>
     </row>
     <row r="41" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A41" s="1">
-        <v>45936</v>
+        <v>45957</v>
       </c>
       <c r="B41" s="7">
-        <v>1.1323589999999999</v>
+        <v>1.139451</v>
       </c>
       <c r="C41" s="7">
-        <v>1.1137680000000001</v>
+        <v>1.1227929999999999</v>
       </c>
       <c r="D41" s="7">
-        <v>1.179252</v>
+        <v>1.1896720000000001</v>
       </c>
       <c r="E41" s="7">
-        <v>1.0889340000000001</v>
-      </c>
+        <v>1.0958920000000001</v>
+      </c>
+      <c r="J41" s="1"/>
+      <c r="S41" s="2"/>
+      <c r="T41" s="2"/>
+      <c r="U41" s="2"/>
+      <c r="X41" s="2"/>
     </row>
     <row r="42" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A42" s="1">
-        <v>45933</v>
+        <v>45954</v>
       </c>
       <c r="B42" s="7">
-        <v>1.1313839999999999</v>
+        <v>1.137721</v>
       </c>
       <c r="C42" s="7">
-        <v>1.1120319999999999</v>
+        <v>1.1205000000000001</v>
       </c>
       <c r="D42" s="7">
-        <v>1.177233</v>
+        <v>1.186167</v>
       </c>
       <c r="E42" s="7">
-        <v>1.0878129999999999</v>
+        <v>1.0945180000000001</v>
       </c>
     </row>
     <row r="43" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A43" s="1">
-        <v>45932</v>
+        <v>45953</v>
       </c>
       <c r="B43" s="7">
-        <v>1.130728</v>
+        <v>1.137761</v>
       </c>
       <c r="C43" s="7">
-        <v>1.1109359999999999</v>
+        <v>1.120331</v>
       </c>
       <c r="D43" s="7">
-        <v>1.1749780000000001</v>
+        <v>1.1859200000000001</v>
       </c>
       <c r="E43" s="7">
-        <v>1.0865050000000001</v>
+        <v>1.0941080000000001</v>
       </c>
     </row>
     <row r="44" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A44" s="1">
-        <v>45931</v>
+        <v>45952</v>
       </c>
       <c r="B44" s="7">
-        <v>1.1282650000000001</v>
+        <v>1.137643</v>
       </c>
       <c r="C44" s="7">
-        <v>1.107925</v>
+        <v>1.1203000000000001</v>
       </c>
       <c r="D44" s="7">
-        <v>1.1708289999999999</v>
+        <v>1.1860170000000001</v>
       </c>
       <c r="E44" s="7">
-        <v>1.0835840000000001</v>
+        <v>1.093923</v>
       </c>
     </row>
     <row r="45" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A45" s="1">
-        <v>45930</v>
+        <v>45951</v>
       </c>
       <c r="B45" s="7">
-        <v>1.1278280000000001</v>
+        <v>1.1386540000000001</v>
       </c>
       <c r="C45" s="7">
-        <v>1.106862</v>
+        <v>1.121688</v>
       </c>
       <c r="D45" s="7">
-        <v>1.1697010000000001</v>
+        <v>1.1876500000000001</v>
       </c>
       <c r="E45" s="7">
-        <v>1.082908</v>
+        <v>1.0946800000000001</v>
       </c>
     </row>
     <row r="46" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A46" s="1">
-        <v>45929</v>
+        <v>45950</v>
       </c>
       <c r="B46" s="7">
-        <v>1.1278809999999999</v>
+        <v>1.1366959999999999</v>
       </c>
       <c r="C46" s="7">
-        <v>1.107073</v>
+        <v>1.1194200000000001</v>
       </c>
       <c r="D46" s="7">
-        <v>1.1701699999999999</v>
+        <v>1.184895</v>
       </c>
       <c r="E46" s="7">
-        <v>1.0826610000000001</v>
-      </c>
+        <v>1.0934619999999999</v>
+      </c>
+      <c r="K46" s="1"/>
+      <c r="T46" s="2"/>
+      <c r="U46" s="2"/>
+      <c r="V46" s="2"/>
+      <c r="Y46" s="2"/>
     </row>
     <row r="47" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A47" s="1">
-        <v>45926</v>
+        <v>45947</v>
       </c>
       <c r="B47" s="7">
-        <v>1.125373</v>
+        <v>1.1349689999999999</v>
       </c>
       <c r="C47" s="7">
-        <v>1.104668</v>
+        <v>1.1171420000000001</v>
       </c>
       <c r="D47" s="7">
-        <v>1.167065</v>
+        <v>1.181908</v>
       </c>
       <c r="E47" s="7">
-        <v>1.0798380000000001</v>
-      </c>
+        <v>1.0888580000000001</v>
+      </c>
+      <c r="K47" s="1"/>
+      <c r="T47" s="2"/>
+      <c r="U47" s="2"/>
+      <c r="V47" s="2"/>
+      <c r="Y47" s="2"/>
     </row>
     <row r="48" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A48" s="1">
-        <v>45925</v>
+        <v>45946</v>
       </c>
       <c r="B48" s="7">
-        <v>1.1258600000000001</v>
+        <v>1.135904</v>
       </c>
       <c r="C48" s="7">
-        <v>1.1054390000000001</v>
+        <v>1.1177440000000001</v>
       </c>
       <c r="D48" s="7">
-        <v>1.16788</v>
+        <v>1.183263</v>
       </c>
       <c r="E48" s="7">
-        <v>1.08135</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0921339999999999</v>
+      </c>
+      <c r="K48" s="1"/>
+      <c r="T48" s="2"/>
+      <c r="U48" s="2"/>
+      <c r="V48" s="2"/>
+      <c r="Y48" s="2"/>
+    </row>
+    <row r="49" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
-        <v>45924</v>
+        <v>45945</v>
       </c>
       <c r="B49" s="7">
-        <v>1.126304</v>
+        <v>1.133346</v>
       </c>
       <c r="C49" s="7">
-        <v>1.1053109999999999</v>
+        <v>1.1148290000000001</v>
       </c>
       <c r="D49" s="7">
-        <v>1.1676059999999999</v>
+        <v>1.1797550000000001</v>
       </c>
       <c r="E49" s="7">
-        <v>1.083161</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0893330000000001</v>
+      </c>
+      <c r="K49" s="1"/>
+      <c r="T49" s="2"/>
+      <c r="U49" s="2"/>
+      <c r="V49" s="2"/>
+      <c r="Y49" s="2"/>
+    </row>
+    <row r="50" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
-        <v>45923</v>
+        <v>45944</v>
       </c>
       <c r="B50" s="7">
-        <v>1.128271</v>
+        <v>1.1303650000000001</v>
       </c>
       <c r="C50" s="7">
-        <v>1.1070199999999999</v>
+        <v>1.111658</v>
       </c>
       <c r="D50" s="7">
-        <v>1.170358</v>
+        <v>1.1759900000000001</v>
       </c>
       <c r="E50" s="7">
-        <v>1.084754</v>
-      </c>
+        <v>1.0857840000000001</v>
+      </c>
+      <c r="I50" s="1"/>
       <c r="K50" s="1"/>
+      <c r="R50" s="2"/>
+      <c r="S50" s="2"/>
       <c r="T50" s="2"/>
       <c r="U50" s="2"/>
       <c r="V50" s="2"/>
+      <c r="W50" s="2"/>
       <c r="Y50" s="2"/>
     </row>
-    <row r="51" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
-        <v>45922</v>
+        <v>45943</v>
       </c>
       <c r="B51" s="7">
-        <v>1.1265719999999999</v>
+        <v>1.1298820000000001</v>
       </c>
       <c r="C51" s="7">
-        <v>1.1050199999999999</v>
+        <v>1.110862</v>
       </c>
       <c r="D51" s="7">
-        <v>1.167586</v>
+        <v>1.175262</v>
       </c>
       <c r="E51" s="7">
-        <v>1.0831390000000001</v>
-[...1 lines deleted...]
-      <c r="K51" s="1"/>
+        <v>1.085628</v>
+      </c>
+      <c r="I51" s="1"/>
+      <c r="R51" s="2"/>
+      <c r="S51" s="2"/>
       <c r="T51" s="2"/>
-      <c r="U51" s="2"/>
-[...3 lines deleted...]
-    <row r="52" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W51" s="2"/>
+    </row>
+    <row r="52" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
-        <v>45919</v>
+        <v>45940</v>
       </c>
       <c r="B52" s="7">
-        <v>1.1256079999999999</v>
+        <v>1.1318509999999999</v>
       </c>
       <c r="C52" s="7">
-        <v>1.1041650000000001</v>
+        <v>1.1133489999999999</v>
       </c>
       <c r="D52" s="7">
-        <v>1.1661999999999999</v>
+        <v>1.178947</v>
       </c>
       <c r="E52" s="7">
-        <v>1.082125</v>
-[...1 lines deleted...]
-      <c r="K52" s="1"/>
+        <v>1.084584</v>
+      </c>
+      <c r="I52" s="1"/>
+      <c r="R52" s="2"/>
+      <c r="S52" s="2"/>
       <c r="T52" s="2"/>
-      <c r="U52" s="2"/>
-[...3 lines deleted...]
-    <row r="53" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W52" s="2"/>
+    </row>
+    <row r="53" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
-        <v>45918</v>
+        <v>45939</v>
       </c>
       <c r="B53" s="7">
-        <v>1.125362</v>
+        <v>1.132441</v>
       </c>
       <c r="C53" s="7">
-        <v>1.1034390000000001</v>
+        <v>1.113947</v>
       </c>
       <c r="D53" s="7">
-        <v>1.1644080000000001</v>
+        <v>1.1797040000000001</v>
       </c>
       <c r="E53" s="7">
-        <v>1.080584</v>
-[...1 lines deleted...]
-      <c r="K53" s="1"/>
+        <v>1.0883499999999999</v>
+      </c>
+      <c r="I53" s="1"/>
+      <c r="R53" s="2"/>
+      <c r="S53" s="2"/>
       <c r="T53" s="2"/>
-      <c r="U53" s="2"/>
-[...3 lines deleted...]
-    <row r="54" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W53" s="2"/>
+    </row>
+    <row r="54" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
-        <v>45917</v>
+        <v>45938</v>
       </c>
       <c r="B54" s="7">
-        <v>1.125642</v>
+        <v>1.131759</v>
       </c>
       <c r="C54" s="7">
-        <v>1.103893</v>
+        <v>1.113383</v>
       </c>
       <c r="D54" s="7">
-        <v>1.1653420000000001</v>
+        <v>1.1789320000000001</v>
       </c>
       <c r="E54" s="7">
-        <v>1.0811599999999999</v>
-[...1 lines deleted...]
-      <c r="K54" s="1"/>
+        <v>1.087407</v>
+      </c>
+      <c r="I54" s="1"/>
+      <c r="R54" s="2"/>
+      <c r="S54" s="2"/>
       <c r="T54" s="2"/>
-      <c r="U54" s="2"/>
-[...3 lines deleted...]
-    <row r="55" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W54" s="2"/>
+    </row>
+    <row r="55" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
-        <v>45916</v>
+        <v>45937</v>
       </c>
       <c r="B55" s="7">
-        <v>1.127229</v>
+        <v>1.132072</v>
       </c>
       <c r="C55" s="7">
-        <v>1.105197</v>
+        <v>1.1134269999999999</v>
       </c>
       <c r="D55" s="7">
-        <v>1.167521</v>
+        <v>1.179092</v>
       </c>
       <c r="E55" s="7">
-        <v>1.082495</v>
-[...2 lines deleted...]
-      <c r="L55" s="1"/>
+        <v>1.0885830000000001</v>
+      </c>
+      <c r="I55" s="1"/>
+      <c r="R55" s="2"/>
+      <c r="S55" s="2"/>
       <c r="T55" s="2"/>
-      <c r="U55" s="2"/>
-      <c r="V55" s="2"/>
       <c r="W55" s="2"/>
-      <c r="Y55" s="2"/>
-[...2 lines deleted...]
-    <row r="56" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="56" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
-        <v>45915</v>
+        <v>45936</v>
       </c>
       <c r="B56" s="7">
-        <v>1.1260399999999999</v>
+        <v>1.1323589999999999</v>
       </c>
       <c r="C56" s="7">
-        <v>1.103345</v>
+        <v>1.1137680000000001</v>
       </c>
       <c r="D56" s="7">
-        <v>1.1652469999999999</v>
+        <v>1.179252</v>
       </c>
       <c r="E56" s="7">
-        <v>1.0815079999999999</v>
-[...10 lines deleted...]
-    <row r="57" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0889340000000001</v>
+      </c>
+    </row>
+    <row r="57" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
-        <v>45912</v>
+        <v>45933</v>
       </c>
       <c r="B57" s="7">
-        <v>1.126234</v>
+        <v>1.1313839999999999</v>
       </c>
       <c r="C57" s="7">
-        <v>1.1035440000000001</v>
+        <v>1.1120319999999999</v>
       </c>
       <c r="D57" s="7">
-        <v>1.165807</v>
+        <v>1.177233</v>
       </c>
       <c r="E57" s="7">
-        <v>1.082363</v>
-[...10 lines deleted...]
-    <row r="58" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0878129999999999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
-        <v>45911</v>
+        <v>45932</v>
       </c>
       <c r="B58" s="7">
-        <v>1.1237250000000001</v>
+        <v>1.130728</v>
       </c>
       <c r="C58" s="7">
-        <v>1.1009249999999999</v>
+        <v>1.1109359999999999</v>
       </c>
       <c r="D58" s="7">
-        <v>1.161529</v>
+        <v>1.1749780000000001</v>
       </c>
       <c r="E58" s="7">
-        <v>1.0795699999999999</v>
-[...7 lines deleted...]
-    <row r="59" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0865050000000001</v>
+      </c>
+    </row>
+    <row r="59" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
-        <v>45910</v>
+        <v>45931</v>
       </c>
       <c r="B59" s="7">
-        <v>1.1234569999999999</v>
+        <v>1.1282650000000001</v>
       </c>
       <c r="C59" s="7">
-        <v>1.1008290000000001</v>
+        <v>1.107925</v>
       </c>
       <c r="D59" s="7">
-        <v>1.1614420000000001</v>
+        <v>1.1708289999999999</v>
       </c>
       <c r="E59" s="7">
-        <v>1.0805210000000001</v>
-[...7 lines deleted...]
-    <row r="60" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0835840000000001</v>
+      </c>
+    </row>
+    <row r="60" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
-        <v>45909</v>
+        <v>45930</v>
       </c>
       <c r="B60" s="7">
-        <v>1.122738</v>
+        <v>1.1278280000000001</v>
       </c>
       <c r="C60" s="7">
-        <v>1.100182</v>
+        <v>1.106862</v>
       </c>
       <c r="D60" s="7">
-        <v>1.160609</v>
+        <v>1.1697010000000001</v>
       </c>
       <c r="E60" s="7">
-        <v>1.0787370000000001</v>
-[...7 lines deleted...]
-    <row r="61" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.082908</v>
+      </c>
+    </row>
+    <row r="61" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A61" s="1">
-        <v>45908</v>
+        <v>45929</v>
       </c>
       <c r="B61" s="7">
-        <v>1.123181</v>
+        <v>1.1278809999999999</v>
       </c>
       <c r="C61" s="7">
-        <v>1.0998840000000001</v>
+        <v>1.107073</v>
       </c>
       <c r="D61" s="7">
-        <v>1.1608039999999999</v>
+        <v>1.1701699999999999</v>
       </c>
       <c r="E61" s="7">
-        <v>1.078735</v>
-[...7 lines deleted...]
-    <row r="62" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0826610000000001</v>
+      </c>
+    </row>
+    <row r="62" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A62" s="1">
-        <v>45905</v>
+        <v>45926</v>
       </c>
       <c r="B62" s="7">
-        <v>1.1235790000000001</v>
+        <v>1.125373</v>
       </c>
       <c r="C62" s="7">
-        <v>1.0998239999999999</v>
+        <v>1.104668</v>
       </c>
       <c r="D62" s="7">
-        <v>1.161276</v>
+        <v>1.167065</v>
       </c>
       <c r="E62" s="7">
-        <v>1.0788679999999999</v>
-[...7 lines deleted...]
-    <row r="63" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.0798380000000001</v>
+      </c>
+    </row>
+    <row r="63" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
-        <v>45904</v>
+        <v>45925</v>
       </c>
       <c r="B63" s="7">
-        <v>1.1212359999999999</v>
+        <v>1.1258600000000001</v>
       </c>
       <c r="C63" s="7">
-        <v>1.098282</v>
+        <v>1.1054390000000001</v>
       </c>
       <c r="D63" s="7">
-        <v>1.158293</v>
+        <v>1.16788</v>
       </c>
       <c r="E63" s="7">
-        <v>1.076057</v>
-[...7 lines deleted...]
-    <row r="64" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.08135</v>
+      </c>
+    </row>
+    <row r="64" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A64" s="1">
-        <v>45903</v>
+        <v>45924</v>
       </c>
       <c r="B64" s="7">
-        <v>1.1183149999999999</v>
+        <v>1.126304</v>
       </c>
       <c r="C64" s="7">
-        <v>1.096716</v>
+        <v>1.1053109999999999</v>
       </c>
       <c r="D64" s="7">
-        <v>1.155872</v>
+        <v>1.1676059999999999</v>
       </c>
       <c r="E64" s="7">
-        <v>1.074632</v>
-[...5 lines deleted...]
-      <c r="Z64" s="2"/>
+        <v>1.083161</v>
+      </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45902</v>
+        <v>45923</v>
       </c>
       <c r="B65" s="7">
-        <v>1.121672</v>
+        <v>1.128271</v>
       </c>
       <c r="C65" s="7">
-        <v>1.099818</v>
+        <v>1.1070199999999999</v>
       </c>
       <c r="D65" s="7">
-        <v>1.1613329999999999</v>
+        <v>1.170358</v>
       </c>
       <c r="E65" s="7">
-        <v>1.077718</v>
+        <v>1.084754</v>
       </c>
       <c r="K65" s="1"/>
-      <c r="L65" s="1"/>
       <c r="T65" s="2"/>
       <c r="U65" s="2"/>
       <c r="V65" s="2"/>
-      <c r="W65" s="2"/>
       <c r="Y65" s="2"/>
-      <c r="Z65" s="2"/>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45901</v>
+        <v>45922</v>
       </c>
       <c r="B66" s="7">
-        <v>1.1225860000000001</v>
+        <v>1.1265719999999999</v>
       </c>
       <c r="C66" s="7">
-        <v>1.1006279999999999</v>
+        <v>1.1050199999999999</v>
       </c>
       <c r="D66" s="7">
-        <v>1.1622170000000001</v>
+        <v>1.167586</v>
       </c>
       <c r="E66" s="7">
-        <v>1.079107</v>
+        <v>1.0831390000000001</v>
       </c>
       <c r="K66" s="1"/>
-      <c r="L66" s="1"/>
       <c r="T66" s="2"/>
       <c r="U66" s="2"/>
       <c r="V66" s="2"/>
-      <c r="W66" s="2"/>
       <c r="Y66" s="2"/>
-      <c r="Z66" s="2"/>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45898</v>
+        <v>45919</v>
       </c>
       <c r="B67" s="7">
-        <v>1.1241099999999999</v>
+        <v>1.1256079999999999</v>
       </c>
       <c r="C67" s="7">
-        <v>1.1015779999999999</v>
+        <v>1.1041650000000001</v>
       </c>
       <c r="D67" s="7">
-        <v>1.163429</v>
+        <v>1.1661999999999999</v>
       </c>
       <c r="E67" s="7">
-        <v>1.0798680000000001</v>
+        <v>1.082125</v>
       </c>
       <c r="K67" s="1"/>
       <c r="T67" s="2"/>
       <c r="U67" s="2"/>
       <c r="V67" s="2"/>
       <c r="Y67" s="2"/>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45897</v>
+        <v>45918</v>
       </c>
       <c r="B68" s="7">
-        <v>1.1240680000000001</v>
+        <v>1.125362</v>
       </c>
       <c r="C68" s="7">
-        <v>1.1012710000000001</v>
+        <v>1.1034390000000001</v>
       </c>
       <c r="D68" s="7">
-        <v>1.163025</v>
+        <v>1.1644080000000001</v>
       </c>
       <c r="E68" s="7">
-        <v>1.0800110000000001</v>
+        <v>1.080584</v>
       </c>
       <c r="K68" s="1"/>
       <c r="T68" s="2"/>
       <c r="U68" s="2"/>
       <c r="V68" s="2"/>
       <c r="Y68" s="2"/>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45896</v>
+        <v>45917</v>
       </c>
       <c r="B69" s="7">
-        <v>1.1232549999999999</v>
+        <v>1.125642</v>
       </c>
       <c r="C69" s="7">
-        <v>1.101286</v>
+        <v>1.103893</v>
       </c>
       <c r="D69" s="7">
-        <v>1.162925</v>
+        <v>1.1653420000000001</v>
       </c>
       <c r="E69" s="7">
-        <v>1.0795870000000001</v>
+        <v>1.0811599999999999</v>
       </c>
       <c r="K69" s="1"/>
       <c r="T69" s="2"/>
       <c r="U69" s="2"/>
       <c r="V69" s="2"/>
       <c r="Y69" s="2"/>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45895</v>
+        <v>45916</v>
       </c>
       <c r="B70" s="7">
-        <v>1.122401</v>
+        <v>1.127229</v>
       </c>
       <c r="C70" s="7">
-        <v>1.100543</v>
+        <v>1.105197</v>
       </c>
       <c r="D70" s="7">
-        <v>1.1618630000000001</v>
+        <v>1.167521</v>
       </c>
       <c r="E70" s="7">
-        <v>1.079189</v>
+        <v>1.082495</v>
       </c>
       <c r="K70" s="1"/>
+      <c r="L70" s="1"/>
       <c r="T70" s="2"/>
       <c r="U70" s="2"/>
       <c r="V70" s="2"/>
+      <c r="W70" s="2"/>
       <c r="Y70" s="2"/>
+      <c r="Z70" s="2"/>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45894</v>
+        <v>45915</v>
       </c>
       <c r="B71" s="7">
-        <v>1.124045</v>
+        <v>1.1260399999999999</v>
       </c>
       <c r="C71" s="7">
-        <v>1.1016820000000001</v>
+        <v>1.103345</v>
       </c>
       <c r="D71" s="7">
-        <v>1.1637120000000001</v>
+        <v>1.1652469999999999</v>
       </c>
       <c r="E71" s="7">
-        <v>1.080004</v>
-      </c>
+        <v>1.0815079999999999</v>
+      </c>
+      <c r="K71" s="1"/>
+      <c r="L71" s="1"/>
+      <c r="T71" s="2"/>
+      <c r="U71" s="2"/>
+      <c r="V71" s="2"/>
+      <c r="W71" s="2"/>
+      <c r="Y71" s="2"/>
+      <c r="Z71" s="2"/>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45891</v>
+        <v>45912</v>
       </c>
       <c r="B72" s="7">
-        <v>1.1216349999999999</v>
+        <v>1.126234</v>
       </c>
       <c r="C72" s="7">
-        <v>1.0986370000000001</v>
+        <v>1.1035440000000001</v>
       </c>
       <c r="D72" s="7">
-        <v>1.1595420000000001</v>
+        <v>1.165807</v>
       </c>
       <c r="E72" s="7">
-        <v>1.078697</v>
+        <v>1.082363</v>
       </c>
       <c r="K72" s="1"/>
+      <c r="L72" s="1"/>
       <c r="T72" s="2"/>
       <c r="U72" s="2"/>
       <c r="V72" s="2"/>
+      <c r="W72" s="2"/>
       <c r="Y72" s="2"/>
+      <c r="Z72" s="2"/>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45890</v>
+        <v>45911</v>
       </c>
       <c r="B73" s="7">
-        <v>1.123448</v>
+        <v>1.1237250000000001</v>
       </c>
       <c r="C73" s="7">
-        <v>1.0996790000000001</v>
+        <v>1.1009249999999999</v>
       </c>
       <c r="D73" s="7">
-        <v>1.161144</v>
+        <v>1.161529</v>
       </c>
       <c r="E73" s="7">
-        <v>1.0804039999999999</v>
-[...2 lines deleted...]
-      <c r="T73" s="2"/>
+        <v>1.0795699999999999</v>
+      </c>
+      <c r="L73" s="1"/>
       <c r="U73" s="2"/>
       <c r="V73" s="2"/>
-      <c r="Y73" s="2"/>
+      <c r="W73" s="2"/>
+      <c r="Z73" s="2"/>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45889</v>
+        <v>45910</v>
       </c>
       <c r="B74" s="7">
-        <v>1.121553</v>
+        <v>1.1234569999999999</v>
       </c>
       <c r="C74" s="7">
-        <v>1.098206</v>
+        <v>1.1008290000000001</v>
       </c>
       <c r="D74" s="7">
-        <v>1.158258</v>
+        <v>1.1614420000000001</v>
       </c>
       <c r="E74" s="7">
-        <v>1.0782989999999999</v>
-[...2 lines deleted...]
-      <c r="T74" s="2"/>
+        <v>1.0805210000000001</v>
+      </c>
+      <c r="L74" s="1"/>
       <c r="U74" s="2"/>
       <c r="V74" s="2"/>
-      <c r="Y74" s="2"/>
+      <c r="W74" s="2"/>
+      <c r="Z74" s="2"/>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45888</v>
+        <v>45909</v>
       </c>
       <c r="B75" s="7">
-        <v>1.1207670000000001</v>
+        <v>1.122738</v>
       </c>
       <c r="C75" s="7">
-        <v>1.098007</v>
+        <v>1.100182</v>
       </c>
       <c r="D75" s="7">
-        <v>1.1575299999999999</v>
+        <v>1.160609</v>
       </c>
       <c r="E75" s="7">
-        <v>1.078662</v>
-[...2 lines deleted...]
-      <c r="T75" s="2"/>
+        <v>1.0787370000000001</v>
+      </c>
+      <c r="L75" s="1"/>
       <c r="U75" s="2"/>
       <c r="V75" s="2"/>
-      <c r="Y75" s="2"/>
+      <c r="W75" s="2"/>
+      <c r="Z75" s="2"/>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45887</v>
+        <v>45908</v>
       </c>
       <c r="B76" s="7">
-        <v>1.1222810000000001</v>
+        <v>1.123181</v>
       </c>
       <c r="C76" s="7">
-        <v>1.098584</v>
+        <v>1.0998840000000001</v>
       </c>
       <c r="D76" s="7">
-        <v>1.1583749999999999</v>
+        <v>1.1608039999999999</v>
       </c>
       <c r="E76" s="7">
-        <v>1.0807659999999999</v>
-[...1 lines deleted...]
-      <c r="K76" s="1"/>
+        <v>1.078735</v>
+      </c>
       <c r="L76" s="1"/>
-      <c r="T76" s="2"/>
       <c r="U76" s="2"/>
       <c r="V76" s="2"/>
       <c r="W76" s="2"/>
-      <c r="Y76" s="2"/>
       <c r="Z76" s="2"/>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45884</v>
+        <v>45905</v>
       </c>
       <c r="B77" s="7">
-        <v>1.1223179999999999</v>
+        <v>1.1235790000000001</v>
       </c>
       <c r="C77" s="7">
-        <v>1.0983750000000001</v>
+        <v>1.0998239999999999</v>
       </c>
       <c r="D77" s="7">
-        <v>1.1587240000000001</v>
+        <v>1.161276</v>
       </c>
       <c r="E77" s="7">
-        <v>1.080911</v>
-[...1 lines deleted...]
-      <c r="K77" s="1"/>
+        <v>1.0788679999999999</v>
+      </c>
       <c r="L77" s="1"/>
-      <c r="T77" s="2"/>
       <c r="U77" s="2"/>
       <c r="V77" s="2"/>
       <c r="W77" s="2"/>
-      <c r="Y77" s="2"/>
       <c r="Z77" s="2"/>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45883</v>
+        <v>45904</v>
       </c>
       <c r="B78" s="7">
-        <v>1.120196</v>
+        <v>1.1212359999999999</v>
       </c>
       <c r="C78" s="7">
-        <v>1.096368</v>
+        <v>1.098282</v>
       </c>
       <c r="D78" s="7">
-        <v>1.1557120000000001</v>
+        <v>1.158293</v>
       </c>
       <c r="E78" s="7">
-        <v>1.0788469999999999</v>
-[...1 lines deleted...]
-      <c r="K78" s="1"/>
+        <v>1.076057</v>
+      </c>
       <c r="L78" s="1"/>
-      <c r="T78" s="2"/>
       <c r="U78" s="2"/>
       <c r="V78" s="2"/>
       <c r="W78" s="2"/>
-      <c r="Y78" s="2"/>
       <c r="Z78" s="2"/>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B79" s="7">
-        <v>1.1189770000000001</v>
+        <v>1.1183149999999999</v>
       </c>
       <c r="C79" s="7">
-        <v>1.0948599999999999</v>
+        <v>1.096716</v>
       </c>
       <c r="D79" s="7">
-        <v>1.1533389999999999</v>
+        <v>1.155872</v>
       </c>
       <c r="E79" s="7">
-        <v>1.0780890000000001</v>
-[...1 lines deleted...]
-      <c r="K79" s="1"/>
+        <v>1.074632</v>
+      </c>
       <c r="L79" s="1"/>
-      <c r="T79" s="2"/>
       <c r="U79" s="2"/>
       <c r="V79" s="2"/>
       <c r="W79" s="2"/>
-      <c r="Y79" s="2"/>
       <c r="Z79" s="2"/>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B80" s="7">
-        <v>1.118401</v>
+        <v>1.121672</v>
       </c>
       <c r="C80" s="7">
-        <v>1.0938399999999999</v>
+        <v>1.099818</v>
       </c>
       <c r="D80" s="7">
-        <v>1.152039</v>
+        <v>1.1613329999999999</v>
       </c>
       <c r="E80" s="7">
-        <v>1.0778730000000001</v>
-[...1 lines deleted...]
-      <c r="J80" s="1"/>
+        <v>1.077718</v>
+      </c>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
-      <c r="S80" s="2"/>
       <c r="T80" s="2"/>
       <c r="U80" s="2"/>
       <c r="V80" s="2"/>
       <c r="W80" s="2"/>
-      <c r="X80" s="2"/>
       <c r="Y80" s="2"/>
       <c r="Z80" s="2"/>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A81" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B81" s="7">
-        <v>1.118031</v>
+        <v>1.1225860000000001</v>
       </c>
       <c r="C81" s="7">
-        <v>1.0940129999999999</v>
+        <v>1.1006279999999999</v>
       </c>
       <c r="D81" s="7">
-        <v>1.1521300000000001</v>
+        <v>1.1622170000000001</v>
       </c>
       <c r="E81" s="7">
-        <v>1.07744</v>
-[...1 lines deleted...]
-      <c r="J81" s="1"/>
+        <v>1.079107</v>
+      </c>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
-      <c r="S81" s="2"/>
       <c r="T81" s="2"/>
       <c r="U81" s="2"/>
       <c r="V81" s="2"/>
       <c r="W81" s="2"/>
-      <c r="X81" s="2"/>
       <c r="Y81" s="2"/>
       <c r="Z81" s="2"/>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A82" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B82" s="7">
-        <v>1.116989</v>
+        <v>1.1241099999999999</v>
       </c>
       <c r="C82" s="7">
-        <v>1.0930200000000001</v>
+        <v>1.1015779999999999</v>
       </c>
       <c r="D82" s="7">
-        <v>1.1502650000000001</v>
+        <v>1.163429</v>
       </c>
       <c r="E82" s="7">
-        <v>1.076732</v>
-[...1 lines deleted...]
-      <c r="J82" s="1"/>
+        <v>1.0798680000000001</v>
+      </c>
       <c r="K82" s="1"/>
-      <c r="S82" s="2"/>
       <c r="T82" s="2"/>
       <c r="U82" s="2"/>
       <c r="V82" s="2"/>
-      <c r="X82" s="2"/>
       <c r="Y82" s="2"/>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A83" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B83" s="7">
-        <v>1.1175379999999999</v>
+        <v>1.1240680000000001</v>
       </c>
       <c r="C83" s="7">
-        <v>1.0923480000000001</v>
+        <v>1.1012710000000001</v>
       </c>
       <c r="D83" s="7">
-        <v>1.149559</v>
+        <v>1.163025</v>
       </c>
       <c r="E83" s="7">
-        <v>1.077243</v>
-[...1 lines deleted...]
-      <c r="J83" s="1"/>
+        <v>1.0800110000000001</v>
+      </c>
       <c r="K83" s="1"/>
-      <c r="S83" s="2"/>
       <c r="T83" s="2"/>
       <c r="U83" s="2"/>
       <c r="V83" s="2"/>
-      <c r="X83" s="2"/>
       <c r="Y83" s="2"/>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A84" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B84" s="7">
-        <v>1.116854</v>
+        <v>1.1232549999999999</v>
       </c>
       <c r="C84" s="7">
-        <v>1.0899749999999999</v>
+        <v>1.101286</v>
       </c>
       <c r="D84" s="7">
-        <v>1.147527</v>
+        <v>1.162925</v>
       </c>
       <c r="E84" s="7">
-        <v>1.077216</v>
-[...1 lines deleted...]
-      <c r="J84" s="1"/>
+        <v>1.0795870000000001</v>
+      </c>
       <c r="K84" s="1"/>
-      <c r="S84" s="2"/>
       <c r="T84" s="2"/>
       <c r="U84" s="2"/>
       <c r="V84" s="2"/>
-      <c r="X84" s="2"/>
       <c r="Y84" s="2"/>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A85" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B85" s="7">
-        <v>1.116352</v>
+        <v>1.122401</v>
       </c>
       <c r="C85" s="7">
-        <v>1.0893349999999999</v>
+        <v>1.100543</v>
       </c>
       <c r="D85" s="7">
-        <v>1.145856</v>
+        <v>1.1618630000000001</v>
       </c>
       <c r="E85" s="7">
-        <v>1.07605</v>
-[...1 lines deleted...]
-      <c r="J85" s="1"/>
+        <v>1.079189</v>
+      </c>
       <c r="K85" s="1"/>
-      <c r="S85" s="2"/>
       <c r="T85" s="2"/>
       <c r="U85" s="2"/>
       <c r="V85" s="2"/>
-      <c r="X85" s="2"/>
       <c r="Y85" s="2"/>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A86" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B86" s="7">
-        <v>1.112398</v>
+        <v>1.124045</v>
       </c>
       <c r="C86" s="7">
-        <v>1.0859650000000001</v>
+        <v>1.1016820000000001</v>
       </c>
       <c r="D86" s="7">
-        <v>1.1405479999999999</v>
+        <v>1.1637120000000001</v>
       </c>
       <c r="E86" s="7">
-        <v>1.072819</v>
-[...5 lines deleted...]
-      <c r="Y86" s="2"/>
+        <v>1.080004</v>
+      </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A87" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B87" s="7">
-        <v>1.1130979999999999</v>
+        <v>1.1216349999999999</v>
       </c>
       <c r="C87" s="7">
-        <v>1.087226</v>
+        <v>1.0986370000000001</v>
       </c>
       <c r="D87" s="7">
-        <v>1.1423859999999999</v>
+        <v>1.1595420000000001</v>
       </c>
       <c r="E87" s="7">
-        <v>1.0739179999999999</v>
+        <v>1.078697</v>
       </c>
       <c r="K87" s="1"/>
       <c r="T87" s="2"/>
       <c r="U87" s="2"/>
       <c r="V87" s="2"/>
       <c r="Y87" s="2"/>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A88" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B88" s="7">
-        <v>1.116533</v>
+        <v>1.123448</v>
       </c>
       <c r="C88" s="7">
-        <v>1.0902620000000001</v>
+        <v>1.0996790000000001</v>
       </c>
       <c r="D88" s="7">
-        <v>1.146552</v>
+        <v>1.161144</v>
       </c>
       <c r="E88" s="7">
-        <v>1.076722</v>
+        <v>1.0804039999999999</v>
       </c>
       <c r="K88" s="1"/>
       <c r="T88" s="2"/>
       <c r="U88" s="2"/>
       <c r="V88" s="2"/>
       <c r="Y88" s="2"/>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A89" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B89" s="7">
-        <v>1.115694</v>
+        <v>1.121553</v>
       </c>
       <c r="C89" s="7">
-        <v>1.088695</v>
+        <v>1.098206</v>
       </c>
       <c r="D89" s="7">
-        <v>1.1451750000000001</v>
+        <v>1.158258</v>
       </c>
       <c r="E89" s="7">
-        <v>1.075928</v>
+        <v>1.0782989999999999</v>
       </c>
       <c r="K89" s="1"/>
       <c r="T89" s="2"/>
       <c r="U89" s="2"/>
       <c r="V89" s="2"/>
       <c r="Y89" s="2"/>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A90" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B90" s="7">
-        <v>1.1140289999999999</v>
+        <v>1.1207670000000001</v>
       </c>
       <c r="C90" s="7">
-        <v>1.08751</v>
+        <v>1.098007</v>
       </c>
       <c r="D90" s="7">
-        <v>1.143472</v>
+        <v>1.1575299999999999</v>
       </c>
       <c r="E90" s="7">
-        <v>1.074092</v>
+        <v>1.078662</v>
       </c>
       <c r="K90" s="1"/>
       <c r="T90" s="2"/>
       <c r="U90" s="2"/>
       <c r="V90" s="2"/>
       <c r="Y90" s="2"/>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A91" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B91" s="7">
-        <v>1.114897</v>
+        <v>1.1222810000000001</v>
       </c>
       <c r="C91" s="7">
-        <v>1.088848</v>
+        <v>1.098584</v>
       </c>
       <c r="D91" s="7">
-        <v>1.14567</v>
+        <v>1.1583749999999999</v>
       </c>
       <c r="E91" s="7">
-        <v>1.0741909999999999</v>
+        <v>1.0807659999999999</v>
       </c>
       <c r="K91" s="1"/>
+      <c r="L91" s="1"/>
       <c r="T91" s="2"/>
       <c r="U91" s="2"/>
       <c r="V91" s="2"/>
+      <c r="W91" s="2"/>
       <c r="Y91" s="2"/>
+      <c r="Z91" s="2"/>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A92" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B92" s="7">
-        <v>1.113229</v>
+        <v>1.1223179999999999</v>
       </c>
       <c r="C92" s="7">
-        <v>1.0880289999999999</v>
+        <v>1.0983750000000001</v>
       </c>
       <c r="D92" s="7">
-        <v>1.14392</v>
+        <v>1.1587240000000001</v>
       </c>
       <c r="E92" s="7">
-        <v>1.0730230000000001</v>
+        <v>1.080911</v>
       </c>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="T92" s="2"/>
       <c r="U92" s="2"/>
       <c r="V92" s="2"/>
       <c r="W92" s="2"/>
       <c r="Y92" s="2"/>
       <c r="Z92" s="2"/>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A93" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B93" s="7">
-        <v>1.1136170000000001</v>
+        <v>1.120196</v>
       </c>
       <c r="C93" s="7">
-        <v>1.087521</v>
+        <v>1.096368</v>
       </c>
       <c r="D93" s="7">
-        <v>1.1439779999999999</v>
+        <v>1.1557120000000001</v>
       </c>
       <c r="E93" s="7">
-        <v>1.074363</v>
+        <v>1.0788469999999999</v>
       </c>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="T93" s="2"/>
       <c r="U93" s="2"/>
       <c r="V93" s="2"/>
       <c r="W93" s="2"/>
       <c r="Y93" s="2"/>
       <c r="Z93" s="2"/>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A94" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B94" s="7">
-        <v>1.113739</v>
+        <v>1.1189770000000001</v>
       </c>
       <c r="C94" s="7">
-        <v>1.086832</v>
+        <v>1.0948599999999999</v>
       </c>
       <c r="D94" s="7">
-        <v>1.1435299999999999</v>
+        <v>1.1533389999999999</v>
       </c>
       <c r="E94" s="7">
-        <v>1.0746789999999999</v>
+        <v>1.0780890000000001</v>
       </c>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="T94" s="2"/>
       <c r="U94" s="2"/>
       <c r="V94" s="2"/>
       <c r="W94" s="2"/>
       <c r="Y94" s="2"/>
       <c r="Z94" s="2"/>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A95" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B95" s="7">
-        <v>1.1122380000000001</v>
+        <v>1.118401</v>
       </c>
       <c r="C95" s="7">
-        <v>1.0857000000000001</v>
+        <v>1.0938399999999999</v>
       </c>
       <c r="D95" s="7">
-        <v>1.141195</v>
+        <v>1.152039</v>
       </c>
       <c r="E95" s="7">
-        <v>1.0728219999999999</v>
-      </c>
+        <v>1.0778730000000001</v>
+      </c>
+      <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
+      <c r="S95" s="2"/>
       <c r="T95" s="2"/>
       <c r="U95" s="2"/>
       <c r="V95" s="2"/>
       <c r="W95" s="2"/>
+      <c r="X95" s="2"/>
       <c r="Y95" s="2"/>
       <c r="Z95" s="2"/>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A96" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B96" s="7">
-        <v>1.1118209999999999</v>
+        <v>1.118031</v>
       </c>
       <c r="C96" s="7">
-        <v>1.0845020000000001</v>
+        <v>1.0940129999999999</v>
       </c>
       <c r="D96" s="7">
-        <v>1.139732</v>
+        <v>1.1521300000000001</v>
       </c>
       <c r="E96" s="7">
-        <v>1.072133</v>
-      </c>
+        <v>1.07744</v>
+      </c>
+      <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
+      <c r="S96" s="2"/>
       <c r="T96" s="2"/>
       <c r="U96" s="2"/>
       <c r="V96" s="2"/>
       <c r="W96" s="2"/>
+      <c r="X96" s="2"/>
       <c r="Y96" s="2"/>
       <c r="Z96" s="2"/>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A97" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B97" s="7">
-        <v>1.113084</v>
+        <v>1.116989</v>
       </c>
       <c r="C97" s="7">
-        <v>1.0852010000000001</v>
+        <v>1.0930200000000001</v>
       </c>
       <c r="D97" s="7">
-        <v>1.1415420000000001</v>
+        <v>1.1502650000000001</v>
       </c>
       <c r="E97" s="7">
-        <v>1.0732170000000001</v>
-      </c>
+        <v>1.076732</v>
+      </c>
+      <c r="J97" s="1"/>
       <c r="K97" s="1"/>
+      <c r="S97" s="2"/>
       <c r="T97" s="2"/>
       <c r="U97" s="2"/>
       <c r="V97" s="2"/>
+      <c r="X97" s="2"/>
       <c r="Y97" s="2"/>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A98" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B98" s="7">
-        <v>1.110311</v>
+        <v>1.1175379999999999</v>
       </c>
       <c r="C98" s="7">
-        <v>1.0828249999999999</v>
+        <v>1.0923480000000001</v>
       </c>
       <c r="D98" s="7">
-        <v>1.1375679999999999</v>
+        <v>1.149559</v>
       </c>
       <c r="E98" s="7">
-        <v>1.068932</v>
-      </c>
+        <v>1.077243</v>
+      </c>
+      <c r="J98" s="1"/>
       <c r="K98" s="1"/>
+      <c r="S98" s="2"/>
       <c r="T98" s="2"/>
       <c r="U98" s="2"/>
       <c r="V98" s="2"/>
+      <c r="X98" s="2"/>
       <c r="Y98" s="2"/>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A99" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B99" s="7">
-        <v>1.1073219999999999</v>
+        <v>1.116854</v>
       </c>
       <c r="C99" s="7">
-        <v>1.080071</v>
+        <v>1.0899749999999999</v>
       </c>
       <c r="D99" s="7">
-        <v>1.133286</v>
+        <v>1.147527</v>
       </c>
       <c r="E99" s="7">
-        <v>1.067987</v>
-      </c>
+        <v>1.077216</v>
+      </c>
+      <c r="J99" s="1"/>
       <c r="K99" s="1"/>
+      <c r="S99" s="2"/>
       <c r="T99" s="2"/>
       <c r="U99" s="2"/>
       <c r="V99" s="2"/>
+      <c r="X99" s="2"/>
       <c r="Y99" s="2"/>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A100" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B100" s="7">
-        <v>1.1093219999999999</v>
+        <v>1.116352</v>
       </c>
       <c r="C100" s="7">
-        <v>1.082184</v>
+        <v>1.0893349999999999</v>
       </c>
       <c r="D100" s="7">
-        <v>1.1372420000000001</v>
+        <v>1.145856</v>
       </c>
       <c r="E100" s="7">
-        <v>1.0685089999999999</v>
-      </c>
+        <v>1.07605</v>
+      </c>
+      <c r="J100" s="1"/>
       <c r="K100" s="1"/>
+      <c r="S100" s="2"/>
       <c r="T100" s="2"/>
       <c r="U100" s="2"/>
       <c r="V100" s="2"/>
+      <c r="X100" s="2"/>
       <c r="Y100" s="2"/>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A101" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B101" s="7">
-        <v>1.1068249999999999</v>
+        <v>1.112398</v>
       </c>
       <c r="C101" s="7">
-        <v>1.080303</v>
+        <v>1.0859650000000001</v>
       </c>
       <c r="D101" s="7">
-        <v>1.1338790000000001</v>
+        <v>1.1405479999999999</v>
       </c>
       <c r="E101" s="7">
-        <v>1.0669139999999999</v>
+        <v>1.072819</v>
       </c>
       <c r="K101" s="1"/>
       <c r="T101" s="2"/>
       <c r="U101" s="2"/>
       <c r="V101" s="2"/>
       <c r="Y101" s="2"/>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A102" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B102" s="7">
-        <v>1.1080190000000001</v>
+        <v>1.1130979999999999</v>
       </c>
       <c r="C102" s="7">
-        <v>1.0800970000000001</v>
+        <v>1.087226</v>
       </c>
       <c r="D102" s="7">
-        <v>1.1348279999999999</v>
+        <v>1.1423859999999999</v>
       </c>
       <c r="E102" s="7">
-        <v>1.067396</v>
+        <v>1.0739179999999999</v>
       </c>
       <c r="K102" s="1"/>
       <c r="T102" s="2"/>
       <c r="U102" s="2"/>
       <c r="V102" s="2"/>
       <c r="Y102" s="2"/>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A103" s="1">
-        <v>45848</v>
+        <v>45869</v>
       </c>
       <c r="B103" s="7">
-        <v>1.108133</v>
+        <v>1.116533</v>
       </c>
       <c r="C103" s="7">
-        <v>1.0798970000000001</v>
+        <v>1.0902620000000001</v>
       </c>
       <c r="D103" s="7">
-        <v>1.134649</v>
+        <v>1.146552</v>
       </c>
       <c r="E103" s="7">
-        <v>1.065483</v>
+        <v>1.076722</v>
       </c>
       <c r="K103" s="1"/>
       <c r="T103" s="2"/>
       <c r="U103" s="2"/>
       <c r="V103" s="2"/>
       <c r="Y103" s="2"/>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A104" s="1">
-        <v>45847</v>
+        <v>45868</v>
       </c>
       <c r="B104" s="7">
-        <v>1.106133</v>
+        <v>1.115694</v>
       </c>
       <c r="C104" s="7">
-        <v>1.078883</v>
+        <v>1.088695</v>
       </c>
       <c r="D104" s="7">
-        <v>1.1328720000000001</v>
+        <v>1.1451750000000001</v>
       </c>
       <c r="E104" s="7">
-        <v>1.064994</v>
-[...1 lines deleted...]
-      <c r="J104" s="1"/>
+        <v>1.075928</v>
+      </c>
       <c r="K104" s="1"/>
-      <c r="S104" s="2"/>
       <c r="T104" s="2"/>
       <c r="U104" s="2"/>
       <c r="V104" s="2"/>
-      <c r="X104" s="2"/>
       <c r="Y104" s="2"/>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A105" s="1">
-        <v>45846</v>
+        <v>45867</v>
       </c>
       <c r="B105" s="7">
-        <v>1.1076360000000001</v>
+        <v>1.1140289999999999</v>
       </c>
       <c r="C105" s="7">
-        <v>1.080158</v>
+        <v>1.08751</v>
       </c>
       <c r="D105" s="7">
-        <v>1.13472</v>
+        <v>1.143472</v>
       </c>
       <c r="E105" s="7">
-        <v>1.066724</v>
-[...1 lines deleted...]
-      <c r="J105" s="1"/>
+        <v>1.074092</v>
+      </c>
       <c r="K105" s="1"/>
-      <c r="S105" s="2"/>
       <c r="T105" s="2"/>
       <c r="U105" s="2"/>
       <c r="V105" s="2"/>
-      <c r="X105" s="2"/>
       <c r="Y105" s="2"/>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A106" s="1">
-        <v>45845</v>
+        <v>45866</v>
       </c>
       <c r="B106" s="7">
-        <v>1.1088789999999999</v>
+        <v>1.114897</v>
       </c>
       <c r="C106" s="7">
-        <v>1.0809390000000001</v>
+        <v>1.088848</v>
       </c>
       <c r="D106" s="7">
-        <v>1.1359239999999999</v>
+        <v>1.14567</v>
       </c>
       <c r="E106" s="7">
-        <v>1.0691120000000001</v>
-[...1 lines deleted...]
-      <c r="J106" s="1"/>
+        <v>1.0741909999999999</v>
+      </c>
       <c r="K106" s="1"/>
-      <c r="S106" s="2"/>
       <c r="T106" s="2"/>
       <c r="U106" s="2"/>
       <c r="V106" s="2"/>
-      <c r="X106" s="2"/>
       <c r="Y106" s="2"/>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A107" s="1">
-        <v>45842</v>
+        <v>45863</v>
       </c>
       <c r="B107" s="7">
-        <v>1.108943</v>
+        <v>1.113229</v>
       </c>
       <c r="C107" s="7">
-        <v>1.081178</v>
+        <v>1.0880289999999999</v>
       </c>
       <c r="D107" s="7">
-        <v>1.135775</v>
+        <v>1.14392</v>
       </c>
       <c r="E107" s="7">
-        <v>1.0694889999999999</v>
-[...1 lines deleted...]
-      <c r="J107" s="1"/>
+        <v>1.0730230000000001</v>
+      </c>
       <c r="K107" s="1"/>
-      <c r="S107" s="2"/>
+      <c r="L107" s="1"/>
       <c r="T107" s="2"/>
       <c r="U107" s="2"/>
       <c r="V107" s="2"/>
-      <c r="X107" s="2"/>
+      <c r="W107" s="2"/>
       <c r="Y107" s="2"/>
+      <c r="Z107" s="2"/>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A108" s="1">
-        <v>45841</v>
+        <v>45862</v>
       </c>
       <c r="B108" s="7">
-        <v>1.108417</v>
+        <v>1.1136170000000001</v>
       </c>
       <c r="C108" s="7">
-        <v>1.0806480000000001</v>
+        <v>1.087521</v>
       </c>
       <c r="D108" s="7">
-        <v>1.134944</v>
+        <v>1.1439779999999999</v>
       </c>
       <c r="E108" s="7">
-        <v>1.069348</v>
-[...1 lines deleted...]
-      <c r="J108" s="1"/>
+        <v>1.074363</v>
+      </c>
       <c r="K108" s="1"/>
-      <c r="S108" s="2"/>
+      <c r="L108" s="1"/>
       <c r="T108" s="2"/>
       <c r="U108" s="2"/>
       <c r="V108" s="2"/>
-      <c r="X108" s="2"/>
+      <c r="W108" s="2"/>
       <c r="Y108" s="2"/>
+      <c r="Z108" s="2"/>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A109" s="1">
-        <v>45840</v>
+        <v>45861</v>
       </c>
       <c r="B109" s="7">
-        <v>1.1081030000000001</v>
+        <v>1.113739</v>
       </c>
       <c r="C109" s="7">
-        <v>1.080279</v>
+        <v>1.086832</v>
       </c>
       <c r="D109" s="7">
-        <v>1.13462</v>
+        <v>1.1435299999999999</v>
       </c>
       <c r="E109" s="7">
-        <v>1.0705450000000001</v>
-[...1 lines deleted...]
-      <c r="J109" s="1"/>
+        <v>1.0746789999999999</v>
+      </c>
       <c r="K109" s="1"/>
-      <c r="S109" s="2"/>
+      <c r="L109" s="1"/>
       <c r="T109" s="2"/>
       <c r="U109" s="2"/>
       <c r="V109" s="2"/>
-      <c r="X109" s="2"/>
+      <c r="W109" s="2"/>
       <c r="Y109" s="2"/>
+      <c r="Z109" s="2"/>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A110" s="1">
-        <v>45839</v>
+        <v>45860</v>
       </c>
       <c r="B110" s="7">
-        <v>1.1063780000000001</v>
+        <v>1.1122380000000001</v>
       </c>
       <c r="C110" s="7">
-        <v>1.0783149999999999</v>
+        <v>1.0857000000000001</v>
       </c>
       <c r="D110" s="7">
-        <v>1.1317189999999999</v>
+        <v>1.141195</v>
       </c>
       <c r="E110" s="7">
-        <v>1.0685229999999999</v>
-      </c>
+        <v>1.0728219999999999</v>
+      </c>
+      <c r="K110" s="1"/>
       <c r="L110" s="1"/>
+      <c r="T110" s="2"/>
       <c r="U110" s="2"/>
       <c r="V110" s="2"/>
       <c r="W110" s="2"/>
+      <c r="Y110" s="2"/>
       <c r="Z110" s="2"/>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A111" s="1"/>
-[...2 lines deleted...]
-      <c r="E111" s="7"/>
+      <c r="A111" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B111" s="7">
+        <v>1.1118209999999999</v>
+      </c>
+      <c r="C111" s="7">
+        <v>1.0845020000000001</v>
+      </c>
+      <c r="D111" s="7">
+        <v>1.139732</v>
+      </c>
+      <c r="E111" s="7">
+        <v>1.072133</v>
+      </c>
+      <c r="K111" s="1"/>
       <c r="L111" s="1"/>
+      <c r="T111" s="2"/>
       <c r="U111" s="2"/>
       <c r="V111" s="2"/>
       <c r="W111" s="2"/>
+      <c r="Y111" s="2"/>
       <c r="Z111" s="2"/>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A112" s="1"/>
-[...17 lines deleted...]
-      <c r="E114" s="7"/>
+      <c r="A112" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B112" s="7">
+        <v>1.113084</v>
+      </c>
+      <c r="C112" s="7">
+        <v>1.0852010000000001</v>
+      </c>
+      <c r="D112" s="7">
+        <v>1.1415420000000001</v>
+      </c>
+      <c r="E112" s="7">
+        <v>1.0732170000000001</v>
+      </c>
+      <c r="K112" s="1"/>
+      <c r="T112" s="2"/>
+      <c r="U112" s="2"/>
+      <c r="V112" s="2"/>
+      <c r="Y112" s="2"/>
+    </row>
+    <row r="113" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A113" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B113" s="7">
+        <v>1.110311</v>
+      </c>
+      <c r="C113" s="7">
+        <v>1.0828249999999999</v>
+      </c>
+      <c r="D113" s="7">
+        <v>1.1375679999999999</v>
+      </c>
+      <c r="E113" s="7">
+        <v>1.068932</v>
+      </c>
+      <c r="K113" s="1"/>
+      <c r="T113" s="2"/>
+      <c r="U113" s="2"/>
+      <c r="V113" s="2"/>
+      <c r="Y113" s="2"/>
+    </row>
+    <row r="114" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A114" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B114" s="7">
+        <v>1.1073219999999999</v>
+      </c>
+      <c r="C114" s="7">
+        <v>1.080071</v>
+      </c>
+      <c r="D114" s="7">
+        <v>1.133286</v>
+      </c>
+      <c r="E114" s="7">
+        <v>1.067987</v>
+      </c>
+      <c r="K114" s="1"/>
+      <c r="T114" s="2"/>
+      <c r="U114" s="2"/>
+      <c r="V114" s="2"/>
+      <c r="Y114" s="2"/>
+    </row>
+    <row r="115" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A115" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B115" s="7">
+        <v>1.1093219999999999</v>
+      </c>
+      <c r="C115" s="7">
+        <v>1.082184</v>
+      </c>
+      <c r="D115" s="7">
+        <v>1.1372420000000001</v>
+      </c>
+      <c r="E115" s="7">
+        <v>1.0685089999999999</v>
+      </c>
+      <c r="K115" s="1"/>
+      <c r="T115" s="2"/>
+      <c r="U115" s="2"/>
+      <c r="V115" s="2"/>
+      <c r="Y115" s="2"/>
+    </row>
+    <row r="116" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A116" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B116" s="7">
+        <v>1.1068249999999999</v>
+      </c>
+      <c r="C116" s="7">
+        <v>1.080303</v>
+      </c>
+      <c r="D116" s="7">
+        <v>1.1338790000000001</v>
+      </c>
+      <c r="E116" s="7">
+        <v>1.0669139999999999</v>
+      </c>
+      <c r="K116" s="1"/>
+      <c r="T116" s="2"/>
+      <c r="U116" s="2"/>
+      <c r="V116" s="2"/>
+      <c r="Y116" s="2"/>
+    </row>
+    <row r="117" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A117" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B117" s="7">
+        <v>1.1080190000000001</v>
+      </c>
+      <c r="C117" s="7">
+        <v>1.0800970000000001</v>
+      </c>
+      <c r="D117" s="7">
+        <v>1.1348279999999999</v>
+      </c>
+      <c r="E117" s="7">
+        <v>1.067396</v>
+      </c>
+      <c r="K117" s="1"/>
+      <c r="T117" s="2"/>
+      <c r="U117" s="2"/>
+      <c r="V117" s="2"/>
+      <c r="Y117" s="2"/>
+    </row>
+    <row r="118" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A118" s="1">
+        <v>45848</v>
+      </c>
+      <c r="B118" s="7">
+        <v>1.108133</v>
+      </c>
+      <c r="C118" s="7">
+        <v>1.0798970000000001</v>
+      </c>
+      <c r="D118" s="7">
+        <v>1.134649</v>
+      </c>
+      <c r="E118" s="7">
+        <v>1.065483</v>
+      </c>
+      <c r="K118" s="1"/>
+      <c r="T118" s="2"/>
+      <c r="U118" s="2"/>
+      <c r="V118" s="2"/>
+      <c r="Y118" s="2"/>
+    </row>
+    <row r="119" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A119" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B119" s="7">
+        <v>1.106133</v>
+      </c>
+      <c r="C119" s="7">
+        <v>1.078883</v>
+      </c>
+      <c r="D119" s="7">
+        <v>1.1328720000000001</v>
+      </c>
+      <c r="E119" s="7">
+        <v>1.064994</v>
+      </c>
+      <c r="J119" s="1"/>
+      <c r="K119" s="1"/>
+      <c r="S119" s="2"/>
+      <c r="T119" s="2"/>
+      <c r="U119" s="2"/>
+      <c r="V119" s="2"/>
+      <c r="X119" s="2"/>
+      <c r="Y119" s="2"/>
+    </row>
+    <row r="120" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A120" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B120" s="7">
+        <v>1.1076360000000001</v>
+      </c>
+      <c r="C120" s="7">
+        <v>1.080158</v>
+      </c>
+      <c r="D120" s="7">
+        <v>1.13472</v>
+      </c>
+      <c r="E120" s="7">
+        <v>1.066724</v>
+      </c>
+      <c r="J120" s="1"/>
+      <c r="K120" s="1"/>
+      <c r="S120" s="2"/>
+      <c r="T120" s="2"/>
+      <c r="U120" s="2"/>
+      <c r="V120" s="2"/>
+      <c r="X120" s="2"/>
+      <c r="Y120" s="2"/>
+    </row>
+    <row r="121" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A121" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B121" s="7">
+        <v>1.1088789999999999</v>
+      </c>
+      <c r="C121" s="7">
+        <v>1.0809390000000001</v>
+      </c>
+      <c r="D121" s="7">
+        <v>1.1359239999999999</v>
+      </c>
+      <c r="E121" s="7">
+        <v>1.0691120000000001</v>
+      </c>
+      <c r="J121" s="1"/>
+      <c r="K121" s="1"/>
+      <c r="S121" s="2"/>
+      <c r="T121" s="2"/>
+      <c r="U121" s="2"/>
+      <c r="V121" s="2"/>
+      <c r="X121" s="2"/>
+      <c r="Y121" s="2"/>
+    </row>
+    <row r="122" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A122" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B122" s="7">
+        <v>1.108943</v>
+      </c>
+      <c r="C122" s="7">
+        <v>1.081178</v>
+      </c>
+      <c r="D122" s="7">
+        <v>1.135775</v>
+      </c>
+      <c r="E122" s="7">
+        <v>1.0694889999999999</v>
+      </c>
+      <c r="J122" s="1"/>
+      <c r="K122" s="1"/>
+      <c r="S122" s="2"/>
+      <c r="T122" s="2"/>
+      <c r="U122" s="2"/>
+      <c r="V122" s="2"/>
+      <c r="X122" s="2"/>
+      <c r="Y122" s="2"/>
+    </row>
+    <row r="123" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A123" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B123" s="7">
+        <v>1.108417</v>
+      </c>
+      <c r="C123" s="7">
+        <v>1.0806480000000001</v>
+      </c>
+      <c r="D123" s="7">
+        <v>1.134944</v>
+      </c>
+      <c r="E123" s="7">
+        <v>1.069348</v>
+      </c>
+      <c r="J123" s="1"/>
+      <c r="K123" s="1"/>
+      <c r="S123" s="2"/>
+      <c r="T123" s="2"/>
+      <c r="U123" s="2"/>
+      <c r="V123" s="2"/>
+      <c r="X123" s="2"/>
+      <c r="Y123" s="2"/>
+    </row>
+    <row r="124" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A124" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B124" s="7">
+        <v>1.1081030000000001</v>
+      </c>
+      <c r="C124" s="7">
+        <v>1.080279</v>
+      </c>
+      <c r="D124" s="7">
+        <v>1.13462</v>
+      </c>
+      <c r="E124" s="7">
+        <v>1.0705450000000001</v>
+      </c>
+      <c r="J124" s="1"/>
+      <c r="K124" s="1"/>
+      <c r="S124" s="2"/>
+      <c r="T124" s="2"/>
+      <c r="U124" s="2"/>
+      <c r="V124" s="2"/>
+      <c r="X124" s="2"/>
+      <c r="Y124" s="2"/>
+    </row>
+    <row r="125" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A125" s="1">
+        <v>45839</v>
+      </c>
+      <c r="B125" s="7">
+        <v>1.1063780000000001</v>
+      </c>
+      <c r="C125" s="7">
+        <v>1.0783149999999999</v>
+      </c>
+      <c r="D125" s="7">
+        <v>1.1317189999999999</v>
+      </c>
+      <c r="E125" s="7">
+        <v>1.0685229999999999</v>
+      </c>
+      <c r="L125" s="1"/>
+      <c r="U125" s="2"/>
+      <c r="V125" s="2"/>
+      <c r="W125" s="2"/>
+      <c r="Z125" s="2"/>
+    </row>
+    <row r="126" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A126" s="1"/>
+      <c r="B126" s="7"/>
+      <c r="C126" s="7"/>
+      <c r="E126" s="7"/>
+      <c r="L126" s="1"/>
+      <c r="U126" s="2"/>
+      <c r="V126" s="2"/>
+      <c r="W126" s="2"/>
+      <c r="Z126" s="2"/>
+    </row>
+    <row r="127" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A127" s="1"/>
+      <c r="B127" s="7"/>
+      <c r="C127" s="7"/>
+      <c r="D127" s="7"/>
+      <c r="E127" s="7"/>
+    </row>
+    <row r="128" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A128" s="1"/>
+      <c r="B128" s="7"/>
+      <c r="C128" s="7"/>
+      <c r="D128" s="7"/>
+      <c r="E128" s="7"/>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A129" s="1"/>
+      <c r="B129" s="7"/>
+      <c r="C129" s="7"/>
+      <c r="D129" s="7"/>
+      <c r="E129" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CEC8427-5381-4074-8C00-0A2704EBE073}">
-  <dimension ref="A1:AB125"/>
+  <dimension ref="A1:AB140"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45989</v>
+        <v>46010</v>
       </c>
       <c r="B2" s="5">
-        <v>1.1432450000000001</v>
+        <v>1.138663</v>
       </c>
       <c r="C2" s="5">
-        <v>1.2322610000000001</v>
+        <v>1.22641</v>
       </c>
       <c r="D2" s="5">
-        <v>1.3102450000000001</v>
+        <v>1.303407</v>
       </c>
       <c r="E2" s="5">
-        <v>1.1072850000000001</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1064449999999999</v>
+      </c>
+    </row>
+    <row r="3" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45988</v>
+        <v>46009</v>
       </c>
       <c r="B3" s="5">
-        <v>1.142582</v>
+        <v>1.1371869999999999</v>
       </c>
       <c r="C3" s="5">
-        <v>1.231071</v>
+        <v>1.2242420000000001</v>
       </c>
       <c r="D3" s="5">
-        <v>1.308799</v>
+        <v>1.2999959999999999</v>
       </c>
       <c r="E3" s="5">
-        <v>1.1072489999999999</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1041049999999999</v>
+      </c>
+    </row>
+    <row r="4" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45987</v>
+        <v>46008</v>
       </c>
       <c r="B4" s="5">
-        <v>1.1414519999999999</v>
+        <v>1.1377170000000001</v>
       </c>
       <c r="C4" s="5">
-        <v>1.229743</v>
+        <v>1.224955</v>
       </c>
       <c r="D4" s="5">
-        <v>1.307032</v>
+        <v>1.3013680000000001</v>
       </c>
       <c r="E4" s="5">
-        <v>1.106465</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1050120000000001</v>
+      </c>
+    </row>
+    <row r="5" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45986</v>
+        <v>46007</v>
       </c>
       <c r="B5" s="5">
-        <v>1.1393949999999999</v>
+        <v>1.1383479999999999</v>
       </c>
       <c r="C5" s="5">
-        <v>1.2259610000000001</v>
+        <v>1.225622</v>
       </c>
       <c r="D5" s="5">
-        <v>1.3004089999999999</v>
+        <v>1.30183</v>
       </c>
       <c r="E5" s="5">
-        <v>1.103755</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1046959999999999</v>
+      </c>
+    </row>
+    <row r="6" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45985</v>
+        <v>46006</v>
       </c>
       <c r="B6" s="5">
-        <v>1.137189</v>
+        <v>1.1399330000000001</v>
       </c>
       <c r="C6" s="5">
-        <v>1.2226539999999999</v>
+        <v>1.227868</v>
       </c>
       <c r="D6" s="5">
-        <v>1.295614</v>
+        <v>1.305412</v>
       </c>
       <c r="E6" s="5">
-        <v>1.102014</v>
-[...6 lines deleted...]
-    <row r="7" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1064400000000001</v>
+      </c>
+    </row>
+    <row r="7" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45982</v>
+        <v>46003</v>
       </c>
       <c r="B7" s="5">
-        <v>1.133613</v>
+        <v>1.141791</v>
       </c>
       <c r="C7" s="5">
-        <v>1.217287</v>
+        <v>1.230534</v>
       </c>
       <c r="D7" s="5">
-        <v>1.287485</v>
+        <v>1.3096490000000001</v>
       </c>
       <c r="E7" s="5">
-        <v>1.0984389999999999</v>
-[...6 lines deleted...]
-    <row r="8" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1082399999999999</v>
+      </c>
+      <c r="M7" s="1"/>
+      <c r="V7" s="2"/>
+      <c r="W7" s="2"/>
+      <c r="X7" s="2"/>
+      <c r="AA7" s="2"/>
+    </row>
+    <row r="8" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45981</v>
+        <v>46002</v>
       </c>
       <c r="B8" s="5">
-        <v>1.139151</v>
+        <v>1.1383920000000001</v>
       </c>
       <c r="C8" s="5">
-        <v>1.2256769999999999</v>
+        <v>1.2255799999999999</v>
       </c>
       <c r="D8" s="5">
-        <v>1.3009539999999999</v>
+        <v>1.3023169999999999</v>
       </c>
       <c r="E8" s="5">
-        <v>1.104223</v>
-[...6 lines deleted...]
-    <row r="9" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1047750000000001</v>
+      </c>
+      <c r="M8" s="1"/>
+      <c r="V8" s="2"/>
+      <c r="W8" s="2"/>
+      <c r="X8" s="2"/>
+      <c r="AA8" s="2"/>
+    </row>
+    <row r="9" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45980</v>
+        <v>46001</v>
       </c>
       <c r="B9" s="5">
-        <v>1.135634</v>
+        <v>1.1375690000000001</v>
       </c>
       <c r="C9" s="5">
-        <v>1.2199230000000001</v>
+        <v>1.224953</v>
       </c>
       <c r="D9" s="5">
-        <v>1.2909539999999999</v>
+        <v>1.3021469999999999</v>
       </c>
       <c r="E9" s="5">
-        <v>1.0994360000000001</v>
-[...6 lines deleted...]
-    <row r="10" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.105745</v>
+      </c>
+      <c r="M9" s="1"/>
+      <c r="V9" s="2"/>
+      <c r="W9" s="2"/>
+      <c r="AA9" s="2"/>
+    </row>
+    <row r="10" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45979</v>
+        <v>46000</v>
       </c>
       <c r="B10" s="5">
-        <v>1.136693</v>
+        <v>1.138496</v>
       </c>
       <c r="C10" s="5">
-        <v>1.2215689999999999</v>
+        <v>1.225946</v>
       </c>
       <c r="D10" s="5">
-        <v>1.293801</v>
+        <v>1.303229</v>
       </c>
       <c r="E10" s="5">
-        <v>1.09981</v>
-[...6 lines deleted...]
-    <row r="11" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.105871</v>
+      </c>
+      <c r="M10" s="1"/>
+      <c r="V10" s="2"/>
+      <c r="W10" s="2"/>
+      <c r="AA10" s="2"/>
+    </row>
+    <row r="11" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45978</v>
+        <v>45999</v>
       </c>
       <c r="B11" s="5">
-        <v>1.1415489999999999</v>
+        <v>1.1406849999999999</v>
       </c>
       <c r="C11" s="5">
-        <v>1.229247</v>
+        <v>1.228812</v>
       </c>
       <c r="D11" s="5">
-        <v>1.3062800000000001</v>
+        <v>1.3068070000000001</v>
       </c>
       <c r="E11" s="5">
-        <v>1.1058589999999999</v>
-[...4 lines deleted...]
-      <c r="U11" s="2"/>
+        <v>1.107343</v>
+      </c>
+      <c r="M11" s="1"/>
       <c r="V11" s="2"/>
-      <c r="Y11" s="2"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W11" s="2"/>
+      <c r="AA11" s="2"/>
+    </row>
+    <row r="12" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45975</v>
+        <v>45996</v>
       </c>
       <c r="B12" s="5">
-        <v>1.1413740000000001</v>
+        <v>1.141418</v>
       </c>
       <c r="C12" s="5">
-        <v>1.2288349999999999</v>
+        <v>1.2297549999999999</v>
       </c>
       <c r="D12" s="5">
-        <v>1.305107</v>
+        <v>1.307741</v>
       </c>
       <c r="E12" s="5">
-        <v>1.104913</v>
-[...2 lines deleted...]
-      <c r="U12" s="2"/>
+        <v>1.1073930000000001</v>
+      </c>
+      <c r="M12" s="1"/>
       <c r="V12" s="2"/>
-      <c r="Z12" s="2"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W12" s="2"/>
+      <c r="AA12" s="2"/>
+    </row>
+    <row r="13" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45974</v>
+        <v>45995</v>
       </c>
       <c r="B13" s="5">
-        <v>1.146531</v>
+        <v>1.1407290000000001</v>
       </c>
       <c r="C13" s="5">
-        <v>1.2362770000000001</v>
+        <v>1.228961</v>
       </c>
       <c r="D13" s="5">
-        <v>1.316155</v>
+        <v>1.3067249999999999</v>
       </c>
       <c r="E13" s="5">
-        <v>1.109777</v>
-[...6 lines deleted...]
-    <row r="14" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.107186</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45973</v>
+        <v>45994</v>
       </c>
       <c r="B14" s="5">
-        <v>1.147478</v>
+        <v>1.140909</v>
       </c>
       <c r="C14" s="5">
-        <v>1.237249</v>
+        <v>1.229252</v>
       </c>
       <c r="D14" s="5">
-        <v>1.3173680000000001</v>
+        <v>1.3069139999999999</v>
       </c>
       <c r="E14" s="5">
-        <v>1.1102000000000001</v>
+        <v>1.1075390000000001</v>
       </c>
       <c r="J14" s="1"/>
       <c r="L14" s="1"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Z14" s="2"/>
     </row>
-    <row r="15" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45972</v>
+        <v>45993</v>
       </c>
       <c r="B15" s="5">
-        <v>1.1459619999999999</v>
+        <v>1.1411830000000001</v>
       </c>
       <c r="C15" s="5">
-        <v>1.235242</v>
+        <v>1.229158</v>
       </c>
       <c r="D15" s="5">
-        <v>1.31498</v>
+        <v>1.3062020000000001</v>
       </c>
       <c r="E15" s="5">
-        <v>1.109143</v>
+        <v>1.1069059999999999</v>
       </c>
       <c r="J15" s="1"/>
       <c r="L15" s="1"/>
       <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
       <c r="X15" s="2"/>
       <c r="Z15" s="2"/>
     </row>
-    <row r="16" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45971</v>
+        <v>45992</v>
       </c>
       <c r="B16" s="5">
-        <v>1.1443589999999999</v>
+        <v>1.1413139999999999</v>
       </c>
       <c r="C16" s="5">
-        <v>1.232658</v>
+        <v>1.229255</v>
       </c>
       <c r="D16" s="5">
-        <v>1.311083</v>
+        <v>1.3059620000000001</v>
       </c>
       <c r="E16" s="5">
-        <v>1.106965</v>
+        <v>1.106225</v>
       </c>
       <c r="J16" s="1"/>
       <c r="L16" s="1"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="X16" s="2"/>
       <c r="Z16" s="2"/>
     </row>
-    <row r="17" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45968</v>
+        <v>45989</v>
       </c>
       <c r="B17" s="5">
-        <v>1.1426609999999999</v>
+        <v>1.1432450000000001</v>
       </c>
       <c r="C17" s="5">
-        <v>1.2295849999999999</v>
+        <v>1.2322610000000001</v>
       </c>
       <c r="D17" s="5">
-        <v>1.306098</v>
+        <v>1.3102450000000001</v>
       </c>
       <c r="E17" s="5">
-        <v>1.104897</v>
+        <v>1.1072850000000001</v>
       </c>
       <c r="J17" s="1"/>
+      <c r="L17" s="1"/>
       <c r="S17" s="2"/>
       <c r="T17" s="2"/>
+      <c r="U17" s="2"/>
+      <c r="V17" s="2"/>
       <c r="X17" s="2"/>
-    </row>
-    <row r="18" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="Z17" s="2"/>
+    </row>
+    <row r="18" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45967</v>
+        <v>45988</v>
       </c>
       <c r="B18" s="5">
-        <v>1.1446540000000001</v>
+        <v>1.142582</v>
       </c>
       <c r="C18" s="5">
-        <v>1.232556</v>
+        <v>1.231071</v>
       </c>
       <c r="D18" s="5">
-        <v>1.310754</v>
+        <v>1.308799</v>
       </c>
       <c r="E18" s="5">
-        <v>1.1075900000000001</v>
+        <v>1.1072489999999999</v>
       </c>
       <c r="J18" s="1"/>
+      <c r="L18" s="1"/>
       <c r="S18" s="2"/>
       <c r="T18" s="2"/>
+      <c r="U18" s="2"/>
+      <c r="V18" s="2"/>
       <c r="X18" s="2"/>
-    </row>
-    <row r="19" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="Z18" s="2"/>
+    </row>
+    <row r="19" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45966</v>
+        <v>45987</v>
       </c>
       <c r="B19" s="5">
-        <v>1.1433120000000001</v>
+        <v>1.1414519999999999</v>
       </c>
       <c r="C19" s="5">
-        <v>1.230621</v>
+        <v>1.229743</v>
       </c>
       <c r="D19" s="5">
-        <v>1.307884</v>
+        <v>1.307032</v>
       </c>
       <c r="E19" s="5">
-        <v>1.1057220000000001</v>
+        <v>1.106465</v>
       </c>
       <c r="J19" s="1"/>
+      <c r="L19" s="1"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
+      <c r="U19" s="2"/>
+      <c r="V19" s="2"/>
       <c r="X19" s="2"/>
-    </row>
-    <row r="20" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="Z19" s="2"/>
+    </row>
+    <row r="20" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45965</v>
+        <v>45986</v>
       </c>
       <c r="B20" s="5">
-        <v>1.144223</v>
+        <v>1.1393949999999999</v>
       </c>
       <c r="C20" s="5">
-        <v>1.2321409999999999</v>
+        <v>1.2259610000000001</v>
       </c>
       <c r="D20" s="5">
-        <v>1.3106120000000001</v>
+        <v>1.3004089999999999</v>
       </c>
       <c r="E20" s="5">
-        <v>1.108044</v>
-[...6 lines deleted...]
-    <row r="21" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.103755</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45964</v>
+        <v>45985</v>
       </c>
       <c r="B21" s="5">
-        <v>1.145778</v>
+        <v>1.137189</v>
       </c>
       <c r="C21" s="5">
-        <v>1.234453</v>
+        <v>1.2226539999999999</v>
       </c>
       <c r="D21" s="5">
-        <v>1.314211</v>
+        <v>1.295614</v>
       </c>
       <c r="E21" s="5">
-        <v>1.1107530000000001</v>
-[...2 lines deleted...]
-      <c r="S21" s="2"/>
+        <v>1.102014</v>
+      </c>
+      <c r="K21" s="1"/>
       <c r="T21" s="2"/>
-      <c r="X21" s="2"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U21" s="2"/>
+      <c r="Y21" s="2"/>
+    </row>
+    <row r="22" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45961</v>
+        <v>45982</v>
       </c>
       <c r="B22" s="5">
-        <v>1.146396</v>
+        <v>1.133613</v>
       </c>
       <c r="C22" s="5">
-        <v>1.235433</v>
+        <v>1.217287</v>
       </c>
       <c r="D22" s="5">
-        <v>1.315647</v>
+        <v>1.287485</v>
       </c>
       <c r="E22" s="5">
-        <v>1.1112789999999999</v>
-[...2 lines deleted...]
-      <c r="S22" s="2"/>
+        <v>1.0984389999999999</v>
+      </c>
+      <c r="K22" s="1"/>
       <c r="T22" s="2"/>
-      <c r="X22" s="2"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U22" s="2"/>
+      <c r="Y22" s="2"/>
+    </row>
+    <row r="23" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45960</v>
+        <v>45981</v>
       </c>
       <c r="B23" s="5">
-        <v>1.1459280000000001</v>
+        <v>1.139151</v>
       </c>
       <c r="C23" s="5">
-        <v>1.2346699999999999</v>
+        <v>1.2256769999999999</v>
       </c>
       <c r="D23" s="5">
-        <v>1.3144169999999999</v>
+        <v>1.3009539999999999</v>
       </c>
       <c r="E23" s="5">
-        <v>1.112473</v>
-[...2 lines deleted...]
-      <c r="S23" s="2"/>
+        <v>1.104223</v>
+      </c>
+      <c r="K23" s="1"/>
       <c r="T23" s="2"/>
-      <c r="X23" s="2"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U23" s="2"/>
+      <c r="Y23" s="2"/>
+    </row>
+    <row r="24" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="B24" s="5">
-        <v>1.148085</v>
+        <v>1.135634</v>
       </c>
       <c r="C24" s="5">
-        <v>1.2374039999999999</v>
+        <v>1.2199230000000001</v>
       </c>
       <c r="D24" s="5">
-        <v>1.3176159999999999</v>
+        <v>1.2909539999999999</v>
       </c>
       <c r="E24" s="5">
-        <v>1.1137999999999999</v>
-[...2 lines deleted...]
-      <c r="S24" s="2"/>
+        <v>1.0994360000000001</v>
+      </c>
+      <c r="K24" s="1"/>
       <c r="T24" s="2"/>
-      <c r="X24" s="2"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="U24" s="2"/>
+      <c r="Y24" s="2"/>
+    </row>
+    <row r="25" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
-        <v>45958</v>
+        <v>45979</v>
       </c>
       <c r="B25" s="5">
-        <v>1.1501410000000001</v>
+        <v>1.136693</v>
       </c>
       <c r="C25" s="5">
-        <v>1.2400500000000001</v>
+        <v>1.2215689999999999</v>
       </c>
       <c r="D25" s="5">
-        <v>1.3206500000000001</v>
+        <v>1.293801</v>
       </c>
       <c r="E25" s="5">
-        <v>1.1142069999999999</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.09981</v>
+      </c>
+      <c r="K25" s="1"/>
+      <c r="T25" s="2"/>
+      <c r="U25" s="2"/>
+      <c r="Y25" s="2"/>
+    </row>
+    <row r="26" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
-        <v>45957</v>
+        <v>45978</v>
       </c>
       <c r="B26" s="5">
-        <v>1.150687</v>
+        <v>1.1415489999999999</v>
       </c>
       <c r="C26" s="5">
-        <v>1.2410920000000001</v>
+        <v>1.229247</v>
       </c>
       <c r="D26" s="5">
-        <v>1.322174</v>
+        <v>1.3062800000000001</v>
       </c>
       <c r="E26" s="5">
-        <v>1.115648</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1058589999999999</v>
+      </c>
+      <c r="K26" s="1"/>
+      <c r="L26" s="1"/>
+      <c r="T26" s="2"/>
+      <c r="U26" s="2"/>
+      <c r="V26" s="2"/>
+      <c r="Y26" s="2"/>
+      <c r="Z26" s="2"/>
+    </row>
+    <row r="27" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
-        <v>45954</v>
+        <v>45975</v>
       </c>
       <c r="B27" s="5">
-        <v>1.1488370000000001</v>
+        <v>1.1413740000000001</v>
       </c>
       <c r="C27" s="5">
-        <v>1.2382120000000001</v>
+        <v>1.2288349999999999</v>
       </c>
       <c r="D27" s="5">
-        <v>1.317547</v>
+        <v>1.305107</v>
       </c>
       <c r="E27" s="5">
-        <v>1.1137269999999999</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.104913</v>
+      </c>
+      <c r="L27" s="1"/>
+      <c r="U27" s="2"/>
+      <c r="V27" s="2"/>
+      <c r="Z27" s="2"/>
+    </row>
+    <row r="28" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
-        <v>45953</v>
+        <v>45974</v>
       </c>
       <c r="B28" s="5">
-        <v>1.148307</v>
+        <v>1.146531</v>
       </c>
       <c r="C28" s="5">
-        <v>1.237414</v>
+        <v>1.2362770000000001</v>
       </c>
       <c r="D28" s="5">
-        <v>1.3160689999999999</v>
+        <v>1.316155</v>
       </c>
       <c r="E28" s="5">
-        <v>1.1130100000000001</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.109777</v>
+      </c>
+      <c r="L28" s="1"/>
+      <c r="U28" s="2"/>
+      <c r="V28" s="2"/>
+      <c r="Z28" s="2"/>
+    </row>
+    <row r="29" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
-        <v>45952</v>
+        <v>45973</v>
       </c>
       <c r="B29" s="5">
-        <v>1.148871</v>
+        <v>1.147478</v>
       </c>
       <c r="C29" s="5">
-        <v>1.238046</v>
+        <v>1.237249</v>
       </c>
       <c r="D29" s="5">
-        <v>1.3167899999999999</v>
+        <v>1.3173680000000001</v>
       </c>
       <c r="E29" s="5">
-        <v>1.113475</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.1102000000000001</v>
+      </c>
+      <c r="J29" s="1"/>
+      <c r="L29" s="1"/>
+      <c r="S29" s="2"/>
+      <c r="T29" s="2"/>
+      <c r="U29" s="2"/>
+      <c r="V29" s="2"/>
+      <c r="X29" s="2"/>
+      <c r="Z29" s="2"/>
+    </row>
+    <row r="30" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
-        <v>45951</v>
+        <v>45972</v>
       </c>
       <c r="B30" s="5">
-        <v>1.1504380000000001</v>
+        <v>1.1459619999999999</v>
       </c>
       <c r="C30" s="5">
-        <v>1.2407589999999999</v>
+        <v>1.235242</v>
       </c>
       <c r="D30" s="5">
-        <v>1.320835</v>
+        <v>1.31498</v>
       </c>
       <c r="E30" s="5">
-        <v>1.1147659999999999</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:25" x14ac:dyDescent="0.35">
+        <v>1.109143</v>
+      </c>
+      <c r="J30" s="1"/>
+      <c r="L30" s="1"/>
+      <c r="S30" s="2"/>
+      <c r="T30" s="2"/>
+      <c r="U30" s="2"/>
+      <c r="V30" s="2"/>
+      <c r="X30" s="2"/>
+      <c r="Z30" s="2"/>
+    </row>
+    <row r="31" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
-        <v>45950</v>
+        <v>45971</v>
       </c>
       <c r="B31" s="5">
-        <v>1.1474139999999999</v>
+        <v>1.1443589999999999</v>
       </c>
       <c r="C31" s="5">
-        <v>1.2365360000000001</v>
+        <v>1.232658</v>
       </c>
       <c r="D31" s="5">
-        <v>1.314937</v>
+        <v>1.311083</v>
       </c>
       <c r="E31" s="5">
-        <v>1.1124000000000001</v>
-[...1 lines deleted...]
-      <c r="K31" s="1"/>
+        <v>1.106965</v>
+      </c>
+      <c r="J31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="S31" s="2"/>
       <c r="T31" s="2"/>
       <c r="U31" s="2"/>
-      <c r="Y31" s="2"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V31" s="2"/>
+      <c r="X31" s="2"/>
+      <c r="Z31" s="2"/>
+    </row>
+    <row r="32" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B32" s="5">
-        <v>1.145384</v>
+        <v>1.1426609999999999</v>
       </c>
       <c r="C32" s="5">
-        <v>1.2336499999999999</v>
+        <v>1.2295849999999999</v>
       </c>
       <c r="D32" s="5">
-        <v>1.310541</v>
+        <v>1.306098</v>
       </c>
       <c r="E32" s="5">
-        <v>1.1075459999999999</v>
-[...1 lines deleted...]
-      <c r="K32" s="1"/>
+        <v>1.104897</v>
+      </c>
+      <c r="J32" s="1"/>
+      <c r="S32" s="2"/>
       <c r="T32" s="2"/>
-      <c r="U32" s="2"/>
-      <c r="Y32" s="2"/>
+      <c r="X32" s="2"/>
     </row>
     <row r="33" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B33" s="5">
-        <v>1.146871</v>
+        <v>1.1446540000000001</v>
       </c>
       <c r="C33" s="5">
-        <v>1.23624</v>
+        <v>1.232556</v>
       </c>
       <c r="D33" s="5">
-        <v>1.3151330000000001</v>
+        <v>1.310754</v>
       </c>
       <c r="E33" s="5">
-        <v>1.1120190000000001</v>
-[...1 lines deleted...]
-      <c r="K33" s="1"/>
+        <v>1.1075900000000001</v>
+      </c>
+      <c r="J33" s="1"/>
+      <c r="S33" s="2"/>
       <c r="T33" s="2"/>
-      <c r="U33" s="2"/>
-      <c r="Y33" s="2"/>
+      <c r="X33" s="2"/>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A34" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B34" s="5">
-        <v>1.143589</v>
+        <v>1.1433120000000001</v>
       </c>
       <c r="C34" s="5">
-        <v>1.2319249999999999</v>
+        <v>1.230621</v>
       </c>
       <c r="D34" s="5">
-        <v>1.309806</v>
+        <v>1.307884</v>
       </c>
       <c r="E34" s="5">
-        <v>1.108908</v>
+        <v>1.1057220000000001</v>
       </c>
       <c r="J34" s="1"/>
-      <c r="K34" s="1"/>
       <c r="S34" s="2"/>
       <c r="T34" s="2"/>
-      <c r="U34" s="2"/>
       <c r="X34" s="2"/>
-      <c r="Y34" s="2"/>
     </row>
     <row r="35" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A35" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B35" s="5">
-        <v>1.140245</v>
+        <v>1.144223</v>
       </c>
       <c r="C35" s="5">
-        <v>1.2274130000000001</v>
+        <v>1.2321409999999999</v>
       </c>
       <c r="D35" s="5">
-        <v>1.303561</v>
+        <v>1.3106120000000001</v>
       </c>
       <c r="E35" s="5">
-        <v>1.1058429999999999</v>
+        <v>1.108044</v>
       </c>
       <c r="J35" s="1"/>
-      <c r="K35" s="1"/>
       <c r="S35" s="2"/>
       <c r="T35" s="2"/>
-      <c r="U35" s="2"/>
       <c r="X35" s="2"/>
-      <c r="Y35" s="2"/>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B36" s="5">
-        <v>1.139259</v>
+        <v>1.145778</v>
       </c>
       <c r="C36" s="5">
-        <v>1.2256640000000001</v>
+        <v>1.234453</v>
       </c>
       <c r="D36" s="5">
-        <v>1.301042</v>
+        <v>1.314211</v>
       </c>
       <c r="E36" s="5">
-        <v>1.105486</v>
+        <v>1.1107530000000001</v>
       </c>
       <c r="J36" s="1"/>
-      <c r="K36" s="1"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
-      <c r="U36" s="2"/>
       <c r="X36" s="2"/>
-      <c r="Y36" s="2"/>
     </row>
     <row r="37" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B37" s="5">
-        <v>1.141702</v>
+        <v>1.146396</v>
       </c>
       <c r="C37" s="5">
-        <v>1.229668</v>
+        <v>1.235433</v>
       </c>
       <c r="D37" s="5">
-        <v>1.307803</v>
+        <v>1.315647</v>
       </c>
       <c r="E37" s="5">
-        <v>1.1050139999999999</v>
+        <v>1.1112789999999999</v>
       </c>
       <c r="J37" s="1"/>
       <c r="S37" s="2"/>
       <c r="T37" s="2"/>
       <c r="X37" s="2"/>
     </row>
     <row r="38" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A38" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B38" s="5">
-        <v>1.143103</v>
+        <v>1.1459280000000001</v>
       </c>
       <c r="C38" s="5">
-        <v>1.231419</v>
+        <v>1.2346699999999999</v>
       </c>
       <c r="D38" s="5">
-        <v>1.309965</v>
+        <v>1.3144169999999999</v>
       </c>
       <c r="E38" s="5">
-        <v>1.108671</v>
+        <v>1.112473</v>
       </c>
       <c r="J38" s="1"/>
       <c r="S38" s="2"/>
       <c r="T38" s="2"/>
       <c r="X38" s="2"/>
     </row>
     <row r="39" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
-        <v>45938</v>
+        <v>45959</v>
       </c>
       <c r="B39" s="5">
-        <v>1.1421779999999999</v>
+        <v>1.148085</v>
       </c>
       <c r="C39" s="5">
-        <v>1.2303200000000001</v>
+        <v>1.2374039999999999</v>
       </c>
       <c r="D39" s="5">
-        <v>1.3083119999999999</v>
+        <v>1.3176159999999999</v>
       </c>
       <c r="E39" s="5">
-        <v>1.108168</v>
+        <v>1.1137999999999999</v>
       </c>
       <c r="J39" s="1"/>
       <c r="S39" s="2"/>
       <c r="T39" s="2"/>
       <c r="X39" s="2"/>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A40" s="1">
-        <v>45937</v>
+        <v>45958</v>
       </c>
       <c r="B40" s="5">
-        <v>1.1421539999999999</v>
+        <v>1.1501410000000001</v>
       </c>
       <c r="C40" s="5">
-        <v>1.230256</v>
+        <v>1.2400500000000001</v>
       </c>
       <c r="D40" s="5">
-        <v>1.3086180000000001</v>
+        <v>1.3206500000000001</v>
       </c>
       <c r="E40" s="5">
-        <v>1.1091089999999999</v>
+        <v>1.1142069999999999</v>
       </c>
     </row>
     <row r="41" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A41" s="1">
-        <v>45936</v>
+        <v>45957</v>
       </c>
       <c r="B41" s="5">
-        <v>1.1424399999999999</v>
+        <v>1.150687</v>
       </c>
       <c r="C41" s="5">
-        <v>1.230764</v>
+        <v>1.2410920000000001</v>
       </c>
       <c r="D41" s="5">
-        <v>1.309272</v>
+        <v>1.322174</v>
       </c>
       <c r="E41" s="5">
-        <v>1.1092139999999999</v>
+        <v>1.115648</v>
       </c>
     </row>
     <row r="42" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A42" s="1">
-        <v>45933</v>
+        <v>45954</v>
       </c>
       <c r="B42" s="5">
-        <v>1.1419859999999999</v>
+        <v>1.1488370000000001</v>
       </c>
       <c r="C42" s="5">
-        <v>1.229727</v>
+        <v>1.2382120000000001</v>
       </c>
       <c r="D42" s="5">
-        <v>1.3079240000000001</v>
+        <v>1.317547</v>
       </c>
       <c r="E42" s="5">
-        <v>1.1091390000000001</v>
+        <v>1.1137269999999999</v>
       </c>
     </row>
     <row r="43" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A43" s="1">
-        <v>45932</v>
+        <v>45953</v>
       </c>
       <c r="B43" s="5">
-        <v>1.140633</v>
+        <v>1.148307</v>
       </c>
       <c r="C43" s="5">
-        <v>1.2277739999999999</v>
+        <v>1.237414</v>
       </c>
       <c r="D43" s="5">
-        <v>1.3047409999999999</v>
+        <v>1.3160689999999999</v>
       </c>
       <c r="E43" s="5">
-        <v>1.1073</v>
+        <v>1.1130100000000001</v>
       </c>
     </row>
     <row r="44" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A44" s="1">
-        <v>45931</v>
+        <v>45952</v>
       </c>
       <c r="B44" s="5">
-        <v>1.1373899999999999</v>
+        <v>1.148871</v>
       </c>
       <c r="C44" s="5">
-        <v>1.222969</v>
+        <v>1.238046</v>
       </c>
       <c r="D44" s="5">
-        <v>1.29762</v>
+        <v>1.3167899999999999</v>
       </c>
       <c r="E44" s="5">
-        <v>1.1035410000000001</v>
+        <v>1.113475</v>
       </c>
     </row>
     <row r="45" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A45" s="1">
-        <v>45930</v>
+        <v>45951</v>
       </c>
       <c r="B45" s="5">
-        <v>1.13714</v>
+        <v>1.1504380000000001</v>
       </c>
       <c r="C45" s="5">
-        <v>1.222351</v>
+        <v>1.2407589999999999</v>
       </c>
       <c r="D45" s="5">
-        <v>1.2966489999999999</v>
+        <v>1.320835</v>
       </c>
       <c r="E45" s="5">
-        <v>1.103478</v>
+        <v>1.1147659999999999</v>
       </c>
     </row>
     <row r="46" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A46" s="1">
-        <v>45929</v>
+        <v>45950</v>
       </c>
       <c r="B46" s="5">
-        <v>1.1373340000000001</v>
+        <v>1.1474139999999999</v>
       </c>
       <c r="C46" s="5">
-        <v>1.2228349999999999</v>
+        <v>1.2365360000000001</v>
       </c>
       <c r="D46" s="5">
-        <v>1.2975639999999999</v>
+        <v>1.314937</v>
       </c>
       <c r="E46" s="5">
-        <v>1.1033949999999999</v>
-      </c>
+        <v>1.1124000000000001</v>
+      </c>
+      <c r="K46" s="1"/>
+      <c r="T46" s="2"/>
+      <c r="U46" s="2"/>
+      <c r="Y46" s="2"/>
     </row>
     <row r="47" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A47" s="1">
-        <v>45926</v>
+        <v>45947</v>
       </c>
       <c r="B47" s="5">
-        <v>1.133778</v>
+        <v>1.145384</v>
       </c>
       <c r="C47" s="5">
-        <v>1.2182299999999999</v>
+        <v>1.2336499999999999</v>
       </c>
       <c r="D47" s="5">
-        <v>1.291666</v>
+        <v>1.310541</v>
       </c>
       <c r="E47" s="5">
-        <v>1.099839</v>
-      </c>
+        <v>1.1075459999999999</v>
+      </c>
+      <c r="K47" s="1"/>
+      <c r="T47" s="2"/>
+      <c r="U47" s="2"/>
+      <c r="Y47" s="2"/>
     </row>
     <row r="48" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A48" s="1">
+        <v>45946</v>
+      </c>
+      <c r="B48" s="5">
+        <v>1.146871</v>
+      </c>
+      <c r="C48" s="5">
+        <v>1.23624</v>
+      </c>
+      <c r="D48" s="5">
+        <v>1.3151330000000001</v>
+      </c>
+      <c r="E48" s="5">
+        <v>1.1120190000000001</v>
+      </c>
+      <c r="K48" s="1"/>
+      <c r="T48" s="2"/>
+      <c r="U48" s="2"/>
+      <c r="Y48" s="2"/>
+    </row>
+    <row r="49" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
+        <v>45945</v>
+      </c>
+      <c r="B49" s="5">
+        <v>1.143589</v>
+      </c>
+      <c r="C49" s="5">
+        <v>1.2319249999999999</v>
+      </c>
+      <c r="D49" s="5">
+        <v>1.309806</v>
+      </c>
+      <c r="E49" s="5">
+        <v>1.108908</v>
+      </c>
+      <c r="J49" s="1"/>
+      <c r="K49" s="1"/>
+      <c r="S49" s="2"/>
+      <c r="T49" s="2"/>
+      <c r="U49" s="2"/>
+      <c r="X49" s="2"/>
+      <c r="Y49" s="2"/>
+    </row>
+    <row r="50" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>45944</v>
+      </c>
+      <c r="B50" s="5">
+        <v>1.140245</v>
+      </c>
+      <c r="C50" s="5">
+        <v>1.2274130000000001</v>
+      </c>
+      <c r="D50" s="5">
+        <v>1.303561</v>
+      </c>
+      <c r="E50" s="5">
+        <v>1.1058429999999999</v>
+      </c>
+      <c r="J50" s="1"/>
+      <c r="K50" s="1"/>
+      <c r="S50" s="2"/>
+      <c r="T50" s="2"/>
+      <c r="U50" s="2"/>
+      <c r="X50" s="2"/>
+      <c r="Y50" s="2"/>
+    </row>
+    <row r="51" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
+        <v>45943</v>
+      </c>
+      <c r="B51" s="5">
+        <v>1.139259</v>
+      </c>
+      <c r="C51" s="5">
+        <v>1.2256640000000001</v>
+      </c>
+      <c r="D51" s="5">
+        <v>1.301042</v>
+      </c>
+      <c r="E51" s="5">
+        <v>1.105486</v>
+      </c>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="S51" s="2"/>
+      <c r="T51" s="2"/>
+      <c r="U51" s="2"/>
+      <c r="X51" s="2"/>
+      <c r="Y51" s="2"/>
+    </row>
+    <row r="52" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
+        <v>45940</v>
+      </c>
+      <c r="B52" s="5">
+        <v>1.141702</v>
+      </c>
+      <c r="C52" s="5">
+        <v>1.229668</v>
+      </c>
+      <c r="D52" s="5">
+        <v>1.307803</v>
+      </c>
+      <c r="E52" s="5">
+        <v>1.1050139999999999</v>
+      </c>
+      <c r="J52" s="1"/>
+      <c r="S52" s="2"/>
+      <c r="T52" s="2"/>
+      <c r="X52" s="2"/>
+    </row>
+    <row r="53" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
+        <v>45939</v>
+      </c>
+      <c r="B53" s="5">
+        <v>1.143103</v>
+      </c>
+      <c r="C53" s="5">
+        <v>1.231419</v>
+      </c>
+      <c r="D53" s="5">
+        <v>1.309965</v>
+      </c>
+      <c r="E53" s="5">
+        <v>1.108671</v>
+      </c>
+      <c r="J53" s="1"/>
+      <c r="S53" s="2"/>
+      <c r="T53" s="2"/>
+      <c r="X53" s="2"/>
+    </row>
+    <row r="54" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
+        <v>45938</v>
+      </c>
+      <c r="B54" s="5">
+        <v>1.1421779999999999</v>
+      </c>
+      <c r="C54" s="5">
+        <v>1.2303200000000001</v>
+      </c>
+      <c r="D54" s="5">
+        <v>1.3083119999999999</v>
+      </c>
+      <c r="E54" s="5">
+        <v>1.108168</v>
+      </c>
+      <c r="J54" s="1"/>
+      <c r="S54" s="2"/>
+      <c r="T54" s="2"/>
+      <c r="X54" s="2"/>
+    </row>
+    <row r="55" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
+        <v>45937</v>
+      </c>
+      <c r="B55" s="5">
+        <v>1.1421539999999999</v>
+      </c>
+      <c r="C55" s="5">
+        <v>1.230256</v>
+      </c>
+      <c r="D55" s="5">
+        <v>1.3086180000000001</v>
+      </c>
+      <c r="E55" s="5">
+        <v>1.1091089999999999</v>
+      </c>
+    </row>
+    <row r="56" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
+        <v>45936</v>
+      </c>
+      <c r="B56" s="5">
+        <v>1.1424399999999999</v>
+      </c>
+      <c r="C56" s="5">
+        <v>1.230764</v>
+      </c>
+      <c r="D56" s="5">
+        <v>1.309272</v>
+      </c>
+      <c r="E56" s="5">
+        <v>1.1092139999999999</v>
+      </c>
+    </row>
+    <row r="57" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
+        <v>45933</v>
+      </c>
+      <c r="B57" s="5">
+        <v>1.1419859999999999</v>
+      </c>
+      <c r="C57" s="5">
+        <v>1.229727</v>
+      </c>
+      <c r="D57" s="5">
+        <v>1.3079240000000001</v>
+      </c>
+      <c r="E57" s="5">
+        <v>1.1091390000000001</v>
+      </c>
+    </row>
+    <row r="58" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A58" s="1">
+        <v>45932</v>
+      </c>
+      <c r="B58" s="5">
+        <v>1.140633</v>
+      </c>
+      <c r="C58" s="5">
+        <v>1.2277739999999999</v>
+      </c>
+      <c r="D58" s="5">
+        <v>1.3047409999999999</v>
+      </c>
+      <c r="E58" s="5">
+        <v>1.1073</v>
+      </c>
+    </row>
+    <row r="59" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A59" s="1">
+        <v>45931</v>
+      </c>
+      <c r="B59" s="5">
+        <v>1.1373899999999999</v>
+      </c>
+      <c r="C59" s="5">
+        <v>1.222969</v>
+      </c>
+      <c r="D59" s="5">
+        <v>1.29762</v>
+      </c>
+      <c r="E59" s="5">
+        <v>1.1035410000000001</v>
+      </c>
+    </row>
+    <row r="60" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A60" s="1">
+        <v>45930</v>
+      </c>
+      <c r="B60" s="5">
+        <v>1.13714</v>
+      </c>
+      <c r="C60" s="5">
+        <v>1.222351</v>
+      </c>
+      <c r="D60" s="5">
+        <v>1.2966489999999999</v>
+      </c>
+      <c r="E60" s="5">
+        <v>1.103478</v>
+      </c>
+    </row>
+    <row r="61" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>45929</v>
+      </c>
+      <c r="B61" s="5">
+        <v>1.1373340000000001</v>
+      </c>
+      <c r="C61" s="5">
+        <v>1.2228349999999999</v>
+      </c>
+      <c r="D61" s="5">
+        <v>1.2975639999999999</v>
+      </c>
+      <c r="E61" s="5">
+        <v>1.1033949999999999</v>
+      </c>
+    </row>
+    <row r="62" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
+        <v>45926</v>
+      </c>
+      <c r="B62" s="5">
+        <v>1.133778</v>
+      </c>
+      <c r="C62" s="5">
+        <v>1.2182299999999999</v>
+      </c>
+      <c r="D62" s="5">
+        <v>1.291666</v>
+      </c>
+      <c r="E62" s="5">
+        <v>1.099839</v>
+      </c>
+    </row>
+    <row r="63" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
         <v>45925</v>
       </c>
-      <c r="B48" s="5">
+      <c r="B63" s="5">
         <v>1.134701</v>
       </c>
-      <c r="C48" s="5">
+      <c r="C63" s="5">
         <v>1.218988</v>
       </c>
-      <c r="D48" s="5">
+      <c r="D63" s="5">
         <v>1.2922089999999999</v>
       </c>
-      <c r="E48" s="5">
+      <c r="E63" s="5">
         <v>1.100862</v>
       </c>
     </row>
-    <row r="49" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A49" s="1">
+    <row r="64" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
         <v>45924</v>
       </c>
-      <c r="B49" s="5">
+      <c r="B64" s="5">
         <v>1.134941</v>
       </c>
-      <c r="C49" s="5">
+      <c r="C64" s="5">
         <v>1.219279</v>
       </c>
-      <c r="D49" s="5">
+      <c r="D64" s="5">
         <v>1.292573</v>
       </c>
-      <c r="E49" s="5">
+      <c r="E64" s="5">
         <v>1.1021510000000001</v>
       </c>
     </row>
-    <row r="50" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A50" s="1">
+    <row r="65" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A65" s="1">
         <v>45923</v>
       </c>
-      <c r="B50" s="5">
+      <c r="B65" s="5">
         <v>1.136992</v>
       </c>
-      <c r="C50" s="5">
+      <c r="C65" s="5">
         <v>1.2219279999999999</v>
       </c>
-      <c r="D50" s="5">
+      <c r="D65" s="5">
         <v>1.296576</v>
       </c>
-      <c r="E50" s="5">
+      <c r="E65" s="5">
         <v>1.1045050000000001</v>
       </c>
-      <c r="N50" s="1"/>
-[...5 lines deleted...]
-      <c r="A51" s="1">
+      <c r="N65" s="1"/>
+      <c r="W65" s="2"/>
+      <c r="X65" s="2"/>
+      <c r="AB65" s="2"/>
+    </row>
+    <row r="66" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
         <v>45922</v>
       </c>
-      <c r="B51" s="5">
+      <c r="B66" s="5">
         <v>1.1351610000000001</v>
       </c>
-      <c r="C51" s="5">
+      <c r="C66" s="5">
         <v>1.2190479999999999</v>
       </c>
-      <c r="D51" s="5">
+      <c r="D66" s="5">
         <v>1.2929090000000001</v>
       </c>
-      <c r="E51" s="5">
+      <c r="E66" s="5">
         <v>1.1027100000000001</v>
       </c>
-      <c r="N51" s="1"/>
-[...5 lines deleted...]
-      <c r="A52" s="1">
+      <c r="N66" s="1"/>
+      <c r="W66" s="2"/>
+      <c r="X66" s="2"/>
+      <c r="AB66" s="2"/>
+    </row>
+    <row r="67" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A67" s="1">
         <v>45919</v>
       </c>
-      <c r="B52" s="5">
+      <c r="B67" s="5">
         <v>1.1339710000000001</v>
       </c>
-      <c r="C52" s="5">
+      <c r="C67" s="5">
         <v>1.217465</v>
       </c>
-      <c r="D52" s="5">
+      <c r="D67" s="5">
         <v>1.291042</v>
       </c>
-      <c r="E52" s="5">
+      <c r="E67" s="5">
         <v>1.1012219999999999</v>
       </c>
-      <c r="N52" s="1"/>
-[...5 lines deleted...]
-      <c r="A53" s="1">
+      <c r="N67" s="1"/>
+      <c r="W67" s="2"/>
+      <c r="X67" s="2"/>
+      <c r="AB67" s="2"/>
+    </row>
+    <row r="68" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A68" s="1">
         <v>45918</v>
       </c>
-      <c r="B53" s="5">
+      <c r="B68" s="5">
         <v>1.133651</v>
       </c>
-      <c r="C53" s="5">
+      <c r="C68" s="5">
         <v>1.2162980000000001</v>
       </c>
-      <c r="D53" s="5">
+      <c r="D68" s="5">
         <v>1.2881320000000001</v>
       </c>
-      <c r="E53" s="5">
+      <c r="E68" s="5">
         <v>1.100128</v>
       </c>
-      <c r="N53" s="1"/>
-[...5 lines deleted...]
-      <c r="A54" s="1">
+      <c r="N68" s="1"/>
+      <c r="W68" s="2"/>
+      <c r="X68" s="2"/>
+      <c r="AB68" s="2"/>
+    </row>
+    <row r="69" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A69" s="1">
         <v>45917</v>
       </c>
-      <c r="B54" s="5">
+      <c r="B69" s="5">
         <v>1.1339440000000001</v>
       </c>
-      <c r="C54" s="5">
+      <c r="C69" s="5">
         <v>1.216737</v>
       </c>
-      <c r="D54" s="5">
+      <c r="D69" s="5">
         <v>1.2884310000000001</v>
       </c>
-      <c r="E54" s="5">
+      <c r="E69" s="5">
         <v>1.10033</v>
       </c>
-      <c r="N54" s="1"/>
-[...5 lines deleted...]
-      <c r="A55" s="1">
+      <c r="N69" s="1"/>
+      <c r="W69" s="2"/>
+      <c r="X69" s="2"/>
+      <c r="AB69" s="2"/>
+    </row>
+    <row r="70" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A70" s="1">
         <v>45916</v>
       </c>
-      <c r="B55" s="5">
+      <c r="B70" s="5">
         <v>1.1357250000000001</v>
       </c>
-      <c r="C55" s="5">
+      <c r="C70" s="5">
         <v>1.219713</v>
       </c>
-      <c r="D55" s="5">
+      <c r="D70" s="5">
         <v>1.2932710000000001</v>
       </c>
-      <c r="E55" s="5">
+      <c r="E70" s="5">
         <v>1.1021430000000001</v>
       </c>
-      <c r="K55" s="1"/>
-[...9 lines deleted...]
-      <c r="A56" s="1">
+      <c r="K70" s="1"/>
+      <c r="N70" s="1"/>
+      <c r="T70" s="2"/>
+      <c r="U70" s="2"/>
+      <c r="W70" s="2"/>
+      <c r="X70" s="2"/>
+      <c r="Y70" s="2"/>
+      <c r="AB70" s="2"/>
+    </row>
+    <row r="71" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A71" s="1">
         <v>45915</v>
       </c>
-      <c r="B56" s="5">
+      <c r="B71" s="5">
         <v>1.134455</v>
       </c>
-      <c r="C56" s="5">
+      <c r="C71" s="5">
         <v>1.21811</v>
       </c>
-      <c r="D56" s="5">
+      <c r="D71" s="5">
         <v>1.291285</v>
       </c>
-      <c r="E56" s="5">
+      <c r="E71" s="5">
         <v>1.1001829999999999</v>
       </c>
-      <c r="K56" s="1"/>
-[...9 lines deleted...]
-      <c r="A57" s="1">
+      <c r="K71" s="1"/>
+      <c r="N71" s="1"/>
+      <c r="T71" s="2"/>
+      <c r="U71" s="2"/>
+      <c r="W71" s="2"/>
+      <c r="X71" s="2"/>
+      <c r="Y71" s="2"/>
+      <c r="AB71" s="2"/>
+    </row>
+    <row r="72" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A72" s="1">
         <v>45912</v>
       </c>
-      <c r="B57" s="5">
+      <c r="B72" s="5">
         <v>1.1345259999999999</v>
       </c>
-      <c r="C57" s="5">
+      <c r="C72" s="5">
         <v>1.2183729999999999</v>
       </c>
-      <c r="D57" s="5">
+      <c r="D72" s="5">
         <v>1.2926340000000001</v>
       </c>
-      <c r="E57" s="5">
+      <c r="E72" s="5">
         <v>1.100762</v>
       </c>
-      <c r="K57" s="1"/>
-[...9 lines deleted...]
-      <c r="A58" s="1">
+      <c r="K72" s="1"/>
+      <c r="N72" s="1"/>
+      <c r="T72" s="2"/>
+      <c r="U72" s="2"/>
+      <c r="W72" s="2"/>
+      <c r="X72" s="2"/>
+      <c r="Y72" s="2"/>
+      <c r="AB72" s="2"/>
+    </row>
+    <row r="73" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A73" s="1">
         <v>45911</v>
       </c>
-      <c r="B58" s="5">
+      <c r="B73" s="5">
         <v>1.1318520000000001</v>
       </c>
-      <c r="C58" s="5">
+      <c r="C73" s="5">
         <v>1.2143109999999999</v>
       </c>
-      <c r="D58" s="5">
+      <c r="D73" s="5">
         <v>1.2866169999999999</v>
       </c>
-      <c r="E58" s="5">
+      <c r="E73" s="5">
         <v>1.097728</v>
       </c>
-      <c r="K58" s="1"/>
-[...5 lines deleted...]
-      <c r="A59" s="1">
+      <c r="K73" s="1"/>
+      <c r="T73" s="2"/>
+      <c r="U73" s="2"/>
+      <c r="Y73" s="2"/>
+    </row>
+    <row r="74" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A74" s="1">
         <v>45910</v>
       </c>
-      <c r="B59" s="5">
+      <c r="B74" s="5">
         <v>1.131683</v>
       </c>
-      <c r="C59" s="5">
+      <c r="C74" s="5">
         <v>1.214118</v>
       </c>
-      <c r="D59" s="5">
+      <c r="D74" s="5">
         <v>1.286475</v>
       </c>
-      <c r="E59" s="5">
+      <c r="E74" s="5">
         <v>1.0986750000000001</v>
       </c>
-      <c r="K59" s="1"/>
-[...5 lines deleted...]
-      <c r="A60" s="1">
+      <c r="K74" s="1"/>
+      <c r="T74" s="2"/>
+      <c r="U74" s="2"/>
+      <c r="Y74" s="2"/>
+    </row>
+    <row r="75" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A75" s="1">
         <v>45909</v>
       </c>
-      <c r="B60" s="5">
+      <c r="B75" s="5">
         <v>1.13076</v>
       </c>
-      <c r="C60" s="5">
+      <c r="C75" s="5">
         <v>1.2128760000000001</v>
       </c>
-      <c r="D60" s="5">
+      <c r="D75" s="5">
         <v>1.285453</v>
       </c>
-      <c r="E60" s="5">
+      <c r="E75" s="5">
         <v>1.0966940000000001</v>
       </c>
-      <c r="K60" s="1"/>
-[...5 lines deleted...]
-      <c r="A61" s="1">
+      <c r="K75" s="1"/>
+      <c r="T75" s="2"/>
+      <c r="U75" s="2"/>
+      <c r="Y75" s="2"/>
+    </row>
+    <row r="76" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A76" s="1">
         <v>45908</v>
       </c>
-      <c r="B61" s="5">
+      <c r="B76" s="5">
         <v>1.13103</v>
       </c>
-      <c r="C61" s="5">
+      <c r="C76" s="5">
         <v>1.2138819999999999</v>
       </c>
-      <c r="D61" s="5">
+      <c r="D76" s="5">
         <v>1.287571</v>
       </c>
-      <c r="E61" s="5">
+      <c r="E76" s="5">
         <v>1.097507</v>
       </c>
-      <c r="K61" s="1"/>
-[...5 lines deleted...]
-      <c r="A62" s="1">
+      <c r="K76" s="1"/>
+      <c r="T76" s="2"/>
+      <c r="U76" s="2"/>
+      <c r="Y76" s="2"/>
+    </row>
+    <row r="77" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A77" s="1">
         <v>45905</v>
       </c>
-      <c r="B62" s="5">
+      <c r="B77" s="5">
         <v>1.131499</v>
       </c>
-      <c r="C62" s="5">
+      <c r="C77" s="5">
         <v>1.2149920000000001</v>
       </c>
-      <c r="D62" s="5">
+      <c r="D77" s="5">
         <v>1.288916</v>
       </c>
-      <c r="E62" s="5">
+      <c r="E77" s="5">
         <v>1.098411</v>
       </c>
-      <c r="K62" s="1"/>
-[...5 lines deleted...]
-      <c r="A63" s="1">
+      <c r="K77" s="1"/>
+      <c r="T77" s="2"/>
+      <c r="U77" s="2"/>
+      <c r="Y77" s="2"/>
+    </row>
+    <row r="78" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A78" s="1">
         <v>45904</v>
       </c>
-      <c r="B63" s="5">
+      <c r="B78" s="5">
         <v>1.1290290000000001</v>
       </c>
-      <c r="C63" s="5">
+      <c r="C78" s="5">
         <v>1.211228</v>
       </c>
-      <c r="D63" s="5">
+      <c r="D78" s="5">
         <v>1.2836939999999999</v>
       </c>
-      <c r="E63" s="5">
+      <c r="E78" s="5">
         <v>1.0952930000000001</v>
       </c>
-      <c r="K63" s="1"/>
-[...5 lines deleted...]
-      <c r="A64" s="1">
+      <c r="K78" s="1"/>
+      <c r="T78" s="2"/>
+      <c r="U78" s="2"/>
+      <c r="Y78" s="2"/>
+    </row>
+    <row r="79" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A79" s="1">
         <v>45903</v>
       </c>
-      <c r="B64" s="5">
+      <c r="B79" s="5">
         <v>1.126064</v>
       </c>
-      <c r="C64" s="5">
+      <c r="C79" s="5">
         <v>1.2072529999999999</v>
       </c>
-      <c r="D64" s="5">
+      <c r="D79" s="5">
         <v>1.2785759999999999</v>
       </c>
-      <c r="E64" s="5">
+      <c r="E79" s="5">
         <v>1.092052</v>
       </c>
-      <c r="K64" s="1"/>
-[...5 lines deleted...]
-      <c r="A65" s="1">
+      <c r="K79" s="1"/>
+      <c r="T79" s="2"/>
+      <c r="U79" s="2"/>
+      <c r="Y79" s="2"/>
+    </row>
+    <row r="80" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A80" s="1">
         <v>45902</v>
       </c>
-      <c r="B65" s="5">
+      <c r="B80" s="5">
         <v>1.129462</v>
       </c>
-      <c r="C65" s="5">
+      <c r="C80" s="5">
         <v>1.212491</v>
       </c>
-      <c r="D65" s="5">
+      <c r="D80" s="5">
         <v>1.286624</v>
       </c>
-      <c r="E65" s="5">
+      <c r="E80" s="5">
         <v>1.095407</v>
       </c>
-      <c r="K65" s="1"/>
-[...5 lines deleted...]
-      <c r="A66" s="1">
+      <c r="K80" s="1"/>
+      <c r="T80" s="2"/>
+      <c r="U80" s="2"/>
+      <c r="Y80" s="2"/>
+    </row>
+    <row r="81" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A81" s="1">
         <v>45901</v>
       </c>
-      <c r="B66" s="5">
+      <c r="B81" s="5">
         <v>1.1302209999999999</v>
       </c>
-      <c r="C66" s="5">
+      <c r="C81" s="5">
         <v>1.213063</v>
       </c>
-      <c r="D66" s="5">
+      <c r="D81" s="5">
         <v>1.287096</v>
       </c>
-      <c r="E66" s="5">
+      <c r="E81" s="5">
         <v>1.096317</v>
       </c>
-      <c r="J66" s="1"/>
-[...8 lines deleted...]
-      <c r="A67" s="1">
+      <c r="J81" s="1"/>
+      <c r="K81" s="1"/>
+      <c r="S81" s="2"/>
+      <c r="T81" s="2"/>
+      <c r="U81" s="2"/>
+      <c r="X81" s="2"/>
+      <c r="Y81" s="2"/>
+    </row>
+    <row r="82" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
         <v>45898</v>
       </c>
-      <c r="B67" s="5">
+      <c r="B82" s="5">
         <v>1.131993</v>
       </c>
-      <c r="C67" s="5">
+      <c r="C82" s="5">
         <v>1.21557</v>
       </c>
-      <c r="D67" s="5">
+      <c r="D82" s="5">
         <v>1.2899890000000001</v>
       </c>
-      <c r="E67" s="5">
+      <c r="E82" s="5">
         <v>1.0976090000000001</v>
       </c>
-      <c r="J67" s="1"/>
-[...5 lines deleted...]
-      <c r="A68" s="1">
+      <c r="J82" s="1"/>
+      <c r="S82" s="2"/>
+      <c r="T82" s="2"/>
+      <c r="X82" s="2"/>
+    </row>
+    <row r="83" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A83" s="1">
         <v>45897</v>
       </c>
-      <c r="B68" s="5">
+      <c r="B83" s="5">
         <v>1.1317029999999999</v>
       </c>
-      <c r="C68" s="5">
+      <c r="C83" s="5">
         <v>1.2155629999999999</v>
       </c>
-      <c r="D68" s="5">
+      <c r="D83" s="5">
         <v>1.2907630000000001</v>
       </c>
-      <c r="E68" s="5">
+      <c r="E83" s="5">
         <v>1.0982419999999999</v>
       </c>
-      <c r="J68" s="1"/>
-[...5 lines deleted...]
-      <c r="A69" s="1">
+      <c r="J83" s="1"/>
+      <c r="S83" s="2"/>
+      <c r="T83" s="2"/>
+      <c r="X83" s="2"/>
+    </row>
+    <row r="84" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
         <v>45896</v>
       </c>
-      <c r="B69" s="5">
+      <c r="B84" s="5">
         <v>1.130935</v>
       </c>
-      <c r="C69" s="5">
+      <c r="C84" s="5">
         <v>1.214477</v>
       </c>
-      <c r="D69" s="5">
+      <c r="D84" s="5">
         <v>1.289175</v>
       </c>
-      <c r="E69" s="5">
+      <c r="E84" s="5">
         <v>1.0978000000000001</v>
       </c>
-      <c r="J69" s="1"/>
-[...5 lines deleted...]
-      <c r="A70" s="1">
+      <c r="J84" s="1"/>
+      <c r="S84" s="2"/>
+      <c r="T84" s="2"/>
+      <c r="X84" s="2"/>
+    </row>
+    <row r="85" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A85" s="1">
         <v>45895</v>
       </c>
-      <c r="B70" s="5">
+      <c r="B85" s="5">
         <v>1.1297539999999999</v>
       </c>
-      <c r="C70" s="5">
+      <c r="C85" s="5">
         <v>1.2127410000000001</v>
       </c>
-      <c r="D70" s="5">
+      <c r="D85" s="5">
         <v>1.287048</v>
       </c>
-      <c r="E70" s="5">
+      <c r="E85" s="5">
         <v>1.0966590000000001</v>
       </c>
-      <c r="J70" s="1"/>
-[...5 lines deleted...]
-      <c r="A71" s="1">
+      <c r="J85" s="1"/>
+      <c r="S85" s="2"/>
+      <c r="T85" s="2"/>
+      <c r="X85" s="2"/>
+    </row>
+    <row r="86" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
         <v>45894</v>
       </c>
-      <c r="B71" s="5">
+      <c r="B86" s="5">
         <v>1.1315390000000001</v>
       </c>
-      <c r="C71" s="5">
+      <c r="C86" s="5">
         <v>1.215471</v>
       </c>
-      <c r="D71" s="5">
+      <c r="D86" s="5">
         <v>1.2907660000000001</v>
       </c>
-      <c r="E71" s="5">
+      <c r="E86" s="5">
         <v>1.098848</v>
       </c>
-      <c r="J71" s="1"/>
-[...5 lines deleted...]
-      <c r="A72" s="1">
+      <c r="J86" s="1"/>
+      <c r="S86" s="2"/>
+      <c r="T86" s="2"/>
+      <c r="X86" s="2"/>
+    </row>
+    <row r="87" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
         <v>45891</v>
       </c>
-      <c r="B72" s="5">
+      <c r="B87" s="5">
         <v>1.128601</v>
       </c>
-      <c r="C72" s="5">
+      <c r="C87" s="5">
         <v>1.2111970000000001</v>
       </c>
-      <c r="D72" s="5">
+      <c r="D87" s="5">
         <v>1.2848280000000001</v>
       </c>
-      <c r="E72" s="5">
+      <c r="E87" s="5">
         <v>1.096163</v>
       </c>
     </row>
-    <row r="73" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A73" s="1">
+    <row r="88" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
         <v>45890</v>
       </c>
-      <c r="B73" s="5">
+      <c r="B88" s="5">
         <v>1.1304270000000001</v>
       </c>
-      <c r="C73" s="5">
+      <c r="C88" s="5">
         <v>1.2135290000000001</v>
       </c>
-      <c r="D73" s="5">
+      <c r="D88" s="5">
         <v>1.2878320000000001</v>
       </c>
-      <c r="E73" s="5">
+      <c r="E88" s="5">
         <v>1.0989500000000001</v>
       </c>
     </row>
-    <row r="74" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A74" s="1">
+    <row r="89" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
         <v>45889</v>
       </c>
-      <c r="B74" s="5">
+      <c r="B89" s="5">
         <v>1.1285229999999999</v>
       </c>
-      <c r="C74" s="5">
+      <c r="C89" s="5">
         <v>1.2108749999999999</v>
       </c>
-      <c r="D74" s="5">
+      <c r="D89" s="5">
         <v>1.2833669999999999</v>
       </c>
-      <c r="E74" s="5">
+      <c r="E89" s="5">
         <v>1.0965549999999999</v>
       </c>
     </row>
-    <row r="75" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A75" s="1">
+    <row r="90" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
         <v>45888</v>
       </c>
-      <c r="B75" s="5">
+      <c r="B90" s="5">
         <v>1.127769</v>
       </c>
-      <c r="C75" s="5">
+      <c r="C90" s="5">
         <v>1.209587</v>
       </c>
-      <c r="D75" s="5">
+      <c r="D90" s="5">
         <v>1.280678</v>
       </c>
-      <c r="E75" s="5">
+      <c r="E90" s="5">
         <v>1.0965849999999999</v>
       </c>
-      <c r="M75" s="1"/>
-[...5 lines deleted...]
-      <c r="A76" s="1">
+      <c r="M90" s="1"/>
+      <c r="V90" s="2"/>
+      <c r="W90" s="2"/>
+      <c r="AA90" s="2"/>
+    </row>
+    <row r="91" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
         <v>45887</v>
       </c>
-      <c r="B76" s="5">
+      <c r="B91" s="5">
         <v>1.1294660000000001</v>
       </c>
-      <c r="C76" s="5">
+      <c r="C91" s="5">
         <v>1.2118070000000001</v>
       </c>
-      <c r="D76" s="5">
+      <c r="D91" s="5">
         <v>1.2829170000000001</v>
       </c>
-      <c r="E76" s="5">
+      <c r="E91" s="5">
         <v>1.098849</v>
       </c>
-      <c r="M76" s="1"/>
-[...5 lines deleted...]
-      <c r="A77" s="1">
+      <c r="M91" s="1"/>
+      <c r="V91" s="2"/>
+      <c r="W91" s="2"/>
+      <c r="AA91" s="2"/>
+    </row>
+    <row r="92" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
         <v>45884</v>
       </c>
-      <c r="B77" s="5">
+      <c r="B92" s="5">
         <v>1.1299710000000001</v>
       </c>
-      <c r="C77" s="5">
+      <c r="C92" s="5">
         <v>1.2127129999999999</v>
       </c>
-      <c r="D77" s="5">
+      <c r="D92" s="5">
         <v>1.284473</v>
       </c>
-      <c r="E77" s="5">
+      <c r="E92" s="5">
         <v>1.0990470000000001</v>
       </c>
-      <c r="M77" s="1"/>
-[...5 lines deleted...]
-      <c r="A78" s="1">
+      <c r="M92" s="1"/>
+      <c r="V92" s="2"/>
+      <c r="W92" s="2"/>
+      <c r="AA92" s="2"/>
+    </row>
+    <row r="93" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
         <v>45883</v>
       </c>
-      <c r="B78" s="5">
+      <c r="B93" s="5">
         <v>1.1277440000000001</v>
       </c>
-      <c r="C78" s="5">
+      <c r="C93" s="5">
         <v>1.209371</v>
       </c>
-      <c r="D78" s="5">
+      <c r="D93" s="5">
         <v>1.2799700000000001</v>
       </c>
-      <c r="E78" s="5">
+      <c r="E93" s="5">
         <v>1.096401</v>
       </c>
-      <c r="M78" s="1"/>
-[...5 lines deleted...]
-      <c r="A79" s="1">
+      <c r="M93" s="1"/>
+      <c r="V93" s="2"/>
+      <c r="W93" s="2"/>
+      <c r="AA93" s="2"/>
+    </row>
+    <row r="94" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
         <v>45882</v>
       </c>
-      <c r="B79" s="5">
+      <c r="B94" s="5">
         <v>1.126571</v>
       </c>
-      <c r="C79" s="5">
+      <c r="C94" s="5">
         <v>1.2074579999999999</v>
       </c>
-      <c r="D79" s="5">
+      <c r="D94" s="5">
         <v>1.27685</v>
       </c>
-      <c r="E79" s="5">
+      <c r="E94" s="5">
         <v>1.0955729999999999</v>
       </c>
-      <c r="M79" s="1"/>
-[...5 lines deleted...]
-      <c r="A80" s="1">
+      <c r="M94" s="1"/>
+      <c r="V94" s="2"/>
+      <c r="W94" s="2"/>
+      <c r="AA94" s="2"/>
+    </row>
+    <row r="95" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
         <v>45881</v>
       </c>
-      <c r="B80" s="5">
+      <c r="B95" s="5">
         <v>1.1257999999999999</v>
       </c>
-      <c r="C80" s="5">
+      <c r="C95" s="5">
         <v>1.206216</v>
       </c>
-      <c r="D80" s="5">
+      <c r="D95" s="5">
         <v>1.2750360000000001</v>
       </c>
-      <c r="E80" s="5">
+      <c r="E95" s="5">
         <v>1.095423</v>
       </c>
-      <c r="L80" s="1"/>
-[...8 lines deleted...]
-      <c r="A81" s="1">
+      <c r="L95" s="1"/>
+      <c r="M95" s="1"/>
+      <c r="U95" s="2"/>
+      <c r="V95" s="2"/>
+      <c r="W95" s="2"/>
+      <c r="Z95" s="2"/>
+      <c r="AA95" s="2"/>
+    </row>
+    <row r="96" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
         <v>45880</v>
       </c>
-      <c r="B81" s="5">
+      <c r="B96" s="5">
         <v>1.12565</v>
       </c>
-      <c r="C81" s="5">
+      <c r="C96" s="5">
         <v>1.206048</v>
       </c>
-      <c r="D81" s="5">
+      <c r="D96" s="5">
         <v>1.274804</v>
       </c>
-      <c r="E81" s="5">
+      <c r="E96" s="5">
         <v>1.095013</v>
       </c>
-      <c r="L81" s="1"/>
-[...327 lines deleted...]
-      <c r="T96" s="2"/>
+      <c r="L96" s="1"/>
       <c r="U96" s="2"/>
-      <c r="Y96" s="2"/>
+      <c r="V96" s="2"/>
+      <c r="Z96" s="2"/>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A97" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B97" s="5">
-        <v>1.1209039999999999</v>
+        <v>1.124039</v>
       </c>
       <c r="C97" s="5">
-        <v>1.200081</v>
+        <v>1.2038709999999999</v>
       </c>
       <c r="D97" s="5">
-        <v>1.2651509999999999</v>
+        <v>1.272197</v>
       </c>
       <c r="E97" s="5">
-        <v>1.0900540000000001</v>
-[...2 lines deleted...]
-      <c r="T97" s="2"/>
+        <v>1.0939540000000001</v>
+      </c>
+      <c r="L97" s="1"/>
       <c r="U97" s="2"/>
-      <c r="Y97" s="2"/>
+      <c r="V97" s="2"/>
+      <c r="Z97" s="2"/>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A98" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B98" s="5">
-        <v>1.118017</v>
+        <v>1.1244130000000001</v>
       </c>
       <c r="C98" s="5">
-        <v>1.195363</v>
+        <v>1.2041489999999999</v>
       </c>
       <c r="D98" s="5">
-        <v>1.2587950000000001</v>
+        <v>1.2723640000000001</v>
       </c>
       <c r="E98" s="5">
-        <v>1.085691</v>
-[...1 lines deleted...]
-      <c r="K98" s="1"/>
+        <v>1.094346</v>
+      </c>
       <c r="L98" s="1"/>
-      <c r="T98" s="2"/>
       <c r="U98" s="2"/>
       <c r="V98" s="2"/>
-      <c r="Y98" s="2"/>
       <c r="Z98" s="2"/>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A99" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B99" s="5">
-        <v>1.1148149999999999</v>
+        <v>1.123515</v>
       </c>
       <c r="C99" s="5">
-        <v>1.190704</v>
+        <v>1.203346</v>
       </c>
       <c r="D99" s="5">
-        <v>1.252402</v>
+        <v>1.272351</v>
       </c>
       <c r="E99" s="5">
-        <v>1.083488</v>
-[...1 lines deleted...]
-      <c r="K99" s="1"/>
+        <v>1.0948800000000001</v>
+      </c>
       <c r="L99" s="1"/>
-      <c r="T99" s="2"/>
       <c r="U99" s="2"/>
       <c r="V99" s="2"/>
-      <c r="Y99" s="2"/>
       <c r="Z99" s="2"/>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A100" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B100" s="5">
-        <v>1.1171409999999999</v>
+        <v>1.122898</v>
       </c>
       <c r="C100" s="5">
-        <v>1.194704</v>
+        <v>1.2022820000000001</v>
       </c>
       <c r="D100" s="5">
-        <v>1.2587029999999999</v>
+        <v>1.2701199999999999</v>
       </c>
       <c r="E100" s="5">
-        <v>1.0853379999999999</v>
+        <v>1.093893</v>
       </c>
       <c r="L100" s="1"/>
       <c r="U100" s="2"/>
       <c r="V100" s="2"/>
       <c r="Z100" s="2"/>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A101" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B101" s="5">
-        <v>1.1142920000000001</v>
+        <v>1.1187389999999999</v>
       </c>
       <c r="C101" s="5">
-        <v>1.1904330000000001</v>
+        <v>1.1959979999999999</v>
       </c>
       <c r="D101" s="5">
-        <v>1.2523070000000001</v>
+        <v>1.2608440000000001</v>
       </c>
       <c r="E101" s="5">
-        <v>1.081661</v>
-[...1 lines deleted...]
-      <c r="L101" s="1"/>
+        <v>1.0886659999999999</v>
+      </c>
+      <c r="K101" s="1"/>
+      <c r="T101" s="2"/>
       <c r="U101" s="2"/>
-      <c r="V101" s="2"/>
-      <c r="Z101" s="2"/>
+      <c r="Y101" s="2"/>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A102" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B102" s="5">
-        <v>1.1156010000000001</v>
+        <v>1.119642</v>
       </c>
       <c r="C102" s="5">
-        <v>1.1922759999999999</v>
+        <v>1.197813</v>
       </c>
       <c r="D102" s="5">
-        <v>1.2551810000000001</v>
+        <v>1.2637050000000001</v>
       </c>
       <c r="E102" s="5">
-        <v>1.0825210000000001</v>
-[...1 lines deleted...]
-      <c r="L102" s="1"/>
+        <v>1.0896589999999999</v>
+      </c>
+      <c r="K102" s="1"/>
+      <c r="T102" s="2"/>
       <c r="U102" s="2"/>
-      <c r="V102" s="2"/>
-      <c r="Z102" s="2"/>
+      <c r="Y102" s="2"/>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A103" s="1">
-        <v>45848</v>
+        <v>45869</v>
       </c>
       <c r="B103" s="5">
-        <v>1.1154440000000001</v>
+        <v>1.1235919999999999</v>
       </c>
       <c r="C103" s="5">
-        <v>1.192394</v>
+        <v>1.2031080000000001</v>
       </c>
       <c r="D103" s="5">
-        <v>1.2553179999999999</v>
+        <v>1.270381</v>
       </c>
       <c r="E103" s="5">
-        <v>1.082989</v>
-[...1 lines deleted...]
-      <c r="L103" s="1"/>
+        <v>1.094284</v>
+      </c>
+      <c r="K103" s="1"/>
+      <c r="T103" s="2"/>
       <c r="U103" s="2"/>
-      <c r="V103" s="2"/>
-      <c r="Z103" s="2"/>
+      <c r="Y103" s="2"/>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A104" s="1">
-        <v>45847</v>
+        <v>45868</v>
       </c>
       <c r="B104" s="5">
-        <v>1.113259</v>
+        <v>1.122878</v>
       </c>
       <c r="C104" s="5">
-        <v>1.1893039999999999</v>
+        <v>1.2023200000000001</v>
       </c>
       <c r="D104" s="5">
-        <v>1.251503</v>
+        <v>1.2701739999999999</v>
       </c>
       <c r="E104" s="5">
-        <v>1.0809260000000001</v>
-      </c>
+        <v>1.0935900000000001</v>
+      </c>
+      <c r="J104" s="1"/>
+      <c r="K104" s="1"/>
+      <c r="S104" s="2"/>
+      <c r="T104" s="2"/>
+      <c r="U104" s="2"/>
+      <c r="X104" s="2"/>
+      <c r="Y104" s="2"/>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A105" s="1">
-        <v>45846</v>
+        <v>45867</v>
       </c>
       <c r="B105" s="5">
-        <v>1.1149199999999999</v>
+        <v>1.1223019999999999</v>
       </c>
       <c r="C105" s="5">
-        <v>1.1912609999999999</v>
+        <v>1.2013529999999999</v>
       </c>
       <c r="D105" s="5">
-        <v>1.2538800000000001</v>
+        <v>1.2668299999999999</v>
       </c>
       <c r="E105" s="5">
-        <v>1.0832059999999999</v>
-      </c>
+        <v>1.092042</v>
+      </c>
+      <c r="J105" s="1"/>
+      <c r="K105" s="1"/>
+      <c r="S105" s="2"/>
+      <c r="T105" s="2"/>
+      <c r="U105" s="2"/>
+      <c r="X105" s="2"/>
+      <c r="Y105" s="2"/>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A106" s="1">
-        <v>45845</v>
+        <v>45866</v>
       </c>
       <c r="B106" s="5">
-        <v>1.115912</v>
+        <v>1.1228670000000001</v>
       </c>
       <c r="C106" s="5">
-        <v>1.19262</v>
+        <v>1.202369</v>
       </c>
       <c r="D106" s="5">
-        <v>1.255733</v>
+        <v>1.269655</v>
       </c>
       <c r="E106" s="5">
-        <v>1.083752</v>
-      </c>
+        <v>1.0926229999999999</v>
+      </c>
+      <c r="J106" s="1"/>
       <c r="K106" s="1"/>
+      <c r="S106" s="2"/>
       <c r="T106" s="2"/>
       <c r="U106" s="2"/>
+      <c r="X106" s="2"/>
       <c r="Y106" s="2"/>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A107" s="1">
-        <v>45842</v>
+        <v>45863</v>
       </c>
       <c r="B107" s="5">
-        <v>1.1157889999999999</v>
+        <v>1.1216729999999999</v>
       </c>
       <c r="C107" s="5">
-        <v>1.1924030000000001</v>
+        <v>1.200494</v>
       </c>
       <c r="D107" s="5">
-        <v>1.255547</v>
+        <v>1.2655259999999999</v>
       </c>
       <c r="E107" s="5">
-        <v>1.083572</v>
-      </c>
+        <v>1.0902259999999999</v>
+      </c>
+      <c r="J107" s="1"/>
       <c r="K107" s="1"/>
+      <c r="S107" s="2"/>
       <c r="T107" s="2"/>
       <c r="U107" s="2"/>
+      <c r="X107" s="2"/>
       <c r="Y107" s="2"/>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A108" s="1">
-        <v>45841</v>
+        <v>45862</v>
       </c>
       <c r="B108" s="5">
-        <v>1.1152869999999999</v>
+        <v>1.1219460000000001</v>
       </c>
       <c r="C108" s="5">
-        <v>1.1917770000000001</v>
+        <v>1.2007939999999999</v>
       </c>
       <c r="D108" s="5">
-        <v>1.25434</v>
+        <v>1.2660769999999999</v>
       </c>
       <c r="E108" s="5">
-        <v>1.0834010000000001</v>
-[...1 lines deleted...]
-      <c r="K108" s="1"/>
+        <v>1.090808</v>
+      </c>
+      <c r="J108" s="1"/>
+      <c r="S108" s="2"/>
       <c r="T108" s="2"/>
-      <c r="U108" s="2"/>
-      <c r="Y108" s="2"/>
+      <c r="X108" s="2"/>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A109" s="1">
-        <v>45840</v>
+        <v>45861</v>
       </c>
       <c r="B109" s="5">
-        <v>1.115073</v>
+        <v>1.121882</v>
       </c>
       <c r="C109" s="5">
-        <v>1.1914229999999999</v>
+        <v>1.2012339999999999</v>
       </c>
       <c r="D109" s="5">
-        <v>1.2541929999999999</v>
+        <v>1.2667839999999999</v>
       </c>
       <c r="E109" s="5">
-        <v>1.083785</v>
-[...1 lines deleted...]
-      <c r="I109" s="1"/>
+        <v>1.0908880000000001</v>
+      </c>
       <c r="K109" s="1"/>
-      <c r="R109" s="2"/>
-      <c r="S109" s="2"/>
       <c r="T109" s="2"/>
       <c r="U109" s="2"/>
-      <c r="W109" s="2"/>
       <c r="Y109" s="2"/>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A110" s="1">
-        <v>45839</v>
+        <v>45860</v>
       </c>
       <c r="B110" s="5">
-        <v>1.113305</v>
+        <v>1.1202289999999999</v>
       </c>
       <c r="C110" s="5">
-        <v>1.188331</v>
+        <v>1.198558</v>
       </c>
       <c r="D110" s="5">
-        <v>1.2495419999999999</v>
+        <v>1.2627219999999999</v>
       </c>
       <c r="E110" s="5">
-        <v>1.08206</v>
-[...1 lines deleted...]
-      <c r="I110" s="1"/>
+        <v>1.0884990000000001</v>
+      </c>
       <c r="K110" s="1"/>
-      <c r="R110" s="2"/>
-      <c r="S110" s="2"/>
       <c r="T110" s="2"/>
       <c r="U110" s="2"/>
-      <c r="W110" s="2"/>
       <c r="Y110" s="2"/>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A111" s="1"/>
-[...3 lines deleted...]
-      <c r="E111" s="5"/>
+      <c r="A111" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B111" s="5">
+        <v>1.1196440000000001</v>
+      </c>
+      <c r="C111" s="5">
+        <v>1.1978059999999999</v>
+      </c>
+      <c r="D111" s="5">
+        <v>1.261771</v>
+      </c>
+      <c r="E111" s="5">
+        <v>1.0882670000000001</v>
+      </c>
+      <c r="K111" s="1"/>
+      <c r="T111" s="2"/>
+      <c r="U111" s="2"/>
+      <c r="Y111" s="2"/>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A112" s="1"/>
-[...84 lines deleted...]
-      <c r="E125" s="5"/>
+      <c r="A112" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B112" s="5">
+        <v>1.1209039999999999</v>
+      </c>
+      <c r="C112" s="5">
+        <v>1.200081</v>
+      </c>
+      <c r="D112" s="5">
+        <v>1.2651509999999999</v>
+      </c>
+      <c r="E112" s="5">
+        <v>1.0900540000000001</v>
+      </c>
+      <c r="K112" s="1"/>
+      <c r="T112" s="2"/>
+      <c r="U112" s="2"/>
+      <c r="Y112" s="2"/>
+    </row>
+    <row r="113" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A113" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B113" s="5">
+        <v>1.118017</v>
+      </c>
+      <c r="C113" s="5">
+        <v>1.195363</v>
+      </c>
+      <c r="D113" s="5">
+        <v>1.2587950000000001</v>
+      </c>
+      <c r="E113" s="5">
+        <v>1.085691</v>
+      </c>
+      <c r="K113" s="1"/>
+      <c r="L113" s="1"/>
+      <c r="T113" s="2"/>
+      <c r="U113" s="2"/>
+      <c r="V113" s="2"/>
+      <c r="Y113" s="2"/>
+      <c r="Z113" s="2"/>
+    </row>
+    <row r="114" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A114" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B114" s="5">
+        <v>1.1148149999999999</v>
+      </c>
+      <c r="C114" s="5">
+        <v>1.190704</v>
+      </c>
+      <c r="D114" s="5">
+        <v>1.252402</v>
+      </c>
+      <c r="E114" s="5">
+        <v>1.083488</v>
+      </c>
+      <c r="K114" s="1"/>
+      <c r="L114" s="1"/>
+      <c r="T114" s="2"/>
+      <c r="U114" s="2"/>
+      <c r="V114" s="2"/>
+      <c r="Y114" s="2"/>
+      <c r="Z114" s="2"/>
+    </row>
+    <row r="115" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A115" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B115" s="5">
+        <v>1.1171409999999999</v>
+      </c>
+      <c r="C115" s="5">
+        <v>1.194704</v>
+      </c>
+      <c r="D115" s="5">
+        <v>1.2587029999999999</v>
+      </c>
+      <c r="E115" s="5">
+        <v>1.0853379999999999</v>
+      </c>
+      <c r="L115" s="1"/>
+      <c r="U115" s="2"/>
+      <c r="V115" s="2"/>
+      <c r="Z115" s="2"/>
+    </row>
+    <row r="116" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A116" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B116" s="5">
+        <v>1.1142920000000001</v>
+      </c>
+      <c r="C116" s="5">
+        <v>1.1904330000000001</v>
+      </c>
+      <c r="D116" s="5">
+        <v>1.2523070000000001</v>
+      </c>
+      <c r="E116" s="5">
+        <v>1.081661</v>
+      </c>
+      <c r="L116" s="1"/>
+      <c r="U116" s="2"/>
+      <c r="V116" s="2"/>
+      <c r="Z116" s="2"/>
+    </row>
+    <row r="117" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A117" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B117" s="5">
+        <v>1.1156010000000001</v>
+      </c>
+      <c r="C117" s="5">
+        <v>1.1922759999999999</v>
+      </c>
+      <c r="D117" s="5">
+        <v>1.2551810000000001</v>
+      </c>
+      <c r="E117" s="5">
+        <v>1.0825210000000001</v>
+      </c>
+      <c r="L117" s="1"/>
+      <c r="U117" s="2"/>
+      <c r="V117" s="2"/>
+      <c r="Z117" s="2"/>
+    </row>
+    <row r="118" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A118" s="1">
+        <v>45848</v>
+      </c>
+      <c r="B118" s="5">
+        <v>1.1154440000000001</v>
+      </c>
+      <c r="C118" s="5">
+        <v>1.192394</v>
+      </c>
+      <c r="D118" s="5">
+        <v>1.2553179999999999</v>
+      </c>
+      <c r="E118" s="5">
+        <v>1.082989</v>
+      </c>
+      <c r="L118" s="1"/>
+      <c r="U118" s="2"/>
+      <c r="V118" s="2"/>
+      <c r="Z118" s="2"/>
+    </row>
+    <row r="119" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A119" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B119" s="5">
+        <v>1.113259</v>
+      </c>
+      <c r="C119" s="5">
+        <v>1.1893039999999999</v>
+      </c>
+      <c r="D119" s="5">
+        <v>1.251503</v>
+      </c>
+      <c r="E119" s="5">
+        <v>1.0809260000000001</v>
+      </c>
+    </row>
+    <row r="120" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A120" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B120" s="5">
+        <v>1.1149199999999999</v>
+      </c>
+      <c r="C120" s="5">
+        <v>1.1912609999999999</v>
+      </c>
+      <c r="D120" s="5">
+        <v>1.2538800000000001</v>
+      </c>
+      <c r="E120" s="5">
+        <v>1.0832059999999999</v>
+      </c>
+    </row>
+    <row r="121" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A121" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B121" s="5">
+        <v>1.115912</v>
+      </c>
+      <c r="C121" s="5">
+        <v>1.19262</v>
+      </c>
+      <c r="D121" s="5">
+        <v>1.255733</v>
+      </c>
+      <c r="E121" s="5">
+        <v>1.083752</v>
+      </c>
+      <c r="K121" s="1"/>
+      <c r="T121" s="2"/>
+      <c r="U121" s="2"/>
+      <c r="Y121" s="2"/>
+    </row>
+    <row r="122" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A122" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B122" s="5">
+        <v>1.1157889999999999</v>
+      </c>
+      <c r="C122" s="5">
+        <v>1.1924030000000001</v>
+      </c>
+      <c r="D122" s="5">
+        <v>1.255547</v>
+      </c>
+      <c r="E122" s="5">
+        <v>1.083572</v>
+      </c>
+      <c r="K122" s="1"/>
+      <c r="T122" s="2"/>
+      <c r="U122" s="2"/>
+      <c r="Y122" s="2"/>
+    </row>
+    <row r="123" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A123" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B123" s="5">
+        <v>1.1152869999999999</v>
+      </c>
+      <c r="C123" s="5">
+        <v>1.1917770000000001</v>
+      </c>
+      <c r="D123" s="5">
+        <v>1.25434</v>
+      </c>
+      <c r="E123" s="5">
+        <v>1.0834010000000001</v>
+      </c>
+      <c r="K123" s="1"/>
+      <c r="T123" s="2"/>
+      <c r="U123" s="2"/>
+      <c r="Y123" s="2"/>
+    </row>
+    <row r="124" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A124" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B124" s="5">
+        <v>1.115073</v>
+      </c>
+      <c r="C124" s="5">
+        <v>1.1914229999999999</v>
+      </c>
+      <c r="D124" s="5">
+        <v>1.2541929999999999</v>
+      </c>
+      <c r="E124" s="5">
+        <v>1.083785</v>
+      </c>
+      <c r="I124" s="1"/>
+      <c r="K124" s="1"/>
+      <c r="R124" s="2"/>
+      <c r="S124" s="2"/>
+      <c r="T124" s="2"/>
+      <c r="U124" s="2"/>
+      <c r="W124" s="2"/>
+      <c r="Y124" s="2"/>
+    </row>
+    <row r="125" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A125" s="1">
+        <v>45839</v>
+      </c>
+      <c r="B125" s="5">
+        <v>1.113305</v>
+      </c>
+      <c r="C125" s="5">
+        <v>1.188331</v>
+      </c>
+      <c r="D125" s="5">
+        <v>1.2495419999999999</v>
+      </c>
+      <c r="E125" s="5">
+        <v>1.08206</v>
+      </c>
+      <c r="I125" s="1"/>
+      <c r="K125" s="1"/>
+      <c r="R125" s="2"/>
+      <c r="S125" s="2"/>
+      <c r="T125" s="2"/>
+      <c r="U125" s="2"/>
+      <c r="W125" s="2"/>
+      <c r="Y125" s="2"/>
+    </row>
+    <row r="126" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A126" s="1"/>
+      <c r="B126" s="5"/>
+      <c r="C126" s="5"/>
+      <c r="D126" s="5"/>
+      <c r="E126" s="5"/>
+    </row>
+    <row r="127" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A127" s="1"/>
+      <c r="B127" s="5"/>
+      <c r="C127" s="5"/>
+      <c r="D127" s="5"/>
+      <c r="E127" s="5"/>
+    </row>
+    <row r="128" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A128" s="1"/>
+      <c r="B128" s="5"/>
+      <c r="C128" s="5"/>
+      <c r="D128" s="5"/>
+      <c r="E128" s="5"/>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A129" s="1"/>
+      <c r="B129" s="5"/>
+      <c r="C129" s="5"/>
+      <c r="D129" s="5"/>
+      <c r="E129" s="5"/>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A130" s="1"/>
+      <c r="B130" s="5"/>
+      <c r="C130" s="5"/>
+      <c r="D130" s="5"/>
+      <c r="E130" s="5"/>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A131" s="1"/>
+      <c r="B131" s="5"/>
+      <c r="C131" s="5"/>
+      <c r="D131" s="5"/>
+      <c r="E131" s="5"/>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A132" s="1"/>
+      <c r="B132" s="5"/>
+      <c r="C132" s="5"/>
+      <c r="D132" s="5"/>
+      <c r="E132" s="5"/>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A133" s="1"/>
+      <c r="B133" s="5"/>
+      <c r="C133" s="5"/>
+      <c r="D133" s="5"/>
+      <c r="E133" s="5"/>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A134" s="1"/>
+      <c r="B134" s="5"/>
+      <c r="C134" s="5"/>
+      <c r="D134" s="5"/>
+      <c r="E134" s="5"/>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A135" s="1"/>
+      <c r="B135" s="5"/>
+      <c r="C135" s="5"/>
+      <c r="D135" s="5"/>
+      <c r="E135" s="5"/>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C136" s="5"/>
+      <c r="D136" s="5"/>
+      <c r="E136" s="5"/>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C137" s="5"/>
+      <c r="D137" s="5"/>
+      <c r="E137" s="5"/>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C138" s="5"/>
+      <c r="D138" s="5"/>
+      <c r="E138" s="5"/>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C139" s="5"/>
+      <c r="D139" s="5"/>
+      <c r="E139" s="5"/>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="C140" s="5"/>
+      <c r="D140" s="5"/>
+      <c r="E140" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D314CE36-DD05-4B9C-BE49-61A182BBC214}">
-  <dimension ref="A1:AA127"/>
+  <dimension ref="A1:AA142"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45989</v>
+        <v>46010</v>
       </c>
       <c r="B2" s="7">
-        <v>1.1471469999999999</v>
+        <v>1.1425559999999999</v>
       </c>
       <c r="C2" s="7">
-        <v>1.1803999999999999</v>
+        <v>1.1747939999999999</v>
       </c>
       <c r="D2" s="7">
-        <v>1.2136849999999999</v>
+        <v>1.2076640000000001</v>
       </c>
       <c r="E2" s="7">
-        <v>1.153581</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.152541</v>
+      </c>
+    </row>
+    <row r="3" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45988</v>
+        <v>46009</v>
       </c>
       <c r="B3" s="7">
-        <v>1.146487</v>
+        <v>1.141132</v>
       </c>
       <c r="C3" s="7">
-        <v>1.179224</v>
+        <v>1.1727129999999999</v>
       </c>
       <c r="D3" s="7">
-        <v>1.212407</v>
+        <v>1.204464</v>
       </c>
       <c r="E3" s="7">
-        <v>1.153559</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.150172</v>
+      </c>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45987</v>
+        <v>46008</v>
       </c>
       <c r="B4" s="7">
-        <v>1.145448</v>
+        <v>1.141626</v>
       </c>
       <c r="C4" s="7">
-        <v>1.1780299999999999</v>
+        <v>1.1734</v>
       </c>
       <c r="D4" s="7">
-        <v>1.2108410000000001</v>
+        <v>1.205743</v>
       </c>
       <c r="E4" s="7">
-        <v>1.1527540000000001</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1511130000000001</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45986</v>
+        <v>46007</v>
       </c>
       <c r="B5" s="7">
-        <v>1.143586</v>
+        <v>1.1422509999999999</v>
       </c>
       <c r="C5" s="7">
-        <v>1.174574</v>
+        <v>1.1740170000000001</v>
       </c>
       <c r="D5" s="7">
-        <v>1.204887</v>
+        <v>1.2061310000000001</v>
       </c>
       <c r="E5" s="7">
-        <v>1.1499239999999999</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1508050000000001</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45985</v>
+        <v>46006</v>
       </c>
       <c r="B6" s="7">
-        <v>1.1415489999999999</v>
+        <v>1.1437919999999999</v>
       </c>
       <c r="C6" s="7">
-        <v>1.1715679999999999</v>
+        <v>1.1761630000000001</v>
       </c>
       <c r="D6" s="7">
-        <v>1.2005809999999999</v>
+        <v>1.2094119999999999</v>
       </c>
       <c r="E6" s="7">
-        <v>1.148107</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1526130000000001</v>
+      </c>
+      <c r="K6" s="1"/>
+      <c r="T6" s="2"/>
+      <c r="U6" s="2"/>
+      <c r="Y6" s="2"/>
+    </row>
+    <row r="7" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45982</v>
+        <v>46003</v>
       </c>
       <c r="B7" s="7">
-        <v>1.137915</v>
+        <v>1.1456949999999999</v>
       </c>
       <c r="C7" s="7">
-        <v>1.166404</v>
+        <v>1.178752</v>
       </c>
       <c r="D7" s="7">
-        <v>1.193244</v>
+        <v>1.2132890000000001</v>
       </c>
       <c r="E7" s="7">
-        <v>1.1443460000000001</v>
-[...2 lines deleted...]
-      <c r="S7" s="2"/>
+        <v>1.1544939999999999</v>
+      </c>
+      <c r="K7" s="1"/>
       <c r="T7" s="2"/>
-      <c r="X7" s="2"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="U7" s="2"/>
+      <c r="Y7" s="2"/>
+    </row>
+    <row r="8" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45981</v>
+        <v>46002</v>
       </c>
       <c r="B8" s="7">
-        <v>1.1435299999999999</v>
+        <v>1.1422190000000001</v>
       </c>
       <c r="C8" s="7">
-        <v>1.1744790000000001</v>
+        <v>1.1740060000000001</v>
       </c>
       <c r="D8" s="7">
-        <v>1.205454</v>
+        <v>1.206618</v>
       </c>
       <c r="E8" s="7">
-        <v>1.150371</v>
-[...2 lines deleted...]
-      <c r="S8" s="2"/>
+        <v>1.1508579999999999</v>
+      </c>
+      <c r="K8" s="1"/>
       <c r="T8" s="2"/>
-      <c r="X8" s="2"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="U8" s="2"/>
+      <c r="Y8" s="2"/>
+    </row>
+    <row r="9" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45980</v>
+        <v>46001</v>
       </c>
       <c r="B9" s="7">
-        <v>1.1399950000000001</v>
+        <v>1.141338</v>
       </c>
       <c r="C9" s="7">
-        <v>1.168952</v>
+        <v>1.1733800000000001</v>
       </c>
       <c r="D9" s="7">
-        <v>1.1964589999999999</v>
+        <v>1.206464</v>
       </c>
       <c r="E9" s="7">
-        <v>1.145386</v>
-[...2 lines deleted...]
-      <c r="S9" s="2"/>
+        <v>1.151864</v>
+      </c>
+      <c r="K9" s="1"/>
       <c r="T9" s="2"/>
-      <c r="X9" s="2"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="U9" s="2"/>
+      <c r="Y9" s="2"/>
+    </row>
+    <row r="10" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45979</v>
+        <v>46000</v>
       </c>
       <c r="B10" s="7">
-        <v>1.1410389999999999</v>
+        <v>1.1422859999999999</v>
       </c>
       <c r="C10" s="7">
-        <v>1.1705449999999999</v>
+        <v>1.174339</v>
       </c>
       <c r="D10" s="7">
-        <v>1.199006</v>
+        <v>1.2074339999999999</v>
       </c>
       <c r="E10" s="7">
-        <v>1.145764</v>
-[...2 lines deleted...]
-      <c r="S10" s="2"/>
+        <v>1.151999</v>
+      </c>
+      <c r="K10" s="1"/>
       <c r="T10" s="2"/>
-      <c r="X10" s="2"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="U10" s="2"/>
+      <c r="Y10" s="2"/>
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45978</v>
+        <v>45999</v>
       </c>
       <c r="B11" s="7">
-        <v>1.145983</v>
+        <v>1.1445529999999999</v>
       </c>
       <c r="C11" s="7">
-        <v>1.1779390000000001</v>
+        <v>1.177084</v>
       </c>
       <c r="D11" s="7">
-        <v>1.210221</v>
+        <v>1.2106710000000001</v>
       </c>
       <c r="E11" s="7">
-        <v>1.1521170000000001</v>
-[...2 lines deleted...]
-      <c r="S11" s="2"/>
+        <v>1.153589</v>
+      </c>
+      <c r="K11" s="1"/>
       <c r="T11" s="2"/>
-      <c r="X11" s="2"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="U11" s="2"/>
+      <c r="Y11" s="2"/>
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45975</v>
+        <v>45996</v>
       </c>
       <c r="B12" s="7">
-        <v>1.145845</v>
+        <v>1.1453009999999999</v>
       </c>
       <c r="C12" s="7">
-        <v>1.177529</v>
+        <v>1.1779949999999999</v>
       </c>
       <c r="D12" s="7">
-        <v>1.209171</v>
+        <v>1.211511</v>
       </c>
       <c r="E12" s="7">
-        <v>1.151138</v>
-[...6 lines deleted...]
-    <row r="13" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.1536630000000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45974</v>
+        <v>45995</v>
       </c>
       <c r="B13" s="7">
-        <v>1.1510819999999999</v>
+        <v>1.144606</v>
       </c>
       <c r="C13" s="7">
-        <v>1.1846650000000001</v>
+        <v>1.1772260000000001</v>
       </c>
       <c r="D13" s="7">
-        <v>1.219093</v>
+        <v>1.2105859999999999</v>
       </c>
       <c r="E13" s="7">
-        <v>1.156244</v>
-[...6 lines deleted...]
-    <row r="14" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.153459</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45973</v>
+        <v>45994</v>
       </c>
       <c r="B14" s="7">
-        <v>1.15205</v>
+        <v>1.144779</v>
       </c>
       <c r="C14" s="7">
-        <v>1.185651</v>
+        <v>1.177484</v>
       </c>
       <c r="D14" s="7">
-        <v>1.220218</v>
+        <v>1.2107699999999999</v>
       </c>
       <c r="E14" s="7">
-        <v>1.1567400000000001</v>
-[...6 lines deleted...]
-    <row r="15" spans="1:26" x14ac:dyDescent="0.35">
+        <v>1.153843</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45972</v>
+        <v>45993</v>
       </c>
       <c r="B15" s="7">
-        <v>1.150541</v>
+        <v>1.145087</v>
       </c>
       <c r="C15" s="7">
-        <v>1.183762</v>
+        <v>1.177414</v>
       </c>
       <c r="D15" s="7">
-        <v>1.218048</v>
+        <v>1.2101120000000001</v>
       </c>
       <c r="E15" s="7">
-        <v>1.1555949999999999</v>
+        <v>1.153195</v>
       </c>
       <c r="J15" s="1"/>
-      <c r="L15" s="1"/>
+      <c r="K15" s="1"/>
       <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
-      <c r="V15" s="2"/>
       <c r="X15" s="2"/>
-      <c r="Z15" s="2"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="Y15" s="2"/>
+    </row>
+    <row r="16" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45971</v>
+        <v>45992</v>
       </c>
       <c r="B16" s="7">
-        <v>1.1489180000000001</v>
+        <v>1.145227</v>
       </c>
       <c r="C16" s="7">
-        <v>1.1813260000000001</v>
+        <v>1.177487</v>
       </c>
       <c r="D16" s="7">
-        <v>1.214485</v>
+        <v>1.2098770000000001</v>
       </c>
       <c r="E16" s="7">
-        <v>1.1533279999999999</v>
+        <v>1.152493</v>
       </c>
       <c r="J16" s="1"/>
-      <c r="L16" s="1"/>
+      <c r="K16" s="1"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
-      <c r="V16" s="2"/>
       <c r="X16" s="2"/>
-      <c r="Z16" s="2"/>
+      <c r="Y16" s="2"/>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45968</v>
+        <v>45989</v>
       </c>
       <c r="B17" s="7">
-        <v>1.1473580000000001</v>
+        <v>1.1471469999999999</v>
       </c>
       <c r="C17" s="7">
-        <v>1.178582</v>
+        <v>1.1803999999999999</v>
       </c>
       <c r="D17" s="7">
-        <v>1.2099219999999999</v>
+        <v>1.2136849999999999</v>
       </c>
       <c r="E17" s="7">
-        <v>1.151087</v>
+        <v>1.153581</v>
       </c>
       <c r="J17" s="1"/>
-      <c r="L17" s="1"/>
+      <c r="K17" s="1"/>
       <c r="S17" s="2"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
-      <c r="V17" s="2"/>
       <c r="X17" s="2"/>
-      <c r="Z17" s="2"/>
+      <c r="Y17" s="2"/>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45967</v>
+        <v>45988</v>
       </c>
       <c r="B18" s="7">
-        <v>1.1492199999999999</v>
+        <v>1.146487</v>
       </c>
       <c r="C18" s="7">
-        <v>1.1812609999999999</v>
+        <v>1.179224</v>
       </c>
       <c r="D18" s="7">
-        <v>1.2142379999999999</v>
+        <v>1.212407</v>
       </c>
       <c r="E18" s="7">
-        <v>1.153896</v>
+        <v>1.153559</v>
       </c>
       <c r="J18" s="1"/>
-      <c r="L18" s="1"/>
+      <c r="K18" s="1"/>
       <c r="S18" s="2"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
-      <c r="V18" s="2"/>
       <c r="X18" s="2"/>
-      <c r="Z18" s="2"/>
+      <c r="Y18" s="2"/>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45966</v>
+        <v>45987</v>
       </c>
       <c r="B19" s="7">
-        <v>1.147966</v>
+        <v>1.145448</v>
       </c>
       <c r="C19" s="7">
-        <v>1.1795249999999999</v>
+        <v>1.1780299999999999</v>
       </c>
       <c r="D19" s="7">
-        <v>1.2115959999999999</v>
+        <v>1.2108410000000001</v>
       </c>
       <c r="E19" s="7">
-        <v>1.151945</v>
+        <v>1.1527540000000001</v>
       </c>
       <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
+      <c r="U19" s="2"/>
       <c r="X19" s="2"/>
+      <c r="Y19" s="2"/>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45965</v>
+        <v>45986</v>
       </c>
       <c r="B20" s="7">
-        <v>1.148825</v>
+        <v>1.143586</v>
       </c>
       <c r="C20" s="7">
-        <v>1.1808959999999999</v>
+        <v>1.174574</v>
       </c>
       <c r="D20" s="7">
-        <v>1.2141230000000001</v>
+        <v>1.204887</v>
       </c>
       <c r="E20" s="7">
-        <v>1.1543570000000001</v>
+        <v>1.1499239999999999</v>
       </c>
       <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
+      <c r="U20" s="2"/>
       <c r="X20" s="2"/>
+      <c r="Y20" s="2"/>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45964</v>
+        <v>45985</v>
       </c>
       <c r="B21" s="7">
-        <v>1.150285</v>
+        <v>1.1415489999999999</v>
       </c>
       <c r="C21" s="7">
-        <v>1.1829780000000001</v>
+        <v>1.1715679999999999</v>
       </c>
       <c r="D21" s="7">
-        <v>1.217441</v>
+        <v>1.2005809999999999</v>
       </c>
       <c r="E21" s="7">
-        <v>1.15727</v>
-[...4 lines deleted...]
-      <c r="X21" s="2"/>
+        <v>1.148107</v>
+      </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45961</v>
+        <v>45982</v>
       </c>
       <c r="B22" s="7">
-        <v>1.1508750000000001</v>
+        <v>1.137915</v>
       </c>
       <c r="C22" s="7">
-        <v>1.183891</v>
+        <v>1.166404</v>
       </c>
       <c r="D22" s="7">
-        <v>1.218766</v>
+        <v>1.193244</v>
       </c>
       <c r="E22" s="7">
-        <v>1.1578360000000001</v>
+        <v>1.1443460000000001</v>
       </c>
       <c r="J22" s="1"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
       <c r="X22" s="2"/>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45960</v>
+        <v>45981</v>
       </c>
       <c r="B23" s="7">
-        <v>1.1504289999999999</v>
+        <v>1.1435299999999999</v>
       </c>
       <c r="C23" s="7">
-        <v>1.1831879999999999</v>
+        <v>1.1744790000000001</v>
       </c>
       <c r="D23" s="7">
-        <v>1.217632</v>
+        <v>1.205454</v>
       </c>
       <c r="E23" s="7">
-        <v>1.159125</v>
+        <v>1.150371</v>
       </c>
       <c r="J23" s="1"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
       <c r="X23" s="2"/>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="B24" s="7">
-        <v>1.1526130000000001</v>
+        <v>1.1399950000000001</v>
       </c>
       <c r="C24" s="7">
-        <v>1.185829</v>
+        <v>1.168952</v>
       </c>
       <c r="D24" s="7">
-        <v>1.2205349999999999</v>
+        <v>1.1964589999999999</v>
       </c>
       <c r="E24" s="7">
-        <v>1.1605460000000001</v>
-      </c>
+        <v>1.145386</v>
+      </c>
+      <c r="J24" s="1"/>
+      <c r="S24" s="2"/>
+      <c r="T24" s="2"/>
+      <c r="X24" s="2"/>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
-        <v>45958</v>
+        <v>45979</v>
       </c>
       <c r="B25" s="7">
-        <v>1.1547019999999999</v>
+        <v>1.1410389999999999</v>
       </c>
       <c r="C25" s="7">
-        <v>1.188383</v>
+        <v>1.1705449999999999</v>
       </c>
       <c r="D25" s="7">
-        <v>1.2233069999999999</v>
+        <v>1.199006</v>
       </c>
       <c r="E25" s="7">
-        <v>1.161014</v>
-      </c>
+        <v>1.145764</v>
+      </c>
+      <c r="J25" s="1"/>
+      <c r="S25" s="2"/>
+      <c r="T25" s="2"/>
+      <c r="X25" s="2"/>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
-        <v>45957</v>
+        <v>45978</v>
       </c>
       <c r="B26" s="7">
-        <v>1.155295</v>
+        <v>1.145983</v>
       </c>
       <c r="C26" s="7">
-        <v>1.1893879999999999</v>
+        <v>1.1779390000000001</v>
       </c>
       <c r="D26" s="7">
-        <v>1.224715</v>
+        <v>1.210221</v>
       </c>
       <c r="E26" s="7">
-        <v>1.162539</v>
-      </c>
+        <v>1.1521170000000001</v>
+      </c>
+      <c r="J26" s="1"/>
+      <c r="S26" s="2"/>
+      <c r="T26" s="2"/>
+      <c r="X26" s="2"/>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
-        <v>45954</v>
+        <v>45975</v>
       </c>
       <c r="B27" s="7">
-        <v>1.1534340000000001</v>
+        <v>1.145845</v>
       </c>
       <c r="C27" s="7">
-        <v>1.186607</v>
+        <v>1.177529</v>
       </c>
       <c r="D27" s="7">
-        <v>1.2204710000000001</v>
+        <v>1.209171</v>
       </c>
       <c r="E27" s="7">
-        <v>1.160541</v>
-      </c>
+        <v>1.151138</v>
+      </c>
+      <c r="J27" s="1"/>
+      <c r="S27" s="2"/>
+      <c r="T27" s="2"/>
+      <c r="X27" s="2"/>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
-        <v>45953</v>
+        <v>45974</v>
       </c>
       <c r="B28" s="7">
-        <v>1.1528929999999999</v>
+        <v>1.1510819999999999</v>
       </c>
       <c r="C28" s="7">
-        <v>1.1858390000000001</v>
+        <v>1.1846650000000001</v>
       </c>
       <c r="D28" s="7">
-        <v>1.2190840000000001</v>
+        <v>1.219093</v>
       </c>
       <c r="E28" s="7">
-        <v>1.1598010000000001</v>
-      </c>
+        <v>1.156244</v>
+      </c>
+      <c r="L28" s="1"/>
+      <c r="U28" s="2"/>
+      <c r="V28" s="2"/>
+      <c r="Z28" s="2"/>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
-        <v>45952</v>
+        <v>45973</v>
       </c>
       <c r="B29" s="7">
-        <v>1.1534880000000001</v>
+        <v>1.15205</v>
       </c>
       <c r="C29" s="7">
-        <v>1.1864490000000001</v>
+        <v>1.185651</v>
       </c>
       <c r="D29" s="7">
-        <v>1.2197549999999999</v>
+        <v>1.220218</v>
       </c>
       <c r="E29" s="7">
-        <v>1.1602650000000001</v>
-      </c>
+        <v>1.1567400000000001</v>
+      </c>
+      <c r="L29" s="1"/>
+      <c r="U29" s="2"/>
+      <c r="V29" s="2"/>
+      <c r="Z29" s="2"/>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
-        <v>45951</v>
+        <v>45972</v>
       </c>
       <c r="B30" s="7">
-        <v>1.155149</v>
+        <v>1.150541</v>
       </c>
       <c r="C30" s="7">
-        <v>1.189074</v>
+        <v>1.183762</v>
       </c>
       <c r="D30" s="7">
-        <v>1.223463</v>
+        <v>1.218048</v>
       </c>
       <c r="E30" s="7">
-        <v>1.1616409999999999</v>
-[...1 lines deleted...]
-      <c r="K30" s="1"/>
+        <v>1.1555949999999999</v>
+      </c>
+      <c r="J30" s="1"/>
+      <c r="L30" s="1"/>
+      <c r="S30" s="2"/>
       <c r="T30" s="2"/>
       <c r="U30" s="2"/>
-      <c r="Y30" s="2"/>
+      <c r="V30" s="2"/>
+      <c r="X30" s="2"/>
+      <c r="Z30" s="2"/>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
-        <v>45950</v>
+        <v>45971</v>
       </c>
       <c r="B31" s="7">
-        <v>1.152058</v>
+        <v>1.1489180000000001</v>
       </c>
       <c r="C31" s="7">
-        <v>1.1849970000000001</v>
+        <v>1.1813260000000001</v>
       </c>
       <c r="D31" s="7">
-        <v>1.218051</v>
+        <v>1.214485</v>
       </c>
       <c r="E31" s="7">
-        <v>1.159127</v>
-[...1 lines deleted...]
-      <c r="K31" s="1"/>
+        <v>1.1533279999999999</v>
+      </c>
+      <c r="J31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="S31" s="2"/>
       <c r="T31" s="2"/>
       <c r="U31" s="2"/>
-      <c r="Y31" s="2"/>
+      <c r="V31" s="2"/>
+      <c r="X31" s="2"/>
+      <c r="Z31" s="2"/>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B32" s="7">
-        <v>1.150048</v>
+        <v>1.1473580000000001</v>
       </c>
       <c r="C32" s="7">
-        <v>1.1822189999999999</v>
+        <v>1.178582</v>
       </c>
       <c r="D32" s="7">
-        <v>1.2140629999999999</v>
+        <v>1.2099219999999999</v>
       </c>
       <c r="E32" s="7">
-        <v>1.154039</v>
-[...1 lines deleted...]
-      <c r="K32" s="1"/>
+        <v>1.151087</v>
+      </c>
+      <c r="J32" s="1"/>
+      <c r="L32" s="1"/>
+      <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
-      <c r="Y32" s="2"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V32" s="2"/>
+      <c r="X32" s="2"/>
+      <c r="Z32" s="2"/>
+    </row>
+    <row r="33" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B33" s="7">
-        <v>1.1515089999999999</v>
+        <v>1.1492199999999999</v>
       </c>
       <c r="C33" s="7">
-        <v>1.1847240000000001</v>
+        <v>1.1812609999999999</v>
       </c>
       <c r="D33" s="7">
-        <v>1.2182519999999999</v>
+        <v>1.2142379999999999</v>
       </c>
       <c r="E33" s="7">
-        <v>1.1587369999999999</v>
-[...1 lines deleted...]
-      <c r="K33" s="1"/>
+        <v>1.153896</v>
+      </c>
+      <c r="J33" s="1"/>
+      <c r="L33" s="1"/>
+      <c r="S33" s="2"/>
       <c r="T33" s="2"/>
       <c r="U33" s="2"/>
-      <c r="Y33" s="2"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="V33" s="2"/>
+      <c r="X33" s="2"/>
+      <c r="Z33" s="2"/>
+    </row>
+    <row r="34" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A34" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B34" s="7">
-        <v>1.1481589999999999</v>
+        <v>1.147966</v>
       </c>
       <c r="C34" s="7">
-        <v>1.1805760000000001</v>
+        <v>1.1795249999999999</v>
       </c>
       <c r="D34" s="7">
-        <v>1.2134160000000001</v>
+        <v>1.2115959999999999</v>
       </c>
       <c r="E34" s="7">
-        <v>1.155594</v>
+        <v>1.151945</v>
       </c>
       <c r="J34" s="1"/>
-      <c r="K34" s="1"/>
       <c r="S34" s="2"/>
       <c r="T34" s="2"/>
-      <c r="U34" s="2"/>
       <c r="X34" s="2"/>
-      <c r="Y34" s="2"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:25" x14ac:dyDescent="0.35">
+    </row>
+    <row r="35" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A35" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B35" s="7">
-        <v>1.1447350000000001</v>
+        <v>1.148825</v>
       </c>
       <c r="C35" s="7">
-        <v>1.1762170000000001</v>
+        <v>1.1808959999999999</v>
       </c>
       <c r="D35" s="7">
-        <v>1.2077340000000001</v>
+        <v>1.2141230000000001</v>
       </c>
       <c r="E35" s="7">
-        <v>1.1521950000000001</v>
+        <v>1.1543570000000001</v>
       </c>
       <c r="J35" s="1"/>
-      <c r="K35" s="1"/>
       <c r="S35" s="2"/>
       <c r="T35" s="2"/>
-      <c r="U35" s="2"/>
       <c r="X35" s="2"/>
-      <c r="Y35" s="2"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:25" x14ac:dyDescent="0.35">
+    </row>
+    <row r="36" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B36" s="7">
-        <v>1.143694</v>
+        <v>1.150285</v>
       </c>
       <c r="C36" s="7">
-        <v>1.1745369999999999</v>
+        <v>1.1829780000000001</v>
       </c>
       <c r="D36" s="7">
-        <v>1.205422</v>
+        <v>1.217441</v>
       </c>
       <c r="E36" s="7">
-        <v>1.151807</v>
+        <v>1.15727</v>
       </c>
       <c r="J36" s="1"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
       <c r="X36" s="2"/>
     </row>
-    <row r="37" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B37" s="7">
-        <v>1.1461429999999999</v>
+        <v>1.1508750000000001</v>
       </c>
       <c r="C37" s="7">
-        <v>1.17841</v>
+        <v>1.183891</v>
       </c>
       <c r="D37" s="7">
-        <v>1.2116119999999999</v>
+        <v>1.218766</v>
       </c>
       <c r="E37" s="7">
-        <v>1.1513199999999999</v>
+        <v>1.1578360000000001</v>
       </c>
       <c r="J37" s="1"/>
       <c r="S37" s="2"/>
       <c r="T37" s="2"/>
       <c r="X37" s="2"/>
     </row>
-    <row r="38" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A38" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B38" s="7">
-        <v>1.147602</v>
+        <v>1.1504289999999999</v>
       </c>
       <c r="C38" s="7">
-        <v>1.1800949999999999</v>
+        <v>1.1831879999999999</v>
       </c>
       <c r="D38" s="7">
-        <v>1.213573</v>
+        <v>1.217632</v>
       </c>
       <c r="E38" s="7">
-        <v>1.1551530000000001</v>
+        <v>1.159125</v>
       </c>
       <c r="J38" s="1"/>
       <c r="S38" s="2"/>
       <c r="T38" s="2"/>
       <c r="X38" s="2"/>
     </row>
-    <row r="39" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
+        <v>45959</v>
+      </c>
+      <c r="B39" s="7">
+        <v>1.1526130000000001</v>
+      </c>
+      <c r="C39" s="7">
+        <v>1.185829</v>
+      </c>
+      <c r="D39" s="7">
+        <v>1.2205349999999999</v>
+      </c>
+      <c r="E39" s="7">
+        <v>1.1605460000000001</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>45958</v>
+      </c>
+      <c r="B40" s="7">
+        <v>1.1547019999999999</v>
+      </c>
+      <c r="C40" s="7">
+        <v>1.188383</v>
+      </c>
+      <c r="D40" s="7">
+        <v>1.2233069999999999</v>
+      </c>
+      <c r="E40" s="7">
+        <v>1.161014</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>45957</v>
+      </c>
+      <c r="B41" s="7">
+        <v>1.155295</v>
+      </c>
+      <c r="C41" s="7">
+        <v>1.1893879999999999</v>
+      </c>
+      <c r="D41" s="7">
+        <v>1.224715</v>
+      </c>
+      <c r="E41" s="7">
+        <v>1.162539</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>45954</v>
+      </c>
+      <c r="B42" s="7">
+        <v>1.1534340000000001</v>
+      </c>
+      <c r="C42" s="7">
+        <v>1.186607</v>
+      </c>
+      <c r="D42" s="7">
+        <v>1.2204710000000001</v>
+      </c>
+      <c r="E42" s="7">
+        <v>1.160541</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>45953</v>
+      </c>
+      <c r="B43" s="7">
+        <v>1.1528929999999999</v>
+      </c>
+      <c r="C43" s="7">
+        <v>1.1858390000000001</v>
+      </c>
+      <c r="D43" s="7">
+        <v>1.2190840000000001</v>
+      </c>
+      <c r="E43" s="7">
+        <v>1.1598010000000001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>45952</v>
+      </c>
+      <c r="B44" s="7">
+        <v>1.1534880000000001</v>
+      </c>
+      <c r="C44" s="7">
+        <v>1.1864490000000001</v>
+      </c>
+      <c r="D44" s="7">
+        <v>1.2197549999999999</v>
+      </c>
+      <c r="E44" s="7">
+        <v>1.1602650000000001</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>45951</v>
+      </c>
+      <c r="B45" s="7">
+        <v>1.155149</v>
+      </c>
+      <c r="C45" s="7">
+        <v>1.189074</v>
+      </c>
+      <c r="D45" s="7">
+        <v>1.223463</v>
+      </c>
+      <c r="E45" s="7">
+        <v>1.1616409999999999</v>
+      </c>
+      <c r="K45" s="1"/>
+      <c r="T45" s="2"/>
+      <c r="U45" s="2"/>
+      <c r="Y45" s="2"/>
+    </row>
+    <row r="46" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>45950</v>
+      </c>
+      <c r="B46" s="7">
+        <v>1.152058</v>
+      </c>
+      <c r="C46" s="7">
+        <v>1.1849970000000001</v>
+      </c>
+      <c r="D46" s="7">
+        <v>1.218051</v>
+      </c>
+      <c r="E46" s="7">
+        <v>1.159127</v>
+      </c>
+      <c r="K46" s="1"/>
+      <c r="T46" s="2"/>
+      <c r="U46" s="2"/>
+      <c r="Y46" s="2"/>
+    </row>
+    <row r="47" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
+        <v>45947</v>
+      </c>
+      <c r="B47" s="7">
+        <v>1.150048</v>
+      </c>
+      <c r="C47" s="7">
+        <v>1.1822189999999999</v>
+      </c>
+      <c r="D47" s="7">
+        <v>1.2140629999999999</v>
+      </c>
+      <c r="E47" s="7">
+        <v>1.154039</v>
+      </c>
+      <c r="K47" s="1"/>
+      <c r="T47" s="2"/>
+      <c r="U47" s="2"/>
+      <c r="Y47" s="2"/>
+    </row>
+    <row r="48" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
+        <v>45946</v>
+      </c>
+      <c r="B48" s="7">
+        <v>1.1515089999999999</v>
+      </c>
+      <c r="C48" s="7">
+        <v>1.1847240000000001</v>
+      </c>
+      <c r="D48" s="7">
+        <v>1.2182519999999999</v>
+      </c>
+      <c r="E48" s="7">
+        <v>1.1587369999999999</v>
+      </c>
+      <c r="K48" s="1"/>
+      <c r="T48" s="2"/>
+      <c r="U48" s="2"/>
+      <c r="Y48" s="2"/>
+    </row>
+    <row r="49" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
+        <v>45945</v>
+      </c>
+      <c r="B49" s="7">
+        <v>1.1481589999999999</v>
+      </c>
+      <c r="C49" s="7">
+        <v>1.1805760000000001</v>
+      </c>
+      <c r="D49" s="7">
+        <v>1.2134160000000001</v>
+      </c>
+      <c r="E49" s="7">
+        <v>1.155594</v>
+      </c>
+      <c r="J49" s="1"/>
+      <c r="K49" s="1"/>
+      <c r="S49" s="2"/>
+      <c r="T49" s="2"/>
+      <c r="U49" s="2"/>
+      <c r="X49" s="2"/>
+      <c r="Y49" s="2"/>
+    </row>
+    <row r="50" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>45944</v>
+      </c>
+      <c r="B50" s="7">
+        <v>1.1447350000000001</v>
+      </c>
+      <c r="C50" s="7">
+        <v>1.1762170000000001</v>
+      </c>
+      <c r="D50" s="7">
+        <v>1.2077340000000001</v>
+      </c>
+      <c r="E50" s="7">
+        <v>1.1521950000000001</v>
+      </c>
+      <c r="J50" s="1"/>
+      <c r="K50" s="1"/>
+      <c r="S50" s="2"/>
+      <c r="T50" s="2"/>
+      <c r="U50" s="2"/>
+      <c r="X50" s="2"/>
+      <c r="Y50" s="2"/>
+    </row>
+    <row r="51" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
+        <v>45943</v>
+      </c>
+      <c r="B51" s="7">
+        <v>1.143694</v>
+      </c>
+      <c r="C51" s="7">
+        <v>1.1745369999999999</v>
+      </c>
+      <c r="D51" s="7">
+        <v>1.205422</v>
+      </c>
+      <c r="E51" s="7">
+        <v>1.151807</v>
+      </c>
+      <c r="J51" s="1"/>
+      <c r="S51" s="2"/>
+      <c r="T51" s="2"/>
+      <c r="X51" s="2"/>
+    </row>
+    <row r="52" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
+        <v>45940</v>
+      </c>
+      <c r="B52" s="7">
+        <v>1.1461429999999999</v>
+      </c>
+      <c r="C52" s="7">
+        <v>1.17841</v>
+      </c>
+      <c r="D52" s="7">
+        <v>1.2116119999999999</v>
+      </c>
+      <c r="E52" s="7">
+        <v>1.1513199999999999</v>
+      </c>
+      <c r="J52" s="1"/>
+      <c r="S52" s="2"/>
+      <c r="T52" s="2"/>
+      <c r="X52" s="2"/>
+    </row>
+    <row r="53" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
+        <v>45939</v>
+      </c>
+      <c r="B53" s="7">
+        <v>1.147602</v>
+      </c>
+      <c r="C53" s="7">
+        <v>1.1800949999999999</v>
+      </c>
+      <c r="D53" s="7">
+        <v>1.213573</v>
+      </c>
+      <c r="E53" s="7">
+        <v>1.1551530000000001</v>
+      </c>
+      <c r="J53" s="1"/>
+      <c r="S53" s="2"/>
+      <c r="T53" s="2"/>
+      <c r="X53" s="2"/>
+    </row>
+    <row r="54" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
         <v>45938</v>
       </c>
-      <c r="B39" s="7">
+      <c r="B54" s="7">
         <v>1.146652</v>
       </c>
-      <c r="C39" s="7">
+      <c r="C54" s="7">
         <v>1.1790419999999999</v>
       </c>
-      <c r="D39" s="7">
+      <c r="D54" s="7">
         <v>1.2120629999999999</v>
       </c>
-      <c r="E39" s="7">
+      <c r="E54" s="7">
         <v>1.154612</v>
       </c>
-      <c r="J39" s="1"/>
-[...5 lines deleted...]
-      <c r="A40" s="1">
+      <c r="J54" s="1"/>
+      <c r="S54" s="2"/>
+      <c r="T54" s="2"/>
+      <c r="X54" s="2"/>
+    </row>
+    <row r="55" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
         <v>45937</v>
       </c>
-      <c r="B40" s="7">
+      <c r="B55" s="7">
         <v>1.1466130000000001</v>
       </c>
-      <c r="C40" s="7">
+      <c r="C55" s="7">
         <v>1.1789860000000001</v>
       </c>
-      <c r="D40" s="7">
+      <c r="D55" s="7">
         <v>1.2123440000000001</v>
       </c>
-      <c r="E40" s="7">
+      <c r="E55" s="7">
         <v>1.1555839999999999</v>
       </c>
     </row>
-    <row r="41" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A41" s="1">
+    <row r="56" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
         <v>45936</v>
       </c>
-      <c r="B41" s="7">
+      <c r="B56" s="7">
         <v>1.1468940000000001</v>
       </c>
-      <c r="C41" s="7">
+      <c r="C56" s="7">
         <v>1.179478</v>
       </c>
-      <c r="D41" s="7">
+      <c r="D56" s="7">
         <v>1.2129719999999999</v>
       </c>
-      <c r="E41" s="7">
+      <c r="E56" s="7">
         <v>1.1557299999999999</v>
       </c>
     </row>
-    <row r="42" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A42" s="1">
+    <row r="57" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
         <v>45933</v>
       </c>
-      <c r="B42" s="7">
+      <c r="B57" s="7">
         <v>1.1464099999999999</v>
       </c>
-      <c r="C42" s="7">
+      <c r="C57" s="7">
         <v>1.1784840000000001</v>
       </c>
-      <c r="D42" s="7">
+      <c r="D57" s="7">
         <v>1.211781</v>
       </c>
-      <c r="E42" s="7">
+      <c r="E57" s="7">
         <v>1.1556569999999999</v>
       </c>
     </row>
-    <row r="43" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A43" s="1">
+    <row r="58" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A58" s="1">
         <v>45932</v>
       </c>
-      <c r="B43" s="7">
+      <c r="B58" s="7">
         <v>1.1450469999999999</v>
       </c>
-      <c r="C43" s="7">
+      <c r="C58" s="7">
         <v>1.176609</v>
       </c>
-      <c r="D43" s="7">
+      <c r="D58" s="7">
         <v>1.208866</v>
       </c>
-      <c r="E43" s="7">
+      <c r="E58" s="7">
         <v>1.153737</v>
       </c>
     </row>
-    <row r="44" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A44" s="1">
+    <row r="59" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A59" s="1">
         <v>45931</v>
       </c>
-      <c r="B44" s="7">
+      <c r="B59" s="7">
         <v>1.1417539999999999</v>
       </c>
-      <c r="C44" s="7">
+      <c r="C59" s="7">
         <v>1.1719839999999999</v>
       </c>
-      <c r="D44" s="7">
+      <c r="D59" s="7">
         <v>1.2023569999999999</v>
       </c>
-      <c r="E44" s="7">
+      <c r="E59" s="7">
         <v>1.1498010000000001</v>
       </c>
     </row>
-    <row r="45" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A45" s="1">
+    <row r="60" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A60" s="1">
         <v>45930</v>
       </c>
-      <c r="B45" s="7">
+      <c r="B60" s="7">
         <v>1.141508</v>
       </c>
-      <c r="C45" s="7">
+      <c r="C60" s="7">
         <v>1.171386</v>
       </c>
-      <c r="D45" s="7">
+      <c r="D60" s="7">
         <v>1.201489</v>
       </c>
-      <c r="E45" s="7">
+      <c r="E60" s="7">
         <v>1.1497120000000001</v>
       </c>
     </row>
-    <row r="46" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A46" s="1">
+    <row r="61" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
         <v>45929</v>
       </c>
-      <c r="B46" s="7">
+      <c r="B61" s="7">
         <v>1.1416999999999999</v>
       </c>
-      <c r="C46" s="7">
+      <c r="C61" s="7">
         <v>1.1718390000000001</v>
       </c>
-      <c r="D46" s="7">
+      <c r="D61" s="7">
         <v>1.2022870000000001</v>
       </c>
-      <c r="E46" s="7">
+      <c r="E61" s="7">
         <v>1.149632</v>
       </c>
     </row>
-    <row r="47" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A47" s="1">
+    <row r="62" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
         <v>45926</v>
       </c>
-      <c r="B47" s="7">
+      <c r="B62" s="7">
         <v>1.138069</v>
       </c>
-      <c r="C47" s="7">
+      <c r="C62" s="7">
         <v>1.167413</v>
       </c>
-      <c r="D47" s="7">
+      <c r="D62" s="7">
         <v>1.1969339999999999</v>
       </c>
-      <c r="E47" s="7">
+      <c r="E62" s="7">
         <v>1.145902</v>
       </c>
     </row>
-    <row r="48" spans="1:25" x14ac:dyDescent="0.35">
-      <c r="A48" s="1">
+    <row r="63" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
         <v>45925</v>
       </c>
-      <c r="B48" s="7">
+      <c r="B63" s="7">
         <v>1.139011</v>
       </c>
-      <c r="C48" s="7">
+      <c r="C63" s="7">
         <v>1.168142</v>
       </c>
-      <c r="D48" s="7">
+      <c r="D63" s="7">
         <v>1.1974290000000001</v>
       </c>
-      <c r="E48" s="7">
+      <c r="E63" s="7">
         <v>1.1469959999999999</v>
       </c>
     </row>
-    <row r="49" spans="1:26" x14ac:dyDescent="0.35">
-      <c r="A49" s="1">
+    <row r="64" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
         <v>45924</v>
       </c>
-      <c r="B49" s="7">
+      <c r="B64" s="7">
         <v>1.139273</v>
       </c>
-      <c r="C49" s="7">
+      <c r="C64" s="7">
         <v>1.168423</v>
       </c>
-      <c r="D49" s="7">
+      <c r="D64" s="7">
         <v>1.197781</v>
       </c>
-      <c r="E49" s="7">
+      <c r="E64" s="7">
         <v>1.148369</v>
       </c>
-    </row>
-[...313 lines deleted...]
-      <c r="Y64" s="2"/>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45902</v>
+        <v>45923</v>
       </c>
       <c r="B65" s="7">
-        <v>1.1334500000000001</v>
+        <v>1.141553</v>
       </c>
       <c r="C65" s="7">
-        <v>1.162598</v>
+        <v>1.170979</v>
       </c>
       <c r="D65" s="7">
-        <v>1.1916869999999999</v>
+        <v>1.201344</v>
       </c>
       <c r="E65" s="7">
-        <v>1.141561</v>
-[...4 lines deleted...]
-      <c r="T65" s="2"/>
+        <v>1.15082</v>
+      </c>
+      <c r="L65" s="1"/>
       <c r="U65" s="2"/>
-      <c r="X65" s="2"/>
-      <c r="Y65" s="2"/>
+      <c r="V65" s="2"/>
+      <c r="Z65" s="2"/>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45901</v>
+        <v>45922</v>
       </c>
       <c r="B66" s="7">
-        <v>1.1342559999999999</v>
+        <v>1.139675</v>
       </c>
       <c r="C66" s="7">
-        <v>1.1631689999999999</v>
+        <v>1.1684049999999999</v>
       </c>
       <c r="D66" s="7">
-        <v>1.192134</v>
+        <v>1.197821</v>
       </c>
       <c r="E66" s="7">
-        <v>1.1424099999999999</v>
-[...4 lines deleted...]
-      <c r="T66" s="2"/>
+        <v>1.148903</v>
+      </c>
+      <c r="L66" s="1"/>
       <c r="U66" s="2"/>
-      <c r="X66" s="2"/>
-      <c r="Y66" s="2"/>
+      <c r="V66" s="2"/>
+      <c r="Z66" s="2"/>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45898</v>
+        <v>45919</v>
       </c>
       <c r="B67" s="7">
-        <v>1.1360030000000001</v>
+        <v>1.138369</v>
       </c>
       <c r="C67" s="7">
-        <v>1.1653420000000001</v>
+        <v>1.166868</v>
       </c>
       <c r="D67" s="7">
-        <v>1.195055</v>
+        <v>1.1961580000000001</v>
       </c>
       <c r="E67" s="7">
-        <v>1.1436919999999999</v>
-[...4 lines deleted...]
-      <c r="X67" s="2"/>
+        <v>1.147443</v>
+      </c>
+      <c r="L67" s="1"/>
+      <c r="U67" s="2"/>
+      <c r="V67" s="2"/>
+      <c r="Z67" s="2"/>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45897</v>
+        <v>45918</v>
       </c>
       <c r="B68" s="7">
-        <v>1.1358790000000001</v>
+        <v>1.1380710000000001</v>
       </c>
       <c r="C68" s="7">
-        <v>1.1653150000000001</v>
+        <v>1.165727</v>
       </c>
       <c r="D68" s="7">
-        <v>1.1957150000000001</v>
+        <v>1.1936500000000001</v>
       </c>
       <c r="E68" s="7">
-        <v>1.1444220000000001</v>
-[...4 lines deleted...]
-      <c r="X68" s="2"/>
+        <v>1.1462570000000001</v>
+      </c>
+      <c r="L68" s="1"/>
+      <c r="U68" s="2"/>
+      <c r="V68" s="2"/>
+      <c r="Z68" s="2"/>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45896</v>
+        <v>45917</v>
       </c>
       <c r="B69" s="7">
-        <v>1.135121</v>
+        <v>1.138271</v>
       </c>
       <c r="C69" s="7">
-        <v>1.1642300000000001</v>
+        <v>1.1661360000000001</v>
       </c>
       <c r="D69" s="7">
-        <v>1.1942950000000001</v>
+        <v>1.194053</v>
       </c>
       <c r="E69" s="7">
-        <v>1.1439790000000001</v>
-[...4 lines deleted...]
-      <c r="X69" s="2"/>
+        <v>1.1463490000000001</v>
+      </c>
+      <c r="L69" s="1"/>
+      <c r="U69" s="2"/>
+      <c r="V69" s="2"/>
+      <c r="Z69" s="2"/>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45895</v>
+        <v>45916</v>
       </c>
       <c r="B70" s="7">
-        <v>1.1340349999999999</v>
+        <v>1.1400840000000001</v>
       </c>
       <c r="C70" s="7">
-        <v>1.1626259999999999</v>
+        <v>1.1689000000000001</v>
       </c>
       <c r="D70" s="7">
-        <v>1.1922950000000001</v>
+        <v>1.1982630000000001</v>
       </c>
       <c r="E70" s="7">
-        <v>1.142841</v>
-[...4 lines deleted...]
-      <c r="X70" s="2"/>
+        <v>1.1482540000000001</v>
+      </c>
+      <c r="L70" s="1"/>
+      <c r="U70" s="2"/>
+      <c r="V70" s="2"/>
+      <c r="Z70" s="2"/>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45894</v>
+        <v>45915</v>
       </c>
       <c r="B71" s="7">
-        <v>1.13591</v>
+        <v>1.1386229999999999</v>
       </c>
       <c r="C71" s="7">
-        <v>1.1651130000000001</v>
+        <v>1.167368</v>
       </c>
       <c r="D71" s="7">
-        <v>1.195746</v>
+        <v>1.19638</v>
       </c>
       <c r="E71" s="7">
-        <v>1.1450640000000001</v>
-      </c>
+        <v>1.146245</v>
+      </c>
+      <c r="L71" s="1"/>
+      <c r="U71" s="2"/>
+      <c r="V71" s="2"/>
+      <c r="Z71" s="2"/>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45891</v>
+        <v>45912</v>
       </c>
       <c r="B72" s="7">
-        <v>1.1329260000000001</v>
+        <v>1.138803</v>
       </c>
       <c r="C72" s="7">
-        <v>1.1611929999999999</v>
+        <v>1.167764</v>
       </c>
       <c r="D72" s="7">
-        <v>1.190366</v>
+        <v>1.19739</v>
       </c>
       <c r="E72" s="7">
-        <v>1.1423190000000001</v>
-      </c>
+        <v>1.1468149999999999</v>
+      </c>
+      <c r="L72" s="1"/>
+      <c r="U72" s="2"/>
+      <c r="V72" s="2"/>
+      <c r="Z72" s="2"/>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45890</v>
+        <v>45911</v>
       </c>
       <c r="B73" s="7">
-        <v>1.134863</v>
+        <v>1.1360870000000001</v>
       </c>
       <c r="C73" s="7">
-        <v>1.1634720000000001</v>
+        <v>1.1638930000000001</v>
       </c>
       <c r="D73" s="7">
-        <v>1.1931099999999999</v>
+        <v>1.1919329999999999</v>
       </c>
       <c r="E73" s="7">
-        <v>1.145168</v>
-      </c>
+        <v>1.143716</v>
+      </c>
+      <c r="L73" s="1"/>
+      <c r="U73" s="2"/>
+      <c r="V73" s="2"/>
+      <c r="Z73" s="2"/>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45889</v>
+        <v>45910</v>
       </c>
       <c r="B74" s="7">
-        <v>1.132646</v>
+        <v>1.1359459999999999</v>
       </c>
       <c r="C74" s="7">
-        <v>1.1607149999999999</v>
+        <v>1.163729</v>
       </c>
       <c r="D74" s="7">
-        <v>1.189173</v>
+        <v>1.1919249999999999</v>
       </c>
       <c r="E74" s="7">
-        <v>1.1427309999999999</v>
-      </c>
+        <v>1.144836</v>
+      </c>
+      <c r="L74" s="1"/>
+      <c r="U74" s="2"/>
+      <c r="V74" s="2"/>
+      <c r="Z74" s="2"/>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45888</v>
+        <v>45909</v>
       </c>
       <c r="B75" s="7">
-        <v>1.1319429999999999</v>
+        <v>1.134992</v>
       </c>
       <c r="C75" s="7">
-        <v>1.159295</v>
+        <v>1.162649</v>
       </c>
       <c r="D75" s="7">
-        <v>1.1870270000000001</v>
+        <v>1.190858</v>
       </c>
       <c r="E75" s="7">
-        <v>1.14263</v>
-      </c>
+        <v>1.1427430000000001</v>
+      </c>
+      <c r="L75" s="1"/>
+      <c r="U75" s="2"/>
+      <c r="V75" s="2"/>
+      <c r="Z75" s="2"/>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45887</v>
+        <v>45908</v>
       </c>
       <c r="B76" s="7">
-        <v>1.133645</v>
+        <v>1.135176</v>
       </c>
       <c r="C76" s="7">
-        <v>1.1613359999999999</v>
+        <v>1.1636899999999999</v>
       </c>
       <c r="D76" s="7">
-        <v>1.1892400000000001</v>
+        <v>1.1926730000000001</v>
       </c>
       <c r="E76" s="7">
-        <v>1.144873</v>
-      </c>
+        <v>1.143621</v>
+      </c>
+      <c r="K76" s="1"/>
+      <c r="T76" s="2"/>
+      <c r="U76" s="2"/>
+      <c r="Y76" s="2"/>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45884</v>
+        <v>45905</v>
       </c>
       <c r="B77" s="7">
-        <v>1.134179</v>
+        <v>1.1356120000000001</v>
       </c>
       <c r="C77" s="7">
-        <v>1.1621809999999999</v>
+        <v>1.1647559999999999</v>
       </c>
       <c r="D77" s="7">
-        <v>1.1906479999999999</v>
+        <v>1.194002</v>
       </c>
       <c r="E77" s="7">
-        <v>1.1450640000000001</v>
-[...1 lines deleted...]
-      <c r="L77" s="1"/>
+        <v>1.1445479999999999</v>
+      </c>
+      <c r="K77" s="1"/>
+      <c r="T77" s="2"/>
       <c r="U77" s="2"/>
-      <c r="V77" s="2"/>
-      <c r="Z77" s="2"/>
+      <c r="Y77" s="2"/>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45883</v>
+        <v>45904</v>
       </c>
       <c r="B78" s="7">
-        <v>1.1317919999999999</v>
+        <v>1.132951</v>
       </c>
       <c r="C78" s="7">
-        <v>1.159062</v>
+        <v>1.1612210000000001</v>
       </c>
       <c r="D78" s="7">
-        <v>1.1863790000000001</v>
+        <v>1.189235</v>
       </c>
       <c r="E78" s="7">
-        <v>1.142258</v>
-[...1 lines deleted...]
-      <c r="L78" s="1"/>
+        <v>1.1412960000000001</v>
+      </c>
+      <c r="K78" s="1"/>
+      <c r="T78" s="2"/>
       <c r="U78" s="2"/>
-      <c r="V78" s="2"/>
-      <c r="Z78" s="2"/>
+      <c r="Y78" s="2"/>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B79" s="7">
-        <v>1.1305229999999999</v>
+        <v>1.129858</v>
       </c>
       <c r="C79" s="7">
-        <v>1.1570750000000001</v>
+        <v>1.1573880000000001</v>
       </c>
       <c r="D79" s="7">
-        <v>1.1836519999999999</v>
+        <v>1.184458</v>
       </c>
       <c r="E79" s="7">
-        <v>1.141419</v>
-[...1 lines deleted...]
-      <c r="L79" s="1"/>
+        <v>1.1380669999999999</v>
+      </c>
+      <c r="K79" s="1"/>
+      <c r="T79" s="2"/>
       <c r="U79" s="2"/>
-      <c r="V79" s="2"/>
-      <c r="Z79" s="2"/>
+      <c r="Y79" s="2"/>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B80" s="7">
-        <v>1.1297619999999999</v>
+        <v>1.1334500000000001</v>
       </c>
       <c r="C80" s="7">
-        <v>1.1559619999999999</v>
+        <v>1.162598</v>
       </c>
       <c r="D80" s="7">
-        <v>1.1819470000000001</v>
+        <v>1.1916869999999999</v>
       </c>
       <c r="E80" s="7">
-        <v>1.141332</v>
-[...1 lines deleted...]
-      <c r="L80" s="1"/>
+        <v>1.141561</v>
+      </c>
+      <c r="J80" s="1"/>
+      <c r="K80" s="1"/>
+      <c r="S80" s="2"/>
+      <c r="T80" s="2"/>
       <c r="U80" s="2"/>
-      <c r="V80" s="2"/>
-[...2 lines deleted...]
-    <row r="81" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="X80" s="2"/>
+      <c r="Y80" s="2"/>
+    </row>
+    <row r="81" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A81" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B81" s="7">
-        <v>1.129507</v>
+        <v>1.1342559999999999</v>
       </c>
       <c r="C81" s="7">
-        <v>1.1557280000000001</v>
+        <v>1.1631689999999999</v>
       </c>
       <c r="D81" s="7">
-        <v>1.1817519999999999</v>
+        <v>1.192134</v>
       </c>
       <c r="E81" s="7">
-        <v>1.1408499999999999</v>
+        <v>1.1424099999999999</v>
       </c>
       <c r="J81" s="1"/>
-      <c r="L81" s="1"/>
+      <c r="K81" s="1"/>
       <c r="S81" s="2"/>
       <c r="T81" s="2"/>
       <c r="U81" s="2"/>
-      <c r="V81" s="2"/>
       <c r="X81" s="2"/>
-      <c r="Z81" s="2"/>
-[...1 lines deleted...]
-    <row r="82" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="Y81" s="2"/>
+    </row>
+    <row r="82" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A82" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B82" s="7">
-        <v>1.127856</v>
+        <v>1.1360030000000001</v>
       </c>
       <c r="C82" s="7">
-        <v>1.1538090000000001</v>
+        <v>1.1653420000000001</v>
       </c>
       <c r="D82" s="7">
-        <v>1.1791739999999999</v>
+        <v>1.195055</v>
       </c>
       <c r="E82" s="7">
-        <v>1.139818</v>
+        <v>1.1436919999999999</v>
       </c>
       <c r="J82" s="1"/>
-      <c r="L82" s="1"/>
       <c r="S82" s="2"/>
       <c r="T82" s="2"/>
-      <c r="U82" s="2"/>
-      <c r="V82" s="2"/>
       <c r="X82" s="2"/>
-      <c r="Z82" s="2"/>
-[...1 lines deleted...]
-    <row r="83" spans="1:27" x14ac:dyDescent="0.35">
+    </row>
+    <row r="83" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A83" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B83" s="7">
-        <v>1.128263</v>
+        <v>1.1358790000000001</v>
       </c>
       <c r="C83" s="7">
-        <v>1.153994</v>
+        <v>1.1653150000000001</v>
       </c>
       <c r="D83" s="7">
-        <v>1.179397</v>
+        <v>1.1957150000000001</v>
       </c>
       <c r="E83" s="7">
-        <v>1.140147</v>
+        <v>1.1444220000000001</v>
       </c>
       <c r="J83" s="1"/>
       <c r="S83" s="2"/>
       <c r="T83" s="2"/>
       <c r="X83" s="2"/>
     </row>
-    <row r="84" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A84" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B84" s="7">
-        <v>1.1274120000000001</v>
+        <v>1.135121</v>
       </c>
       <c r="C84" s="7">
-        <v>1.1539060000000001</v>
+        <v>1.1642300000000001</v>
       </c>
       <c r="D84" s="7">
-        <v>1.1793210000000001</v>
+        <v>1.1942950000000001</v>
       </c>
       <c r="E84" s="7">
-        <v>1.14089</v>
+        <v>1.1439790000000001</v>
       </c>
       <c r="J84" s="1"/>
       <c r="S84" s="2"/>
       <c r="T84" s="2"/>
       <c r="X84" s="2"/>
     </row>
-    <row r="85" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A85" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B85" s="7">
-        <v>1.1267750000000001</v>
+        <v>1.1340349999999999</v>
       </c>
       <c r="C85" s="7">
-        <v>1.153095</v>
+        <v>1.1626259999999999</v>
       </c>
       <c r="D85" s="7">
-        <v>1.177352</v>
+        <v>1.1922950000000001</v>
       </c>
       <c r="E85" s="7">
-        <v>1.13974</v>
+        <v>1.142841</v>
       </c>
       <c r="J85" s="1"/>
-      <c r="K85" s="1"/>
       <c r="S85" s="2"/>
       <c r="T85" s="2"/>
-      <c r="U85" s="2"/>
       <c r="X85" s="2"/>
-      <c r="Y85" s="2"/>
-[...1 lines deleted...]
-    <row r="86" spans="1:27" x14ac:dyDescent="0.35">
+    </row>
+    <row r="86" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A86" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B86" s="7">
-        <v>1.1222799999999999</v>
+        <v>1.13591</v>
       </c>
       <c r="C86" s="7">
-        <v>1.148973</v>
+        <v>1.1651130000000001</v>
       </c>
       <c r="D86" s="7">
-        <v>1.169187</v>
+        <v>1.195746</v>
       </c>
       <c r="E86" s="7">
-        <v>1.1342699999999999</v>
-[...9 lines deleted...]
-    <row r="87" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.1450640000000001</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A87" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B87" s="7">
-        <v>1.123202</v>
+        <v>1.1329260000000001</v>
       </c>
       <c r="C87" s="7">
-        <v>1.1508100000000001</v>
+        <v>1.1611929999999999</v>
       </c>
       <c r="D87" s="7">
-        <v>1.171867</v>
+        <v>1.190366</v>
       </c>
       <c r="E87" s="7">
-        <v>1.135319</v>
-[...6 lines deleted...]
-    <row r="88" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.1423190000000001</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A88" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B88" s="7">
-        <v>1.1272979999999999</v>
+        <v>1.134863</v>
       </c>
       <c r="C88" s="7">
-        <v>1.155619</v>
+        <v>1.1634720000000001</v>
       </c>
       <c r="D88" s="7">
-        <v>1.177964</v>
+        <v>1.1931099999999999</v>
       </c>
       <c r="E88" s="7">
-        <v>1.1398699999999999</v>
-[...6 lines deleted...]
-    <row r="89" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.145168</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A89" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B89" s="7">
-        <v>1.126541</v>
+        <v>1.132646</v>
       </c>
       <c r="C89" s="7">
-        <v>1.155035</v>
+        <v>1.1607149999999999</v>
       </c>
       <c r="D89" s="7">
-        <v>1.17737</v>
+        <v>1.189173</v>
       </c>
       <c r="E89" s="7">
-        <v>1.139329</v>
-[...6 lines deleted...]
-    <row r="90" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.1427309999999999</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A90" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B90" s="7">
-        <v>1.1249009999999999</v>
+        <v>1.1319429999999999</v>
       </c>
       <c r="C90" s="7">
-        <v>1.152935</v>
+        <v>1.159295</v>
       </c>
       <c r="D90" s="7">
-        <v>1.174544</v>
+        <v>1.1870270000000001</v>
       </c>
       <c r="E90" s="7">
-        <v>1.1375390000000001</v>
-[...6 lines deleted...]
-    <row r="91" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.14263</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A91" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B91" s="7">
-        <v>1.1259939999999999</v>
+        <v>1.133645</v>
       </c>
       <c r="C91" s="7">
-        <v>1.154604</v>
+        <v>1.1613359999999999</v>
       </c>
       <c r="D91" s="7">
-        <v>1.1770130000000001</v>
+        <v>1.1892400000000001</v>
       </c>
       <c r="E91" s="7">
-        <v>1.138015</v>
-[...6 lines deleted...]
-    <row r="92" spans="1:27" x14ac:dyDescent="0.35">
+        <v>1.144873</v>
+      </c>
+    </row>
+    <row r="92" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A92" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B92" s="7">
-        <v>1.1240520000000001</v>
+        <v>1.134179</v>
       </c>
       <c r="C92" s="7">
-        <v>1.1518539999999999</v>
+        <v>1.1621809999999999</v>
       </c>
       <c r="D92" s="7">
-        <v>1.173195</v>
+        <v>1.1906479999999999</v>
       </c>
       <c r="E92" s="7">
-        <v>1.1355280000000001</v>
+        <v>1.1450640000000001</v>
       </c>
       <c r="L92" s="1"/>
       <c r="U92" s="2"/>
       <c r="V92" s="2"/>
       <c r="Z92" s="2"/>
     </row>
-    <row r="93" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A93" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B93" s="7">
-        <v>1.1245000000000001</v>
+        <v>1.1317919999999999</v>
       </c>
       <c r="C93" s="7">
-        <v>1.152156</v>
+        <v>1.159062</v>
       </c>
       <c r="D93" s="7">
-        <v>1.1737139999999999</v>
+        <v>1.1863790000000001</v>
       </c>
       <c r="E93" s="7">
-        <v>1.1360760000000001</v>
+        <v>1.142258</v>
       </c>
       <c r="L93" s="1"/>
       <c r="U93" s="2"/>
       <c r="V93" s="2"/>
       <c r="Z93" s="2"/>
     </row>
-    <row r="94" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A94" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B94" s="7">
-        <v>1.1244810000000001</v>
+        <v>1.1305229999999999</v>
       </c>
       <c r="C94" s="7">
-        <v>1.1525609999999999</v>
+        <v>1.1570750000000001</v>
       </c>
       <c r="D94" s="7">
-        <v>1.174094</v>
+        <v>1.1836519999999999</v>
       </c>
       <c r="E94" s="7">
-        <v>1.13646</v>
+        <v>1.141419</v>
       </c>
       <c r="L94" s="1"/>
       <c r="U94" s="2"/>
       <c r="V94" s="2"/>
       <c r="Z94" s="2"/>
     </row>
-    <row r="95" spans="1:27" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A95" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B95" s="7">
-        <v>1.1227720000000001</v>
+        <v>1.1297619999999999</v>
       </c>
       <c r="C95" s="7">
-        <v>1.150018</v>
+        <v>1.1559619999999999</v>
       </c>
       <c r="D95" s="7">
-        <v>1.170499</v>
+        <v>1.1819470000000001</v>
       </c>
       <c r="E95" s="7">
-        <v>1.134293</v>
+        <v>1.141332</v>
       </c>
       <c r="L95" s="1"/>
-      <c r="M95" s="1"/>
       <c r="U95" s="2"/>
       <c r="V95" s="2"/>
-      <c r="W95" s="2"/>
       <c r="Z95" s="2"/>
-      <c r="AA95" s="2"/>
-[...1 lines deleted...]
-    <row r="96" spans="1:27" x14ac:dyDescent="0.35">
+    </row>
+    <row r="96" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A96" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B96" s="7">
-        <v>1.122131</v>
+        <v>1.129507</v>
       </c>
       <c r="C96" s="7">
-        <v>1.1492880000000001</v>
+        <v>1.1557280000000001</v>
       </c>
       <c r="D96" s="7">
-        <v>1.169759</v>
+        <v>1.1817519999999999</v>
       </c>
       <c r="E96" s="7">
-        <v>1.1339060000000001</v>
-      </c>
+        <v>1.1408499999999999</v>
+      </c>
+      <c r="J96" s="1"/>
       <c r="L96" s="1"/>
-      <c r="M96" s="1"/>
+      <c r="S96" s="2"/>
+      <c r="T96" s="2"/>
       <c r="U96" s="2"/>
       <c r="V96" s="2"/>
-      <c r="W96" s="2"/>
+      <c r="X96" s="2"/>
       <c r="Z96" s="2"/>
-      <c r="AA96" s="2"/>
     </row>
     <row r="97" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A97" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B97" s="7">
-        <v>1.1233550000000001</v>
+        <v>1.127856</v>
       </c>
       <c r="C97" s="7">
-        <v>1.15147</v>
+        <v>1.1538090000000001</v>
       </c>
       <c r="D97" s="7">
-        <v>1.1729320000000001</v>
+        <v>1.1791739999999999</v>
       </c>
       <c r="E97" s="7">
-        <v>1.135929</v>
-[...1 lines deleted...]
-      <c r="M97" s="1"/>
+        <v>1.139818</v>
+      </c>
+      <c r="J97" s="1"/>
+      <c r="L97" s="1"/>
+      <c r="S97" s="2"/>
+      <c r="T97" s="2"/>
+      <c r="U97" s="2"/>
       <c r="V97" s="2"/>
-      <c r="W97" s="2"/>
-      <c r="AA97" s="2"/>
+      <c r="X97" s="2"/>
+      <c r="Z97" s="2"/>
     </row>
     <row r="98" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A98" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B98" s="7">
-        <v>1.120452</v>
+        <v>1.128263</v>
       </c>
       <c r="C98" s="7">
-        <v>1.1470070000000001</v>
+        <v>1.153994</v>
       </c>
       <c r="D98" s="7">
-        <v>1.167073</v>
+        <v>1.179397</v>
       </c>
       <c r="E98" s="7">
-        <v>1.1311960000000001</v>
-[...4 lines deleted...]
-      <c r="AA98" s="2"/>
+        <v>1.140147</v>
+      </c>
+      <c r="J98" s="1"/>
+      <c r="S98" s="2"/>
+      <c r="T98" s="2"/>
+      <c r="X98" s="2"/>
     </row>
     <row r="99" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A99" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B99" s="7">
-        <v>1.1172390000000001</v>
+        <v>1.1274120000000001</v>
       </c>
       <c r="C99" s="7">
-        <v>1.14266</v>
+        <v>1.1539060000000001</v>
       </c>
       <c r="D99" s="7">
-        <v>1.161205</v>
+        <v>1.1793210000000001</v>
       </c>
       <c r="E99" s="7">
-        <v>1.1288800000000001</v>
-[...4 lines deleted...]
-      <c r="AA99" s="2"/>
+        <v>1.14089</v>
+      </c>
+      <c r="J99" s="1"/>
+      <c r="S99" s="2"/>
+      <c r="T99" s="2"/>
+      <c r="X99" s="2"/>
     </row>
     <row r="100" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A100" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B100" s="7">
-        <v>1.1195550000000001</v>
+        <v>1.1267750000000001</v>
       </c>
       <c r="C100" s="7">
-        <v>1.146539</v>
+        <v>1.153095</v>
       </c>
       <c r="D100" s="7">
-        <v>1.1668970000000001</v>
+        <v>1.177352</v>
       </c>
       <c r="E100" s="7">
-        <v>1.130755</v>
-[...4 lines deleted...]
-      <c r="AA100" s="2"/>
+        <v>1.13974</v>
+      </c>
+      <c r="J100" s="1"/>
+      <c r="K100" s="1"/>
+      <c r="S100" s="2"/>
+      <c r="T100" s="2"/>
+      <c r="U100" s="2"/>
+      <c r="X100" s="2"/>
+      <c r="Y100" s="2"/>
     </row>
     <row r="101" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A101" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B101" s="7">
-        <v>1.1166910000000001</v>
+        <v>1.1222799999999999</v>
       </c>
       <c r="C101" s="7">
-        <v>1.142496</v>
+        <v>1.148973</v>
       </c>
       <c r="D101" s="7">
-        <v>1.161008</v>
+        <v>1.169187</v>
       </c>
       <c r="E101" s="7">
-        <v>1.1268929999999999</v>
-[...4 lines deleted...]
-      <c r="AA101" s="2"/>
+        <v>1.1342699999999999</v>
+      </c>
+      <c r="J101" s="1"/>
+      <c r="K101" s="1"/>
+      <c r="S101" s="2"/>
+      <c r="T101" s="2"/>
+      <c r="U101" s="2"/>
+      <c r="X101" s="2"/>
+      <c r="Y101" s="2"/>
     </row>
     <row r="102" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A102" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B102" s="7">
-        <v>1.1180209999999999</v>
+        <v>1.123202</v>
       </c>
       <c r="C102" s="7">
-        <v>1.144323</v>
+        <v>1.1508100000000001</v>
       </c>
       <c r="D102" s="7">
-        <v>1.163702</v>
+        <v>1.171867</v>
       </c>
       <c r="E102" s="7">
-        <v>1.127578</v>
-[...4 lines deleted...]
-      <c r="AA102" s="2"/>
+        <v>1.135319</v>
+      </c>
+      <c r="K102" s="1"/>
+      <c r="T102" s="2"/>
+      <c r="U102" s="2"/>
+      <c r="Y102" s="2"/>
     </row>
     <row r="103" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A103" s="1">
-        <v>45848</v>
+        <v>45869</v>
       </c>
       <c r="B103" s="7">
-        <v>1.1178399999999999</v>
+        <v>1.1272979999999999</v>
       </c>
       <c r="C103" s="7">
-        <v>1.144371</v>
+        <v>1.155619</v>
       </c>
       <c r="D103" s="7">
-        <v>1.1638269999999999</v>
+        <v>1.177964</v>
       </c>
       <c r="E103" s="7">
-        <v>1.1283479999999999</v>
-[...4 lines deleted...]
-      <c r="AA103" s="2"/>
+        <v>1.1398699999999999</v>
+      </c>
+      <c r="K103" s="1"/>
+      <c r="T103" s="2"/>
+      <c r="U103" s="2"/>
+      <c r="Y103" s="2"/>
     </row>
     <row r="104" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A104" s="1">
-        <v>45847</v>
+        <v>45868</v>
       </c>
       <c r="B104" s="7">
-        <v>1.1156159999999999</v>
+        <v>1.126541</v>
       </c>
       <c r="C104" s="7">
-        <v>1.141513</v>
+        <v>1.155035</v>
       </c>
       <c r="D104" s="7">
-        <v>1.160323</v>
+        <v>1.17737</v>
       </c>
       <c r="E104" s="7">
-        <v>1.1263810000000001</v>
-[...4 lines deleted...]
-      <c r="AA104" s="2"/>
+        <v>1.139329</v>
+      </c>
+      <c r="K104" s="1"/>
+      <c r="T104" s="2"/>
+      <c r="U104" s="2"/>
+      <c r="Y104" s="2"/>
     </row>
     <row r="105" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A105" s="1">
-        <v>45846</v>
+        <v>45867</v>
       </c>
       <c r="B105" s="7">
-        <v>1.11731</v>
+        <v>1.1249009999999999</v>
       </c>
       <c r="C105" s="7">
-        <v>1.1434150000000001</v>
+        <v>1.152935</v>
       </c>
       <c r="D105" s="7">
-        <v>1.162417</v>
+        <v>1.174544</v>
       </c>
       <c r="E105" s="7">
-        <v>1.1287309999999999</v>
-[...2 lines deleted...]
-      <c r="S105" s="2"/>
+        <v>1.1375390000000001</v>
+      </c>
+      <c r="K105" s="1"/>
       <c r="T105" s="2"/>
-      <c r="X105" s="2"/>
+      <c r="U105" s="2"/>
+      <c r="Y105" s="2"/>
     </row>
     <row r="106" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A106" s="1">
-        <v>45845</v>
+        <v>45866</v>
       </c>
       <c r="B106" s="7">
-        <v>1.118293</v>
+        <v>1.1259939999999999</v>
       </c>
       <c r="C106" s="7">
-        <v>1.144725</v>
+        <v>1.154604</v>
       </c>
       <c r="D106" s="7">
-        <v>1.164094</v>
+        <v>1.1770130000000001</v>
       </c>
       <c r="E106" s="7">
-        <v>1.1294029999999999</v>
-[...2 lines deleted...]
-      <c r="S106" s="2"/>
+        <v>1.138015</v>
+      </c>
+      <c r="K106" s="1"/>
       <c r="T106" s="2"/>
-      <c r="X106" s="2"/>
+      <c r="U106" s="2"/>
+      <c r="Y106" s="2"/>
     </row>
     <row r="107" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A107" s="1">
-        <v>45842</v>
+        <v>45863</v>
       </c>
       <c r="B107" s="7">
-        <v>1.1182609999999999</v>
+        <v>1.1240520000000001</v>
       </c>
       <c r="C107" s="7">
-        <v>1.1444939999999999</v>
+        <v>1.1518539999999999</v>
       </c>
       <c r="D107" s="7">
-        <v>1.1639170000000001</v>
+        <v>1.173195</v>
       </c>
       <c r="E107" s="7">
-        <v>1.1290180000000001</v>
-[...4 lines deleted...]
-      <c r="X107" s="2"/>
+        <v>1.1355280000000001</v>
+      </c>
+      <c r="L107" s="1"/>
+      <c r="U107" s="2"/>
+      <c r="V107" s="2"/>
+      <c r="Z107" s="2"/>
     </row>
     <row r="108" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A108" s="1">
-        <v>45841</v>
+        <v>45862</v>
       </c>
       <c r="B108" s="7">
-        <v>1.1177410000000001</v>
+        <v>1.1245000000000001</v>
       </c>
       <c r="C108" s="7">
-        <v>1.1438919999999999</v>
+        <v>1.152156</v>
       </c>
       <c r="D108" s="7">
-        <v>1.1627719999999999</v>
+        <v>1.1737139999999999</v>
       </c>
       <c r="E108" s="7">
-        <v>1.1289750000000001</v>
-[...4 lines deleted...]
-      <c r="X108" s="2"/>
+        <v>1.1360760000000001</v>
+      </c>
+      <c r="L108" s="1"/>
+      <c r="U108" s="2"/>
+      <c r="V108" s="2"/>
+      <c r="Z108" s="2"/>
     </row>
     <row r="109" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A109" s="1">
-        <v>45840</v>
+        <v>45861</v>
       </c>
       <c r="B109" s="7">
-        <v>1.117575</v>
+        <v>1.1244810000000001</v>
       </c>
       <c r="C109" s="7">
-        <v>1.1435340000000001</v>
+        <v>1.1525609999999999</v>
       </c>
       <c r="D109" s="7">
-        <v>1.1625110000000001</v>
+        <v>1.174094</v>
       </c>
       <c r="E109" s="7">
-        <v>1.1294029999999999</v>
-[...4 lines deleted...]
-      <c r="X109" s="2"/>
+        <v>1.13646</v>
+      </c>
+      <c r="L109" s="1"/>
+      <c r="U109" s="2"/>
+      <c r="V109" s="2"/>
+      <c r="Z109" s="2"/>
     </row>
     <row r="110" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A110" s="1">
+        <v>45860</v>
+      </c>
+      <c r="B110" s="7">
+        <v>1.1227720000000001</v>
+      </c>
+      <c r="C110" s="7">
+        <v>1.150018</v>
+      </c>
+      <c r="D110" s="7">
+        <v>1.170499</v>
+      </c>
+      <c r="E110" s="7">
+        <v>1.134293</v>
+      </c>
+      <c r="L110" s="1"/>
+      <c r="M110" s="1"/>
+      <c r="U110" s="2"/>
+      <c r="V110" s="2"/>
+      <c r="W110" s="2"/>
+      <c r="Z110" s="2"/>
+      <c r="AA110" s="2"/>
+    </row>
+    <row r="111" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A111" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B111" s="7">
+        <v>1.122131</v>
+      </c>
+      <c r="C111" s="7">
+        <v>1.1492880000000001</v>
+      </c>
+      <c r="D111" s="7">
+        <v>1.169759</v>
+      </c>
+      <c r="E111" s="7">
+        <v>1.1339060000000001</v>
+      </c>
+      <c r="L111" s="1"/>
+      <c r="M111" s="1"/>
+      <c r="U111" s="2"/>
+      <c r="V111" s="2"/>
+      <c r="W111" s="2"/>
+      <c r="Z111" s="2"/>
+      <c r="AA111" s="2"/>
+    </row>
+    <row r="112" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A112" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B112" s="7">
+        <v>1.1233550000000001</v>
+      </c>
+      <c r="C112" s="7">
+        <v>1.15147</v>
+      </c>
+      <c r="D112" s="7">
+        <v>1.1729320000000001</v>
+      </c>
+      <c r="E112" s="7">
+        <v>1.135929</v>
+      </c>
+      <c r="M112" s="1"/>
+      <c r="V112" s="2"/>
+      <c r="W112" s="2"/>
+      <c r="AA112" s="2"/>
+    </row>
+    <row r="113" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A113" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B113" s="7">
+        <v>1.120452</v>
+      </c>
+      <c r="C113" s="7">
+        <v>1.1470070000000001</v>
+      </c>
+      <c r="D113" s="7">
+        <v>1.167073</v>
+      </c>
+      <c r="E113" s="7">
+        <v>1.1311960000000001</v>
+      </c>
+      <c r="M113" s="1"/>
+      <c r="V113" s="2"/>
+      <c r="W113" s="2"/>
+      <c r="AA113" s="2"/>
+    </row>
+    <row r="114" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A114" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B114" s="7">
+        <v>1.1172390000000001</v>
+      </c>
+      <c r="C114" s="7">
+        <v>1.14266</v>
+      </c>
+      <c r="D114" s="7">
+        <v>1.161205</v>
+      </c>
+      <c r="E114" s="7">
+        <v>1.1288800000000001</v>
+      </c>
+      <c r="M114" s="1"/>
+      <c r="V114" s="2"/>
+      <c r="W114" s="2"/>
+      <c r="AA114" s="2"/>
+    </row>
+    <row r="115" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A115" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B115" s="7">
+        <v>1.1195550000000001</v>
+      </c>
+      <c r="C115" s="7">
+        <v>1.146539</v>
+      </c>
+      <c r="D115" s="7">
+        <v>1.1668970000000001</v>
+      </c>
+      <c r="E115" s="7">
+        <v>1.130755</v>
+      </c>
+      <c r="M115" s="1"/>
+      <c r="V115" s="2"/>
+      <c r="W115" s="2"/>
+      <c r="AA115" s="2"/>
+    </row>
+    <row r="116" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A116" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B116" s="7">
+        <v>1.1166910000000001</v>
+      </c>
+      <c r="C116" s="7">
+        <v>1.142496</v>
+      </c>
+      <c r="D116" s="7">
+        <v>1.161008</v>
+      </c>
+      <c r="E116" s="7">
+        <v>1.1268929999999999</v>
+      </c>
+      <c r="M116" s="1"/>
+      <c r="V116" s="2"/>
+      <c r="W116" s="2"/>
+      <c r="AA116" s="2"/>
+    </row>
+    <row r="117" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A117" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B117" s="7">
+        <v>1.1180209999999999</v>
+      </c>
+      <c r="C117" s="7">
+        <v>1.144323</v>
+      </c>
+      <c r="D117" s="7">
+        <v>1.163702</v>
+      </c>
+      <c r="E117" s="7">
+        <v>1.127578</v>
+      </c>
+      <c r="M117" s="1"/>
+      <c r="V117" s="2"/>
+      <c r="W117" s="2"/>
+      <c r="AA117" s="2"/>
+    </row>
+    <row r="118" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A118" s="1">
+        <v>45848</v>
+      </c>
+      <c r="B118" s="7">
+        <v>1.1178399999999999</v>
+      </c>
+      <c r="C118" s="7">
+        <v>1.144371</v>
+      </c>
+      <c r="D118" s="7">
+        <v>1.1638269999999999</v>
+      </c>
+      <c r="E118" s="7">
+        <v>1.1283479999999999</v>
+      </c>
+      <c r="M118" s="1"/>
+      <c r="V118" s="2"/>
+      <c r="W118" s="2"/>
+      <c r="AA118" s="2"/>
+    </row>
+    <row r="119" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A119" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B119" s="7">
+        <v>1.1156159999999999</v>
+      </c>
+      <c r="C119" s="7">
+        <v>1.141513</v>
+      </c>
+      <c r="D119" s="7">
+        <v>1.160323</v>
+      </c>
+      <c r="E119" s="7">
+        <v>1.1263810000000001</v>
+      </c>
+      <c r="M119" s="1"/>
+      <c r="V119" s="2"/>
+      <c r="W119" s="2"/>
+      <c r="AA119" s="2"/>
+    </row>
+    <row r="120" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A120" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B120" s="7">
+        <v>1.11731</v>
+      </c>
+      <c r="C120" s="7">
+        <v>1.1434150000000001</v>
+      </c>
+      <c r="D120" s="7">
+        <v>1.162417</v>
+      </c>
+      <c r="E120" s="7">
+        <v>1.1287309999999999</v>
+      </c>
+      <c r="J120" s="1"/>
+      <c r="S120" s="2"/>
+      <c r="T120" s="2"/>
+      <c r="X120" s="2"/>
+    </row>
+    <row r="121" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A121" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B121" s="7">
+        <v>1.118293</v>
+      </c>
+      <c r="C121" s="7">
+        <v>1.144725</v>
+      </c>
+      <c r="D121" s="7">
+        <v>1.164094</v>
+      </c>
+      <c r="E121" s="7">
+        <v>1.1294029999999999</v>
+      </c>
+      <c r="J121" s="1"/>
+      <c r="S121" s="2"/>
+      <c r="T121" s="2"/>
+      <c r="X121" s="2"/>
+    </row>
+    <row r="122" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A122" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B122" s="7">
+        <v>1.1182609999999999</v>
+      </c>
+      <c r="C122" s="7">
+        <v>1.1444939999999999</v>
+      </c>
+      <c r="D122" s="7">
+        <v>1.1639170000000001</v>
+      </c>
+      <c r="E122" s="7">
+        <v>1.1290180000000001</v>
+      </c>
+      <c r="J122" s="1"/>
+      <c r="S122" s="2"/>
+      <c r="T122" s="2"/>
+      <c r="X122" s="2"/>
+    </row>
+    <row r="123" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A123" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B123" s="7">
+        <v>1.1177410000000001</v>
+      </c>
+      <c r="C123" s="7">
+        <v>1.1438919999999999</v>
+      </c>
+      <c r="D123" s="7">
+        <v>1.1627719999999999</v>
+      </c>
+      <c r="E123" s="7">
+        <v>1.1289750000000001</v>
+      </c>
+      <c r="J123" s="1"/>
+      <c r="S123" s="2"/>
+      <c r="T123" s="2"/>
+      <c r="X123" s="2"/>
+    </row>
+    <row r="124" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A124" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B124" s="7">
+        <v>1.117575</v>
+      </c>
+      <c r="C124" s="7">
+        <v>1.1435340000000001</v>
+      </c>
+      <c r="D124" s="7">
+        <v>1.1625110000000001</v>
+      </c>
+      <c r="E124" s="7">
+        <v>1.1294029999999999</v>
+      </c>
+      <c r="J124" s="1"/>
+      <c r="S124" s="2"/>
+      <c r="T124" s="2"/>
+      <c r="X124" s="2"/>
+    </row>
+    <row r="125" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A125" s="1">
         <v>45839</v>
       </c>
-      <c r="B110" s="7">
+      <c r="B125" s="7">
         <v>1.1158520000000001</v>
       </c>
-      <c r="C110" s="7">
+      <c r="C125" s="7">
         <v>1.1405780000000001</v>
       </c>
-      <c r="D110" s="7">
+      <c r="D125" s="7">
         <v>1.1583110000000001</v>
       </c>
-      <c r="E110" s="7">
+      <c r="E125" s="7">
         <v>1.1276010000000001</v>
       </c>
-      <c r="J110" s="1"/>
-[...109 lines deleted...]
-    <row r="126" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="J125" s="1"/>
+      <c r="S125" s="2"/>
+      <c r="T125" s="2"/>
+      <c r="X125" s="2"/>
+    </row>
+    <row r="126" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A126" s="1"/>
       <c r="B126" s="6"/>
       <c r="C126" s="6"/>
       <c r="D126" s="6"/>
       <c r="E126" s="6"/>
     </row>
-    <row r="127" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:27" x14ac:dyDescent="0.35">
       <c r="A127" s="1"/>
       <c r="B127" s="6"/>
       <c r="C127" s="6"/>
       <c r="D127" s="6"/>
       <c r="E127" s="6"/>
+    </row>
+    <row r="128" spans="1:27" x14ac:dyDescent="0.35">
+      <c r="A128" s="1"/>
+      <c r="B128" s="6"/>
+      <c r="C128" s="6"/>
+      <c r="D128" s="6"/>
+      <c r="E128" s="6"/>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A129" s="1"/>
+      <c r="B129" s="6"/>
+      <c r="C129" s="6"/>
+      <c r="D129" s="6"/>
+      <c r="E129" s="6"/>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A130" s="1"/>
+      <c r="B130" s="6"/>
+      <c r="C130" s="6"/>
+      <c r="D130" s="6"/>
+      <c r="E130" s="6"/>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A131" s="1"/>
+      <c r="B131" s="6"/>
+      <c r="C131" s="6"/>
+      <c r="D131" s="6"/>
+      <c r="E131" s="6"/>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A132" s="1"/>
+      <c r="B132" s="6"/>
+      <c r="C132" s="6"/>
+      <c r="D132" s="6"/>
+      <c r="E132" s="6"/>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A133" s="1"/>
+      <c r="B133" s="6"/>
+      <c r="C133" s="6"/>
+      <c r="D133" s="6"/>
+      <c r="E133" s="6"/>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A134" s="1"/>
+      <c r="B134" s="6"/>
+      <c r="C134" s="6"/>
+      <c r="D134" s="6"/>
+      <c r="E134" s="6"/>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A135" s="1"/>
+      <c r="B135" s="6"/>
+      <c r="C135" s="6"/>
+      <c r="D135" s="6"/>
+      <c r="E135" s="6"/>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A136" s="1"/>
+      <c r="B136" s="6"/>
+      <c r="C136" s="6"/>
+      <c r="D136" s="6"/>
+      <c r="E136" s="6"/>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A137" s="1"/>
+      <c r="B137" s="6"/>
+      <c r="C137" s="6"/>
+      <c r="D137" s="6"/>
+      <c r="E137" s="6"/>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A138" s="1"/>
+      <c r="B138" s="6"/>
+      <c r="C138" s="6"/>
+      <c r="D138" s="6"/>
+      <c r="E138" s="6"/>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A139" s="1"/>
+      <c r="B139" s="6"/>
+      <c r="C139" s="6"/>
+      <c r="D139" s="6"/>
+      <c r="E139" s="6"/>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A140" s="1"/>
+      <c r="B140" s="6"/>
+      <c r="C140" s="6"/>
+      <c r="D140" s="6"/>
+      <c r="E140" s="6"/>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A141" s="1"/>
+      <c r="B141" s="6"/>
+      <c r="C141" s="6"/>
+      <c r="D141" s="6"/>
+      <c r="E141" s="6"/>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A142" s="1"/>
+      <c r="B142" s="6"/>
+      <c r="C142" s="6"/>
+      <c r="D142" s="6"/>
+      <c r="E142" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{831A6A2E-58FF-42F9-9770-948A1CFBD703}">
-  <dimension ref="A1:Z208"/>
+  <dimension ref="A1:Z223"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.26953125" customWidth="1"/>
     <col min="2" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
     </row>
-    <row r="2" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
-        <v>45989</v>
+        <v>46010</v>
       </c>
       <c r="B2" s="7">
-        <v>1.1928989999999999</v>
+        <v>1.186577</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
     </row>
-    <row r="3" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
-        <v>45988</v>
+        <v>46009</v>
       </c>
       <c r="B3" s="7">
-        <v>1.191478</v>
+        <v>1.1835</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
     </row>
-    <row r="4" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
-        <v>45987</v>
+        <v>46008</v>
       </c>
       <c r="B4" s="7">
-        <v>1.189967</v>
+        <v>1.1847589999999999</v>
       </c>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
     </row>
-    <row r="5" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A5" s="1">
-        <v>45986</v>
+        <v>46007</v>
       </c>
       <c r="B5" s="7">
-        <v>1.1841539999999999</v>
+        <v>1.18519</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
     </row>
-    <row r="6" spans="1:24" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A6" s="1">
-        <v>45985</v>
+        <v>46006</v>
       </c>
       <c r="B6" s="7">
-        <v>1.1800109999999999</v>
+        <v>1.188426</v>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
-    </row>
-    <row r="7" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="I6" s="1"/>
+      <c r="R6" s="2"/>
+      <c r="S6" s="2"/>
+      <c r="T6" s="2"/>
+      <c r="W6" s="2"/>
+    </row>
+    <row r="7" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A7" s="1">
-        <v>45982</v>
+        <v>46003</v>
       </c>
       <c r="B7" s="7">
-        <v>1.1729309999999999</v>
+        <v>1.192321</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
-    </row>
-    <row r="8" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="I7" s="1"/>
+      <c r="R7" s="2"/>
+      <c r="S7" s="2"/>
+      <c r="T7" s="2"/>
+      <c r="W7" s="2"/>
+    </row>
+    <row r="8" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A8" s="1">
-        <v>45981</v>
+        <v>46002</v>
       </c>
       <c r="B8" s="7">
-        <v>1.183619</v>
+        <v>1.1857249999999999</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
-    </row>
-    <row r="9" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="I8" s="1"/>
+      <c r="R8" s="2"/>
+      <c r="S8" s="2"/>
+      <c r="T8" s="2"/>
+      <c r="W8" s="2"/>
+    </row>
+    <row r="9" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A9" s="1">
-        <v>45980</v>
+        <v>46001</v>
       </c>
       <c r="B9" s="7">
-        <v>1.175859</v>
+        <v>1.1855690000000001</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
-      <c r="G9" s="1"/>
-[...1 lines deleted...]
-      <c r="Q9" s="2"/>
+      <c r="I9" s="1"/>
       <c r="R9" s="2"/>
-      <c r="U9" s="2"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="S9" s="2"/>
+      <c r="T9" s="2"/>
+      <c r="W9" s="2"/>
+    </row>
+    <row r="10" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A10" s="1">
-        <v>45979</v>
+        <v>46000</v>
       </c>
       <c r="B10" s="7">
-        <v>1.178088</v>
+        <v>1.1865490000000001</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
-      <c r="G10" s="1"/>
-[...1 lines deleted...]
-      <c r="Q10" s="2"/>
+      <c r="I10" s="1"/>
       <c r="R10" s="2"/>
-      <c r="U10" s="2"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="S10" s="2"/>
+      <c r="T10" s="2"/>
+      <c r="W10" s="2"/>
+    </row>
+    <row r="11" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A11" s="1">
-        <v>45978</v>
+        <v>45999</v>
       </c>
       <c r="B11" s="7">
-        <v>1.188798</v>
+        <v>1.189802</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
-      <c r="G11" s="1"/>
-[...1 lines deleted...]
-      <c r="Q11" s="2"/>
+      <c r="I11" s="1"/>
       <c r="R11" s="2"/>
-      <c r="U11" s="2"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="W11" s="2"/>
+    </row>
+    <row r="12" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A12" s="1">
-        <v>45975</v>
+        <v>45996</v>
       </c>
       <c r="B12" s="7">
-        <v>1.1878299999999999</v>
+        <v>1.1906730000000001</v>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
-      <c r="G12" s="1"/>
-[...5 lines deleted...]
-    <row r="13" spans="1:24" x14ac:dyDescent="0.35">
+    </row>
+    <row r="13" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A13" s="1">
-        <v>45974</v>
+        <v>45995</v>
       </c>
       <c r="B13" s="7">
-        <v>1.1930750000000001</v>
+        <v>1.189783</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
-      <c r="G13" s="1"/>
-[...1 lines deleted...]
-      <c r="P13" s="2"/>
+      <c r="H13" s="1"/>
       <c r="Q13" s="2"/>
       <c r="R13" s="2"/>
       <c r="S13" s="2"/>
-      <c r="T13" s="2"/>
-[...3 lines deleted...]
-    <row r="14" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="V13" s="2"/>
+    </row>
+    <row r="14" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A14" s="1">
-        <v>45973</v>
+        <v>45994</v>
       </c>
       <c r="B14" s="7">
-        <v>1.1936329999999999</v>
+        <v>1.189954</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
-      <c r="G14" s="1"/>
-[...1 lines deleted...]
-      <c r="P14" s="2"/>
+      <c r="H14" s="1"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
-      <c r="T14" s="2"/>
-[...3 lines deleted...]
-    <row r="15" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="V14" s="2"/>
+    </row>
+    <row r="15" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A15" s="1">
-        <v>45972</v>
+        <v>45993</v>
       </c>
       <c r="B15" s="7">
-        <v>1.1926060000000001</v>
+        <v>1.189335</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
-      <c r="J15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="Q15" s="2"/>
+      <c r="R15" s="2"/>
       <c r="S15" s="2"/>
-      <c r="T15" s="2"/>
-[...3 lines deleted...]
-    <row r="16" spans="1:24" x14ac:dyDescent="0.35">
+      <c r="V15" s="2"/>
+    </row>
+    <row r="16" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A16" s="1">
-        <v>45971</v>
+        <v>45992</v>
       </c>
       <c r="B16" s="7">
-        <v>1.1909099999999999</v>
+        <v>1.18913</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
-      <c r="J16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="Q16" s="2"/>
+      <c r="R16" s="2"/>
       <c r="S16" s="2"/>
-      <c r="T16" s="2"/>
-[...1 lines deleted...]
-      <c r="X16" s="2"/>
+      <c r="V16" s="2"/>
     </row>
     <row r="17" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A17" s="1">
-        <v>45968</v>
+        <v>45989</v>
       </c>
       <c r="B17" s="7">
-        <v>1.1863760000000001</v>
+        <v>1.1928989999999999</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="H17" s="1"/>
-      <c r="J17" s="1"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
       <c r="S17" s="2"/>
-      <c r="T17" s="2"/>
-      <c r="U17" s="2"/>
       <c r="V17" s="2"/>
-      <c r="X17" s="2"/>
     </row>
     <row r="18" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A18" s="1">
-        <v>45967</v>
+        <v>45988</v>
       </c>
       <c r="B18" s="7">
-        <v>1.190733</v>
+        <v>1.191478</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="H18" s="1"/>
-      <c r="J18" s="1"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
       <c r="S18" s="2"/>
-      <c r="T18" s="2"/>
-      <c r="U18" s="2"/>
       <c r="V18" s="2"/>
-      <c r="X18" s="2"/>
     </row>
     <row r="19" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A19" s="1">
-        <v>45966</v>
+        <v>45987</v>
       </c>
       <c r="B19" s="7">
-        <v>1.188089</v>
+        <v>1.189967</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="H19" s="1"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="V19" s="2"/>
     </row>
     <row r="20" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A20" s="1">
-        <v>45965</v>
+        <v>45986</v>
       </c>
       <c r="B20" s="7">
-        <v>1.190652</v>
+        <v>1.1841539999999999</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="H20" s="1"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="S20" s="2"/>
       <c r="V20" s="2"/>
     </row>
     <row r="21" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A21" s="1">
-        <v>45964</v>
+        <v>45985</v>
       </c>
       <c r="B21" s="7">
-        <v>1.194005</v>
+        <v>1.1800109999999999</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
-      <c r="H21" s="1"/>
-[...6 lines deleted...]
-      <c r="W21" s="2"/>
     </row>
     <row r="22" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A22" s="1">
-        <v>45961</v>
+        <v>45982</v>
       </c>
       <c r="B22" s="7">
-        <v>1.1953860000000001</v>
+        <v>1.1729309999999999</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
-      <c r="H22" s="1"/>
-[...6 lines deleted...]
-      <c r="W22" s="2"/>
     </row>
     <row r="23" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A23" s="1">
-        <v>45960</v>
+        <v>45981</v>
       </c>
       <c r="B23" s="7">
-        <v>1.194291</v>
+        <v>1.183619</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
-      <c r="I23" s="1"/>
-[...3 lines deleted...]
-      <c r="W23" s="2"/>
     </row>
     <row r="24" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A24" s="1">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="B24" s="7">
-        <v>1.1971890000000001</v>
+        <v>1.175859</v>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
-      <c r="I24" s="1"/>
+      <c r="G24" s="1"/>
+      <c r="P24" s="2"/>
+      <c r="Q24" s="2"/>
       <c r="R24" s="2"/>
-      <c r="S24" s="2"/>
-[...1 lines deleted...]
-      <c r="W24" s="2"/>
+      <c r="U24" s="2"/>
     </row>
     <row r="25" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A25" s="1">
-        <v>45958</v>
+        <v>45979</v>
       </c>
       <c r="B25" s="7">
-        <v>1.199956</v>
+        <v>1.178088</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
-      <c r="I25" s="1"/>
+      <c r="G25" s="1"/>
+      <c r="P25" s="2"/>
+      <c r="Q25" s="2"/>
       <c r="R25" s="2"/>
-      <c r="S25" s="2"/>
-[...1 lines deleted...]
-      <c r="W25" s="2"/>
+      <c r="U25" s="2"/>
     </row>
     <row r="26" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A26" s="1">
-        <v>45957</v>
+        <v>45978</v>
       </c>
       <c r="B26" s="7">
-        <v>1.201373</v>
+        <v>1.188798</v>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
-      <c r="I26" s="1"/>
+      <c r="G26" s="1"/>
+      <c r="P26" s="2"/>
+      <c r="Q26" s="2"/>
       <c r="R26" s="2"/>
-      <c r="S26" s="2"/>
-[...1 lines deleted...]
-      <c r="W26" s="2"/>
+      <c r="U26" s="2"/>
     </row>
     <row r="27" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A27" s="1">
-        <v>45954</v>
+        <v>45975</v>
       </c>
       <c r="B27" s="7">
-        <v>1.1971879999999999</v>
+        <v>1.1878299999999999</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
+      <c r="G27" s="1"/>
+      <c r="P27" s="2"/>
+      <c r="Q27" s="2"/>
+      <c r="R27" s="2"/>
+      <c r="U27" s="2"/>
     </row>
     <row r="28" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A28" s="1">
-        <v>45953</v>
+        <v>45974</v>
       </c>
       <c r="B28" s="7">
-        <v>1.1958169999999999</v>
+        <v>1.1930750000000001</v>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
+      <c r="G28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="P28" s="2"/>
+      <c r="Q28" s="2"/>
+      <c r="R28" s="2"/>
+      <c r="S28" s="2"/>
+      <c r="T28" s="2"/>
+      <c r="U28" s="2"/>
+      <c r="X28" s="2"/>
     </row>
     <row r="29" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A29" s="1">
-        <v>45952</v>
+        <v>45973</v>
       </c>
       <c r="B29" s="7">
-        <v>1.196507</v>
+        <v>1.1936329999999999</v>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
+      <c r="G29" s="1"/>
+      <c r="J29" s="1"/>
+      <c r="P29" s="2"/>
+      <c r="Q29" s="2"/>
+      <c r="R29" s="2"/>
+      <c r="S29" s="2"/>
+      <c r="T29" s="2"/>
+      <c r="U29" s="2"/>
+      <c r="X29" s="2"/>
     </row>
     <row r="30" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A30" s="1">
-        <v>45951</v>
+        <v>45972</v>
       </c>
       <c r="B30" s="7">
-        <v>1.2002139999999999</v>
+        <v>1.1926060000000001</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
+      <c r="J30" s="1"/>
+      <c r="S30" s="2"/>
+      <c r="T30" s="2"/>
+      <c r="U30" s="2"/>
+      <c r="X30" s="2"/>
     </row>
     <row r="31" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A31" s="1">
-        <v>45950</v>
+        <v>45971</v>
       </c>
       <c r="B31" s="7">
-        <v>1.194841</v>
+        <v>1.1909099999999999</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
-      <c r="H31" s="1"/>
-[...2 lines deleted...]
-      <c r="V31" s="2"/>
+      <c r="J31" s="1"/>
+      <c r="S31" s="2"/>
+      <c r="T31" s="2"/>
+      <c r="U31" s="2"/>
+      <c r="X31" s="2"/>
     </row>
     <row r="32" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A32" s="1">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B32" s="7">
-        <v>1.1909190000000001</v>
+        <v>1.1863760000000001</v>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="H32" s="1"/>
+      <c r="J32" s="1"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
+      <c r="S32" s="2"/>
+      <c r="T32" s="2"/>
+      <c r="U32" s="2"/>
       <c r="V32" s="2"/>
-    </row>
-    <row r="33" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="X32" s="2"/>
+    </row>
+    <row r="33" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A33" s="1">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B33" s="7">
-        <v>1.195093</v>
+        <v>1.190733</v>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="H33" s="1"/>
+      <c r="J33" s="1"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
+      <c r="S33" s="2"/>
+      <c r="T33" s="2"/>
+      <c r="U33" s="2"/>
       <c r="V33" s="2"/>
-    </row>
-    <row r="34" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="X33" s="2"/>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A34" s="1">
-        <v>45945</v>
+        <v>45966</v>
       </c>
       <c r="B34" s="7">
-        <v>1.1903090000000001</v>
+        <v>1.188089</v>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="H34" s="1"/>
       <c r="Q34" s="2"/>
       <c r="R34" s="2"/>
+      <c r="S34" s="2"/>
       <c r="V34" s="2"/>
     </row>
-    <row r="35" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A35" s="1">
-        <v>45944</v>
+        <v>45965</v>
       </c>
       <c r="B35" s="7">
-        <v>1.1846890000000001</v>
+        <v>1.190652</v>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
-      <c r="G35" s="1"/>
       <c r="H35" s="1"/>
-      <c r="P35" s="2"/>
       <c r="Q35" s="2"/>
       <c r="R35" s="2"/>
-      <c r="U35" s="2"/>
+      <c r="S35" s="2"/>
       <c r="V35" s="2"/>
     </row>
-    <row r="36" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
-        <v>45943</v>
+        <v>45964</v>
       </c>
       <c r="B36" s="7">
-        <v>1.182407</v>
+        <v>1.194005</v>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
-      <c r="G36" s="1"/>
       <c r="H36" s="1"/>
-      <c r="P36" s="2"/>
+      <c r="I36" s="1"/>
       <c r="Q36" s="2"/>
       <c r="R36" s="2"/>
-      <c r="U36" s="2"/>
+      <c r="S36" s="2"/>
+      <c r="T36" s="2"/>
       <c r="V36" s="2"/>
-    </row>
-    <row r="37" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="W36" s="2"/>
+    </row>
+    <row r="37" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A37" s="1">
-        <v>45940</v>
+        <v>45961</v>
       </c>
       <c r="B37" s="7">
-        <v>1.1886030000000001</v>
+        <v>1.1953860000000001</v>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
-      <c r="G37" s="1"/>
-      <c r="P37" s="2"/>
+      <c r="H37" s="1"/>
+      <c r="I37" s="1"/>
       <c r="Q37" s="2"/>
-      <c r="U37" s="2"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="R37" s="2"/>
+      <c r="S37" s="2"/>
+      <c r="T37" s="2"/>
+      <c r="V37" s="2"/>
+      <c r="W37" s="2"/>
+    </row>
+    <row r="38" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A38" s="1">
-        <v>45939</v>
+        <v>45960</v>
       </c>
       <c r="B38" s="7">
-        <v>1.1905619999999999</v>
+        <v>1.194291</v>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
-      <c r="G38" s="1"/>
-[...1 lines deleted...]
-      <c r="Q38" s="2"/>
+      <c r="I38" s="1"/>
       <c r="R38" s="2"/>
-      <c r="U38" s="2"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="S38" s="2"/>
+      <c r="T38" s="2"/>
+      <c r="W38" s="2"/>
+    </row>
+    <row r="39" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A39" s="1">
-        <v>45938</v>
+        <v>45959</v>
       </c>
       <c r="B39" s="7">
-        <v>1.1890799999999999</v>
+        <v>1.1971890000000001</v>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="4"/>
-      <c r="G39" s="1"/>
-[...1 lines deleted...]
-      <c r="Q39" s="2"/>
+      <c r="I39" s="1"/>
       <c r="R39" s="2"/>
-      <c r="U39" s="2"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="S39" s="2"/>
+      <c r="T39" s="2"/>
+      <c r="W39" s="2"/>
+    </row>
+    <row r="40" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A40" s="1">
-        <v>45937</v>
+        <v>45958</v>
       </c>
       <c r="B40" s="7">
-        <v>1.1893750000000001</v>
+        <v>1.199956</v>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
-      <c r="G40" s="1"/>
-[...1 lines deleted...]
-      <c r="Q40" s="2"/>
+      <c r="I40" s="1"/>
       <c r="R40" s="2"/>
-      <c r="U40" s="2"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="S40" s="2"/>
+      <c r="T40" s="2"/>
+      <c r="W40" s="2"/>
+    </row>
+    <row r="41" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A41" s="1">
-        <v>45936</v>
+        <v>45957</v>
       </c>
       <c r="B41" s="7">
-        <v>1.190016</v>
+        <v>1.201373</v>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
-    </row>
-    <row r="42" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="I41" s="1"/>
+      <c r="R41" s="2"/>
+      <c r="S41" s="2"/>
+      <c r="T41" s="2"/>
+      <c r="W41" s="2"/>
+    </row>
+    <row r="42" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A42" s="1">
-        <v>45933</v>
+        <v>45954</v>
       </c>
       <c r="B42" s="7">
-        <v>1.1888840000000001</v>
+        <v>1.1971879999999999</v>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
-      <c r="L42" s="1"/>
-[...5 lines deleted...]
-    <row r="43" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="43" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A43" s="1">
-        <v>45932</v>
+        <v>45953</v>
       </c>
       <c r="B43" s="7">
-        <v>1.1860059999999999</v>
+        <v>1.1958169999999999</v>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
-      <c r="L43" s="1"/>
-[...5 lines deleted...]
-    <row r="44" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="44" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A44" s="1">
-        <v>45931</v>
+        <v>45952</v>
       </c>
       <c r="B44" s="7">
-        <v>1.179562</v>
+        <v>1.196507</v>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
-      <c r="L44" s="1"/>
-[...5 lines deleted...]
-    <row r="45" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="45" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A45" s="1">
-        <v>45930</v>
+        <v>45951</v>
       </c>
       <c r="B45" s="7">
-        <v>1.1787190000000001</v>
+        <v>1.2002139999999999</v>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="4"/>
-      <c r="L45" s="1"/>
-[...5 lines deleted...]
-    <row r="46" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="46" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A46" s="1">
-        <v>45929</v>
+        <v>45950</v>
       </c>
       <c r="B46" s="7">
-        <v>1.179589</v>
+        <v>1.194841</v>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
-      <c r="L46" s="1"/>
-      <c r="U46" s="2"/>
+      <c r="H46" s="1"/>
+      <c r="Q46" s="2"/>
+      <c r="R46" s="2"/>
       <c r="V46" s="2"/>
-      <c r="W46" s="2"/>
-[...2 lines deleted...]
-    <row r="47" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="47" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A47" s="1">
-        <v>45926</v>
+        <v>45947</v>
       </c>
       <c r="B47" s="7">
-        <v>1.1743269999999999</v>
+        <v>1.1909190000000001</v>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
-      <c r="G47" s="1"/>
-[...1 lines deleted...]
-      <c r="P47" s="2"/>
+      <c r="H47" s="1"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
-      <c r="U47" s="2"/>
       <c r="V47" s="2"/>
-      <c r="W47" s="2"/>
-[...2 lines deleted...]
-    <row r="48" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="48" spans="1:24" x14ac:dyDescent="0.35">
       <c r="A48" s="1">
-        <v>45925</v>
+        <v>45946</v>
       </c>
       <c r="B48" s="7">
-        <v>1.174836</v>
+        <v>1.195093</v>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
-      <c r="G48" s="1"/>
-[...1 lines deleted...]
-      <c r="P48" s="2"/>
+      <c r="H48" s="1"/>
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
-      <c r="U48" s="2"/>
       <c r="V48" s="2"/>
-      <c r="W48" s="2"/>
-      <c r="Z48" s="2"/>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A49" s="1">
-        <v>45924</v>
+        <v>45945</v>
       </c>
       <c r="B49" s="7">
-        <v>1.1752039999999999</v>
+        <v>1.1903090000000001</v>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
-      <c r="G49" s="1"/>
-[...1 lines deleted...]
-      <c r="P49" s="2"/>
+      <c r="H49" s="1"/>
       <c r="Q49" s="2"/>
       <c r="R49" s="2"/>
-      <c r="U49" s="2"/>
       <c r="V49" s="2"/>
-      <c r="W49" s="2"/>
-      <c r="Z49" s="2"/>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A50" s="1">
-        <v>45923</v>
+        <v>45944</v>
       </c>
       <c r="B50" s="7">
-        <v>1.178534</v>
+        <v>1.1846890000000001</v>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
       <c r="G50" s="1"/>
+      <c r="H50" s="1"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
       <c r="R50" s="2"/>
       <c r="U50" s="2"/>
+      <c r="V50" s="2"/>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A51" s="1">
-        <v>45922</v>
+        <v>45943</v>
       </c>
       <c r="B51" s="7">
-        <v>1.175095</v>
+        <v>1.182407</v>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
       <c r="R51" s="2"/>
       <c r="U51" s="2"/>
+      <c r="V51" s="2"/>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A52" s="1">
-        <v>45919</v>
+        <v>45940</v>
       </c>
       <c r="B52" s="7">
-        <v>1.1735230000000001</v>
+        <v>1.1886030000000001</v>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
       <c r="G52" s="1"/>
       <c r="P52" s="2"/>
       <c r="Q52" s="2"/>
-      <c r="R52" s="2"/>
       <c r="U52" s="2"/>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A53" s="1">
-        <v>45918</v>
+        <v>45939</v>
       </c>
       <c r="B53" s="7">
-        <v>1.1705570000000001</v>
+        <v>1.1905619999999999</v>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
+      <c r="G53" s="1"/>
+      <c r="P53" s="2"/>
+      <c r="Q53" s="2"/>
+      <c r="R53" s="2"/>
+      <c r="U53" s="2"/>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A54" s="1">
-        <v>45917</v>
+        <v>45938</v>
       </c>
       <c r="B54" s="7">
-        <v>1.1709290000000001</v>
+        <v>1.1890799999999999</v>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="4"/>
-      <c r="H54" s="1"/>
+      <c r="G54" s="1"/>
+      <c r="P54" s="2"/>
       <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
-      <c r="S54" s="2"/>
-      <c r="V54" s="2"/>
+      <c r="U54" s="2"/>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A55" s="1">
-        <v>45916</v>
+        <v>45937</v>
       </c>
       <c r="B55" s="7">
-        <v>1.175351</v>
+        <v>1.1893750000000001</v>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="4"/>
-      <c r="H55" s="1"/>
+      <c r="G55" s="1"/>
+      <c r="P55" s="2"/>
       <c r="Q55" s="2"/>
       <c r="R55" s="2"/>
-      <c r="S55" s="2"/>
-      <c r="V55" s="2"/>
+      <c r="U55" s="2"/>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A56" s="1">
-        <v>45915</v>
+        <v>45936</v>
       </c>
       <c r="B56" s="7">
-        <v>1.173648</v>
+        <v>1.190016</v>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
-      <c r="H56" s="1"/>
-[...3 lines deleted...]
-      <c r="V56" s="2"/>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A57" s="1">
-        <v>45912</v>
+        <v>45933</v>
       </c>
       <c r="B57" s="7">
-        <v>1.1750620000000001</v>
+        <v>1.1888840000000001</v>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
-      <c r="H57" s="1"/>
-[...2 lines deleted...]
-      <c r="S57" s="2"/>
+      <c r="L57" s="1"/>
+      <c r="U57" s="2"/>
       <c r="V57" s="2"/>
+      <c r="W57" s="2"/>
+      <c r="Z57" s="2"/>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A58" s="1">
-        <v>45911</v>
+        <v>45932</v>
       </c>
       <c r="B58" s="7">
-        <v>1.16954</v>
+        <v>1.1860059999999999</v>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
-      <c r="G58" s="1"/>
-[...4 lines deleted...]
-      <c r="S58" s="2"/>
+      <c r="L58" s="1"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
+      <c r="W58" s="2"/>
+      <c r="Z58" s="2"/>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A59" s="1">
-        <v>45910</v>
+        <v>45931</v>
       </c>
       <c r="B59" s="7">
-        <v>1.1693849999999999</v>
+        <v>1.179562</v>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="4"/>
-      <c r="G59" s="1"/>
-[...4 lines deleted...]
-      <c r="S59" s="2"/>
+      <c r="L59" s="1"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
+      <c r="W59" s="2"/>
+      <c r="Z59" s="2"/>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A60" s="1">
-        <v>45909</v>
+        <v>45930</v>
       </c>
       <c r="B60" s="7">
-        <v>1.1687479999999999</v>
+        <v>1.1787190000000001</v>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="4"/>
-      <c r="G60" s="1"/>
-[...2 lines deleted...]
-      <c r="R60" s="2"/>
+      <c r="L60" s="1"/>
       <c r="U60" s="2"/>
+      <c r="V60" s="2"/>
+      <c r="W60" s="2"/>
+      <c r="Z60" s="2"/>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A61" s="1">
-        <v>45908</v>
+        <v>45929</v>
       </c>
       <c r="B61" s="7">
-        <v>1.1707399999999999</v>
+        <v>1.179589</v>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
-      <c r="G61" s="1"/>
-[...2 lines deleted...]
-      <c r="R61" s="2"/>
+      <c r="L61" s="1"/>
       <c r="U61" s="2"/>
+      <c r="V61" s="2"/>
+      <c r="W61" s="2"/>
+      <c r="Z61" s="2"/>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A62" s="1">
-        <v>45905</v>
+        <v>45926</v>
       </c>
       <c r="B62" s="7">
-        <v>1.172083</v>
+        <v>1.1743269999999999</v>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="G62" s="1"/>
+      <c r="L62" s="1"/>
       <c r="P62" s="2"/>
       <c r="Q62" s="2"/>
       <c r="R62" s="2"/>
       <c r="U62" s="2"/>
+      <c r="V62" s="2"/>
+      <c r="W62" s="2"/>
+      <c r="Z62" s="2"/>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A63" s="1">
-        <v>45904</v>
+        <v>45925</v>
       </c>
       <c r="B63" s="7">
-        <v>1.1672670000000001</v>
+        <v>1.174836</v>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
       <c r="G63" s="1"/>
+      <c r="L63" s="1"/>
       <c r="P63" s="2"/>
       <c r="Q63" s="2"/>
       <c r="R63" s="2"/>
       <c r="U63" s="2"/>
+      <c r="V63" s="2"/>
+      <c r="W63" s="2"/>
+      <c r="Z63" s="2"/>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A64" s="1">
-        <v>45903</v>
+        <v>45924</v>
       </c>
       <c r="B64" s="7">
-        <v>1.162693</v>
+        <v>1.1752039999999999</v>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
-    </row>
-    <row r="65" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G64" s="1"/>
+      <c r="L64" s="1"/>
+      <c r="P64" s="2"/>
+      <c r="Q64" s="2"/>
+      <c r="R64" s="2"/>
+      <c r="U64" s="2"/>
+      <c r="V64" s="2"/>
+      <c r="W64" s="2"/>
+      <c r="Z64" s="2"/>
+    </row>
+    <row r="65" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A65" s="1">
-        <v>45902</v>
+        <v>45923</v>
       </c>
       <c r="B65" s="7">
-        <v>1.170061</v>
+        <v>1.178534</v>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
-    </row>
-    <row r="66" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G65" s="1"/>
+      <c r="P65" s="2"/>
+      <c r="Q65" s="2"/>
+      <c r="R65" s="2"/>
+      <c r="U65" s="2"/>
+    </row>
+    <row r="66" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A66" s="1">
-        <v>45901</v>
+        <v>45922</v>
       </c>
       <c r="B66" s="7">
-        <v>1.1704920000000001</v>
+        <v>1.175095</v>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
-    </row>
-    <row r="67" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G66" s="1"/>
+      <c r="P66" s="2"/>
+      <c r="Q66" s="2"/>
+      <c r="R66" s="2"/>
+      <c r="U66" s="2"/>
+    </row>
+    <row r="67" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A67" s="1">
-        <v>45898</v>
+        <v>45919</v>
       </c>
       <c r="B67" s="7">
-        <v>1.1730149999999999</v>
+        <v>1.1735230000000001</v>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="4"/>
-    </row>
-    <row r="68" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="G67" s="1"/>
+      <c r="P67" s="2"/>
+      <c r="Q67" s="2"/>
+      <c r="R67" s="2"/>
+      <c r="U67" s="2"/>
+    </row>
+    <row r="68" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A68" s="1">
-        <v>45897</v>
+        <v>45918</v>
       </c>
       <c r="B68" s="7">
-        <v>1.1737070000000001</v>
+        <v>1.1705570000000001</v>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
-      <c r="H68" s="1"/>
-[...5 lines deleted...]
-    <row r="69" spans="1:23" x14ac:dyDescent="0.35">
+    </row>
+    <row r="69" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A69" s="1">
-        <v>45896</v>
+        <v>45917</v>
       </c>
       <c r="B69" s="7">
-        <v>1.1722349999999999</v>
+        <v>1.1709290000000001</v>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
       <c r="H69" s="1"/>
       <c r="Q69" s="2"/>
       <c r="R69" s="2"/>
       <c r="S69" s="2"/>
       <c r="V69" s="2"/>
     </row>
-    <row r="70" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A70" s="1">
-        <v>45895</v>
+        <v>45916</v>
       </c>
       <c r="B70" s="7">
-        <v>1.1703140000000001</v>
+        <v>1.175351</v>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="4"/>
       <c r="H70" s="1"/>
       <c r="Q70" s="2"/>
       <c r="R70" s="2"/>
       <c r="S70" s="2"/>
       <c r="V70" s="2"/>
     </row>
-    <row r="71" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A71" s="1">
-        <v>45894</v>
+        <v>45915</v>
       </c>
       <c r="B71" s="7">
-        <v>1.173522</v>
+        <v>1.173648</v>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
       <c r="H71" s="1"/>
       <c r="Q71" s="2"/>
       <c r="R71" s="2"/>
       <c r="S71" s="2"/>
       <c r="V71" s="2"/>
     </row>
-    <row r="72" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A72" s="1">
-        <v>45891</v>
+        <v>45912</v>
       </c>
       <c r="B72" s="7">
-        <v>1.1682220000000001</v>
+        <v>1.1750620000000001</v>
       </c>
       <c r="C72" s="4"/>
       <c r="D72" s="4"/>
       <c r="H72" s="1"/>
       <c r="Q72" s="2"/>
       <c r="R72" s="2"/>
       <c r="S72" s="2"/>
       <c r="V72" s="2"/>
     </row>
-    <row r="73" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A73" s="1">
-        <v>45890</v>
+        <v>45911</v>
       </c>
       <c r="B73" s="7">
-        <v>1.1709579999999999</v>
+        <v>1.16954</v>
       </c>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
+      <c r="G73" s="1"/>
       <c r="H73" s="1"/>
+      <c r="P73" s="2"/>
       <c r="Q73" s="2"/>
       <c r="R73" s="2"/>
       <c r="S73" s="2"/>
+      <c r="U73" s="2"/>
       <c r="V73" s="2"/>
     </row>
-    <row r="74" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A74" s="1">
-        <v>45889</v>
+        <v>45910</v>
       </c>
       <c r="B74" s="7">
-        <v>1.166777</v>
+        <v>1.1693849999999999</v>
       </c>
       <c r="C74" s="4"/>
       <c r="D74" s="4"/>
+      <c r="G74" s="1"/>
       <c r="H74" s="1"/>
+      <c r="P74" s="2"/>
       <c r="Q74" s="2"/>
       <c r="R74" s="2"/>
       <c r="S74" s="2"/>
+      <c r="U74" s="2"/>
       <c r="V74" s="2"/>
     </row>
-    <row r="75" spans="1:23" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A75" s="1">
-        <v>45888</v>
+        <v>45909</v>
       </c>
       <c r="B75" s="7">
-        <v>1.1643030000000001</v>
+        <v>1.1687479999999999</v>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
-      <c r="H75" s="1"/>
+      <c r="G75" s="1"/>
+      <c r="P75" s="2"/>
       <c r="Q75" s="2"/>
       <c r="R75" s="2"/>
-      <c r="S75" s="2"/>
-[...2 lines deleted...]
-    <row r="76" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U75" s="2"/>
+    </row>
+    <row r="76" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A76" s="1">
-        <v>45887</v>
+        <v>45908</v>
       </c>
       <c r="B76" s="7">
-        <v>1.1661999999999999</v>
+        <v>1.1707399999999999</v>
       </c>
       <c r="C76" s="4"/>
       <c r="D76" s="4"/>
-      <c r="H76" s="1"/>
+      <c r="G76" s="1"/>
+      <c r="P76" s="2"/>
       <c r="Q76" s="2"/>
       <c r="R76" s="2"/>
-      <c r="S76" s="2"/>
-[...2 lines deleted...]
-    <row r="77" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U76" s="2"/>
+    </row>
+    <row r="77" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A77" s="1">
-        <v>45884</v>
+        <v>45905</v>
       </c>
       <c r="B77" s="7">
-        <v>1.1677090000000001</v>
+        <v>1.172083</v>
       </c>
       <c r="C77" s="4"/>
       <c r="D77" s="4"/>
-      <c r="H77" s="1"/>
+      <c r="G77" s="1"/>
+      <c r="P77" s="2"/>
       <c r="Q77" s="2"/>
       <c r="R77" s="2"/>
-      <c r="S77" s="2"/>
-[...2 lines deleted...]
-    <row r="78" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U77" s="2"/>
+    </row>
+    <row r="78" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A78" s="1">
-        <v>45883</v>
+        <v>45904</v>
       </c>
       <c r="B78" s="7">
-        <v>1.163848</v>
+        <v>1.1672670000000001</v>
       </c>
       <c r="C78" s="4"/>
       <c r="D78" s="4"/>
-      <c r="H78" s="1"/>
+      <c r="G78" s="1"/>
+      <c r="P78" s="2"/>
       <c r="Q78" s="2"/>
       <c r="R78" s="2"/>
-      <c r="S78" s="2"/>
-[...2 lines deleted...]
-    <row r="79" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="U78" s="2"/>
+    </row>
+    <row r="79" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A79" s="1">
-        <v>45882</v>
+        <v>45903</v>
       </c>
       <c r="B79" s="7">
-        <v>1.160963</v>
+        <v>1.162693</v>
       </c>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
-      <c r="I79" s="1"/>
-[...5 lines deleted...]
-    <row r="80" spans="1:23" x14ac:dyDescent="0.35">
+    </row>
+    <row r="80" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A80" s="1">
-        <v>45881</v>
+        <v>45902</v>
       </c>
       <c r="B80" s="7">
-        <v>1.1593290000000001</v>
+        <v>1.170061</v>
       </c>
       <c r="C80" s="4"/>
       <c r="D80" s="4"/>
-      <c r="I80" s="1"/>
-[...3 lines deleted...]
-      <c r="W80" s="2"/>
     </row>
     <row r="81" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A81" s="1">
-        <v>45880</v>
+        <v>45901</v>
       </c>
       <c r="B81" s="7">
-        <v>1.1590860000000001</v>
+        <v>1.1704920000000001</v>
       </c>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
-      <c r="I81" s="1"/>
-[...3 lines deleted...]
-      <c r="W81" s="2"/>
     </row>
     <row r="82" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A82" s="1">
-        <v>45877</v>
+        <v>45898</v>
       </c>
       <c r="B82" s="7">
-        <v>1.1569119999999999</v>
+        <v>1.1730149999999999</v>
       </c>
       <c r="C82" s="4"/>
       <c r="D82" s="4"/>
-      <c r="I82" s="1"/>
-[...3 lines deleted...]
-      <c r="W82" s="2"/>
     </row>
     <row r="83" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A83" s="1">
-        <v>45876</v>
+        <v>45897</v>
       </c>
       <c r="B83" s="7">
-        <v>1.1570640000000001</v>
+        <v>1.1737070000000001</v>
       </c>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
-      <c r="I83" s="1"/>
+      <c r="H83" s="1"/>
+      <c r="Q83" s="2"/>
       <c r="R83" s="2"/>
       <c r="S83" s="2"/>
-      <c r="T83" s="2"/>
-      <c r="W83" s="2"/>
+      <c r="V83" s="2"/>
     </row>
     <row r="84" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A84" s="1">
-        <v>45875</v>
+        <v>45896</v>
       </c>
       <c r="B84" s="7">
-        <v>1.1573910000000001</v>
+        <v>1.1722349999999999</v>
       </c>
       <c r="C84" s="4"/>
       <c r="D84" s="4"/>
-      <c r="I84" s="1"/>
+      <c r="H84" s="1"/>
+      <c r="Q84" s="2"/>
       <c r="R84" s="2"/>
       <c r="S84" s="2"/>
-      <c r="T84" s="2"/>
-      <c r="W84" s="2"/>
+      <c r="V84" s="2"/>
     </row>
     <row r="85" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A85" s="1">
-        <v>45874</v>
+        <v>45895</v>
       </c>
       <c r="B85" s="7">
-        <v>1.1551990000000001</v>
+        <v>1.1703140000000001</v>
       </c>
       <c r="C85" s="4"/>
       <c r="D85" s="4"/>
-      <c r="I85" s="1"/>
+      <c r="H85" s="1"/>
+      <c r="Q85" s="2"/>
       <c r="R85" s="2"/>
       <c r="S85" s="2"/>
-      <c r="T85" s="2"/>
-      <c r="W85" s="2"/>
+      <c r="V85" s="2"/>
     </row>
     <row r="86" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A86" s="1">
-        <v>45873</v>
+        <v>45894</v>
       </c>
       <c r="B86" s="7">
-        <v>1.1469419999999999</v>
+        <v>1.173522</v>
       </c>
       <c r="C86" s="4"/>
       <c r="D86" s="4"/>
-      <c r="I86" s="1"/>
+      <c r="H86" s="1"/>
+      <c r="Q86" s="2"/>
       <c r="R86" s="2"/>
       <c r="S86" s="2"/>
-      <c r="T86" s="2"/>
-      <c r="W86" s="2"/>
+      <c r="V86" s="2"/>
     </row>
     <row r="87" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A87" s="1">
-        <v>45870</v>
+        <v>45891</v>
       </c>
       <c r="B87" s="7">
-        <v>1.1494040000000001</v>
+        <v>1.1682220000000001</v>
       </c>
       <c r="C87" s="4"/>
       <c r="D87" s="4"/>
-      <c r="I87" s="1"/>
+      <c r="H87" s="1"/>
+      <c r="Q87" s="2"/>
       <c r="R87" s="2"/>
       <c r="S87" s="2"/>
-      <c r="T87" s="2"/>
-      <c r="W87" s="2"/>
+      <c r="V87" s="2"/>
     </row>
     <row r="88" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A88" s="1">
-        <v>45869</v>
+        <v>45890</v>
       </c>
       <c r="B88" s="7">
-        <v>1.15503</v>
+        <v>1.1709579999999999</v>
       </c>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
-      <c r="I88" s="1"/>
+      <c r="H88" s="1"/>
+      <c r="Q88" s="2"/>
       <c r="R88" s="2"/>
       <c r="S88" s="2"/>
-      <c r="T88" s="2"/>
-      <c r="W88" s="2"/>
+      <c r="V88" s="2"/>
     </row>
     <row r="89" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A89" s="1">
-        <v>45868</v>
+        <v>45889</v>
       </c>
       <c r="B89" s="7">
-        <v>1.155098</v>
+        <v>1.166777</v>
       </c>
       <c r="C89" s="4"/>
       <c r="D89" s="4"/>
-      <c r="I89" s="1"/>
+      <c r="H89" s="1"/>
+      <c r="Q89" s="2"/>
       <c r="R89" s="2"/>
       <c r="S89" s="2"/>
-      <c r="T89" s="2"/>
-      <c r="W89" s="2"/>
+      <c r="V89" s="2"/>
     </row>
     <row r="90" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A90" s="1">
-        <v>45867</v>
+        <v>45888</v>
       </c>
       <c r="B90" s="7">
-        <v>1.152034</v>
+        <v>1.1643030000000001</v>
       </c>
       <c r="C90" s="4"/>
       <c r="D90" s="4"/>
-      <c r="I90" s="1"/>
+      <c r="H90" s="1"/>
+      <c r="Q90" s="2"/>
       <c r="R90" s="2"/>
       <c r="S90" s="2"/>
-      <c r="T90" s="2"/>
-      <c r="W90" s="2"/>
+      <c r="V90" s="2"/>
     </row>
     <row r="91" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A91" s="1">
-        <v>45866</v>
+        <v>45887</v>
       </c>
       <c r="B91" s="7">
-        <v>1.154479</v>
+        <v>1.1661999999999999</v>
       </c>
       <c r="C91" s="4"/>
       <c r="D91" s="4"/>
-      <c r="I91" s="1"/>
+      <c r="H91" s="1"/>
+      <c r="Q91" s="2"/>
       <c r="R91" s="2"/>
       <c r="S91" s="2"/>
-      <c r="T91" s="2"/>
-      <c r="W91" s="2"/>
+      <c r="V91" s="2"/>
     </row>
     <row r="92" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A92" s="1">
-        <v>45863</v>
+        <v>45884</v>
       </c>
       <c r="B92" s="7">
-        <v>1.1507369999999999</v>
+        <v>1.1677090000000001</v>
       </c>
       <c r="C92" s="4"/>
       <c r="D92" s="4"/>
       <c r="H92" s="1"/>
-      <c r="I92" s="1"/>
       <c r="Q92" s="2"/>
       <c r="R92" s="2"/>
       <c r="S92" s="2"/>
-      <c r="T92" s="2"/>
       <c r="V92" s="2"/>
-      <c r="W92" s="2"/>
     </row>
     <row r="93" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A93" s="1">
-        <v>45862</v>
+        <v>45883</v>
       </c>
       <c r="B93" s="7">
-        <v>1.1511709999999999</v>
+        <v>1.163848</v>
       </c>
       <c r="C93" s="4"/>
       <c r="D93" s="4"/>
       <c r="H93" s="1"/>
-      <c r="I93" s="1"/>
       <c r="Q93" s="2"/>
       <c r="R93" s="2"/>
       <c r="S93" s="2"/>
-      <c r="T93" s="2"/>
       <c r="V93" s="2"/>
-      <c r="W93" s="2"/>
     </row>
     <row r="94" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A94" s="1">
-        <v>45861</v>
+        <v>45882</v>
       </c>
       <c r="B94" s="7">
-        <v>1.152004</v>
+        <v>1.160963</v>
       </c>
       <c r="C94" s="4"/>
       <c r="D94" s="4"/>
-      <c r="H94" s="1"/>
       <c r="I94" s="1"/>
-      <c r="Q94" s="2"/>
       <c r="R94" s="2"/>
       <c r="S94" s="2"/>
       <c r="T94" s="2"/>
-      <c r="V94" s="2"/>
       <c r="W94" s="2"/>
     </row>
     <row r="95" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A95" s="1">
-        <v>45860</v>
+        <v>45881</v>
       </c>
       <c r="B95" s="7">
-        <v>1.1483939999999999</v>
+        <v>1.1593290000000001</v>
       </c>
       <c r="C95" s="4"/>
       <c r="D95" s="4"/>
-      <c r="H95" s="1"/>
-      <c r="Q95" s="2"/>
+      <c r="I95" s="1"/>
       <c r="R95" s="2"/>
       <c r="S95" s="2"/>
-      <c r="V95" s="2"/>
+      <c r="T95" s="2"/>
+      <c r="W95" s="2"/>
     </row>
     <row r="96" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A96" s="1">
-        <v>45859</v>
+        <v>45880</v>
       </c>
       <c r="B96" s="7">
-        <v>1.14751</v>
+        <v>1.1590860000000001</v>
       </c>
       <c r="C96" s="4"/>
       <c r="D96" s="4"/>
-      <c r="H96" s="1"/>
-      <c r="Q96" s="2"/>
+      <c r="I96" s="1"/>
       <c r="R96" s="2"/>
       <c r="S96" s="2"/>
-      <c r="V96" s="2"/>
-[...1 lines deleted...]
-    <row r="97" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T96" s="2"/>
+      <c r="W96" s="2"/>
+    </row>
+    <row r="97" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A97" s="1">
-        <v>45856</v>
+        <v>45877</v>
       </c>
       <c r="B97" s="7">
-        <v>1.1508590000000001</v>
+        <v>1.1569119999999999</v>
       </c>
       <c r="C97" s="4"/>
       <c r="D97" s="4"/>
-      <c r="H97" s="1"/>
-      <c r="Q97" s="2"/>
+      <c r="I97" s="1"/>
       <c r="R97" s="2"/>
       <c r="S97" s="2"/>
-      <c r="V97" s="2"/>
-[...1 lines deleted...]
-    <row r="98" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T97" s="2"/>
+      <c r="W97" s="2"/>
+    </row>
+    <row r="98" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A98" s="1">
-        <v>45855</v>
+        <v>45876</v>
       </c>
       <c r="B98" s="7">
-        <v>1.144852</v>
+        <v>1.1570640000000001</v>
       </c>
       <c r="C98" s="4"/>
       <c r="D98" s="4"/>
-      <c r="H98" s="1"/>
-      <c r="Q98" s="2"/>
+      <c r="I98" s="1"/>
       <c r="R98" s="2"/>
       <c r="S98" s="2"/>
-      <c r="V98" s="2"/>
-[...1 lines deleted...]
-    <row r="99" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T98" s="2"/>
+      <c r="W98" s="2"/>
+    </row>
+    <row r="99" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A99" s="1">
-        <v>45854</v>
+        <v>45875</v>
       </c>
       <c r="B99" s="7">
-        <v>1.1391549999999999</v>
+        <v>1.1573910000000001</v>
       </c>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
-      <c r="H99" s="1"/>
-      <c r="Q99" s="2"/>
+      <c r="I99" s="1"/>
       <c r="R99" s="2"/>
       <c r="S99" s="2"/>
-      <c r="V99" s="2"/>
-[...1 lines deleted...]
-    <row r="100" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T99" s="2"/>
+      <c r="W99" s="2"/>
+    </row>
+    <row r="100" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A100" s="1">
-        <v>45853</v>
+        <v>45874</v>
       </c>
       <c r="B100" s="7">
-        <v>1.1449549999999999</v>
+        <v>1.1551990000000001</v>
       </c>
       <c r="C100" s="4"/>
       <c r="D100" s="4"/>
-      <c r="H100" s="1"/>
-      <c r="Q100" s="2"/>
+      <c r="I100" s="1"/>
       <c r="R100" s="2"/>
       <c r="S100" s="2"/>
-      <c r="V100" s="2"/>
-[...1 lines deleted...]
-    <row r="101" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T100" s="2"/>
+      <c r="W100" s="2"/>
+    </row>
+    <row r="101" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A101" s="1">
-        <v>45852</v>
+        <v>45873</v>
       </c>
       <c r="B101" s="7">
-        <v>1.1390070000000001</v>
+        <v>1.1469419999999999</v>
       </c>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
-      <c r="G101" s="1"/>
-[...2 lines deleted...]
-      <c r="Q101" s="2"/>
+      <c r="I101" s="1"/>
       <c r="R101" s="2"/>
       <c r="S101" s="2"/>
-      <c r="U101" s="2"/>
-[...2 lines deleted...]
-    <row r="102" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="T101" s="2"/>
+      <c r="W101" s="2"/>
+    </row>
+    <row r="102" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A102" s="1">
-        <v>45849</v>
+        <v>45870</v>
       </c>
       <c r="B102" s="7">
-        <v>1.141772</v>
+        <v>1.1494040000000001</v>
       </c>
       <c r="C102" s="4"/>
       <c r="D102" s="4"/>
-      <c r="G102" s="1"/>
-[...1 lines deleted...]
-      <c r="Q102" s="2"/>
+      <c r="I102" s="1"/>
       <c r="R102" s="2"/>
-      <c r="U102" s="2"/>
-[...1 lines deleted...]
-    <row r="103" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="S102" s="2"/>
+      <c r="T102" s="2"/>
+      <c r="W102" s="2"/>
+    </row>
+    <row r="103" spans="1:23" x14ac:dyDescent="0.35">
       <c r="A103" s="1">
+        <v>45869</v>
+      </c>
+      <c r="B103" s="7">
+        <v>1.15503</v>
+      </c>
+      <c r="C103" s="4"/>
+      <c r="D103" s="4"/>
+      <c r="I103" s="1"/>
+      <c r="R103" s="2"/>
+      <c r="S103" s="2"/>
+      <c r="T103" s="2"/>
+      <c r="W103" s="2"/>
+    </row>
+    <row r="104" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A104" s="1">
+        <v>45868</v>
+      </c>
+      <c r="B104" s="7">
+        <v>1.155098</v>
+      </c>
+      <c r="C104" s="4"/>
+      <c r="D104" s="4"/>
+      <c r="I104" s="1"/>
+      <c r="R104" s="2"/>
+      <c r="S104" s="2"/>
+      <c r="T104" s="2"/>
+      <c r="W104" s="2"/>
+    </row>
+    <row r="105" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A105" s="1">
+        <v>45867</v>
+      </c>
+      <c r="B105" s="7">
+        <v>1.152034</v>
+      </c>
+      <c r="C105" s="4"/>
+      <c r="D105" s="4"/>
+      <c r="I105" s="1"/>
+      <c r="R105" s="2"/>
+      <c r="S105" s="2"/>
+      <c r="T105" s="2"/>
+      <c r="W105" s="2"/>
+    </row>
+    <row r="106" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>45866</v>
+      </c>
+      <c r="B106" s="7">
+        <v>1.154479</v>
+      </c>
+      <c r="C106" s="4"/>
+      <c r="D106" s="4"/>
+      <c r="I106" s="1"/>
+      <c r="R106" s="2"/>
+      <c r="S106" s="2"/>
+      <c r="T106" s="2"/>
+      <c r="W106" s="2"/>
+    </row>
+    <row r="107" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A107" s="1">
+        <v>45863</v>
+      </c>
+      <c r="B107" s="7">
+        <v>1.1507369999999999</v>
+      </c>
+      <c r="C107" s="4"/>
+      <c r="D107" s="4"/>
+      <c r="H107" s="1"/>
+      <c r="I107" s="1"/>
+      <c r="Q107" s="2"/>
+      <c r="R107" s="2"/>
+      <c r="S107" s="2"/>
+      <c r="T107" s="2"/>
+      <c r="V107" s="2"/>
+      <c r="W107" s="2"/>
+    </row>
+    <row r="108" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A108" s="1">
+        <v>45862</v>
+      </c>
+      <c r="B108" s="7">
+        <v>1.1511709999999999</v>
+      </c>
+      <c r="C108" s="4"/>
+      <c r="D108" s="4"/>
+      <c r="H108" s="1"/>
+      <c r="I108" s="1"/>
+      <c r="Q108" s="2"/>
+      <c r="R108" s="2"/>
+      <c r="S108" s="2"/>
+      <c r="T108" s="2"/>
+      <c r="V108" s="2"/>
+      <c r="W108" s="2"/>
+    </row>
+    <row r="109" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>45861</v>
+      </c>
+      <c r="B109" s="7">
+        <v>1.152004</v>
+      </c>
+      <c r="C109" s="4"/>
+      <c r="D109" s="4"/>
+      <c r="H109" s="1"/>
+      <c r="I109" s="1"/>
+      <c r="Q109" s="2"/>
+      <c r="R109" s="2"/>
+      <c r="S109" s="2"/>
+      <c r="T109" s="2"/>
+      <c r="V109" s="2"/>
+      <c r="W109" s="2"/>
+    </row>
+    <row r="110" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A110" s="1">
+        <v>45860</v>
+      </c>
+      <c r="B110" s="7">
+        <v>1.1483939999999999</v>
+      </c>
+      <c r="C110" s="4"/>
+      <c r="D110" s="4"/>
+      <c r="H110" s="1"/>
+      <c r="Q110" s="2"/>
+      <c r="R110" s="2"/>
+      <c r="S110" s="2"/>
+      <c r="V110" s="2"/>
+    </row>
+    <row r="111" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A111" s="1">
+        <v>45859</v>
+      </c>
+      <c r="B111" s="7">
+        <v>1.14751</v>
+      </c>
+      <c r="C111" s="4"/>
+      <c r="D111" s="4"/>
+      <c r="H111" s="1"/>
+      <c r="Q111" s="2"/>
+      <c r="R111" s="2"/>
+      <c r="S111" s="2"/>
+      <c r="V111" s="2"/>
+    </row>
+    <row r="112" spans="1:23" x14ac:dyDescent="0.35">
+      <c r="A112" s="1">
+        <v>45856</v>
+      </c>
+      <c r="B112" s="7">
+        <v>1.1508590000000001</v>
+      </c>
+      <c r="C112" s="4"/>
+      <c r="D112" s="4"/>
+      <c r="H112" s="1"/>
+      <c r="Q112" s="2"/>
+      <c r="R112" s="2"/>
+      <c r="S112" s="2"/>
+      <c r="V112" s="2"/>
+    </row>
+    <row r="113" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A113" s="1">
+        <v>45855</v>
+      </c>
+      <c r="B113" s="7">
+        <v>1.144852</v>
+      </c>
+      <c r="C113" s="4"/>
+      <c r="D113" s="4"/>
+      <c r="H113" s="1"/>
+      <c r="Q113" s="2"/>
+      <c r="R113" s="2"/>
+      <c r="S113" s="2"/>
+      <c r="V113" s="2"/>
+    </row>
+    <row r="114" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A114" s="1">
+        <v>45854</v>
+      </c>
+      <c r="B114" s="7">
+        <v>1.1391549999999999</v>
+      </c>
+      <c r="C114" s="4"/>
+      <c r="D114" s="4"/>
+      <c r="H114" s="1"/>
+      <c r="Q114" s="2"/>
+      <c r="R114" s="2"/>
+      <c r="S114" s="2"/>
+      <c r="V114" s="2"/>
+    </row>
+    <row r="115" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A115" s="1">
+        <v>45853</v>
+      </c>
+      <c r="B115" s="7">
+        <v>1.1449549999999999</v>
+      </c>
+      <c r="C115" s="4"/>
+      <c r="D115" s="4"/>
+      <c r="H115" s="1"/>
+      <c r="Q115" s="2"/>
+      <c r="R115" s="2"/>
+      <c r="S115" s="2"/>
+      <c r="V115" s="2"/>
+    </row>
+    <row r="116" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A116" s="1">
+        <v>45852</v>
+      </c>
+      <c r="B116" s="7">
+        <v>1.1390070000000001</v>
+      </c>
+      <c r="C116" s="4"/>
+      <c r="D116" s="4"/>
+      <c r="G116" s="1"/>
+      <c r="H116" s="1"/>
+      <c r="P116" s="2"/>
+      <c r="Q116" s="2"/>
+      <c r="R116" s="2"/>
+      <c r="S116" s="2"/>
+      <c r="U116" s="2"/>
+      <c r="V116" s="2"/>
+    </row>
+    <row r="117" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A117" s="1">
+        <v>45849</v>
+      </c>
+      <c r="B117" s="7">
+        <v>1.141772</v>
+      </c>
+      <c r="C117" s="4"/>
+      <c r="D117" s="4"/>
+      <c r="G117" s="1"/>
+      <c r="P117" s="2"/>
+      <c r="Q117" s="2"/>
+      <c r="R117" s="2"/>
+      <c r="U117" s="2"/>
+    </row>
+    <row r="118" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A118" s="1">
         <v>45848</v>
       </c>
-      <c r="B103" s="7">
+      <c r="B118" s="7">
         <v>1.1419410000000001</v>
       </c>
-      <c r="C103" s="6"/>
-[...116 lines deleted...]
-      <c r="B118" s="6"/>
       <c r="C118" s="6"/>
       <c r="D118" s="6"/>
     </row>
-    <row r="119" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B119" s="6"/>
+    <row r="119" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A119" s="1">
+        <v>45847</v>
+      </c>
+      <c r="B119" s="7">
+        <v>1.138415</v>
+      </c>
       <c r="C119" s="6"/>
       <c r="D119" s="6"/>
     </row>
-    <row r="120" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B120" s="6"/>
+    <row r="120" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A120" s="1">
+        <v>45846</v>
+      </c>
+      <c r="B120" s="7">
+        <v>1.140668</v>
+      </c>
       <c r="C120" s="6"/>
       <c r="D120" s="6"/>
     </row>
-    <row r="121" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B121" s="6"/>
+    <row r="121" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A121" s="1">
+        <v>45845</v>
+      </c>
+      <c r="B121" s="7">
+        <v>1.142323</v>
+      </c>
       <c r="C121" s="6"/>
       <c r="D121" s="6"/>
     </row>
-    <row r="122" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B122" s="6"/>
+    <row r="122" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A122" s="1">
+        <v>45842</v>
+      </c>
+      <c r="B122" s="7">
+        <v>1.142169</v>
+      </c>
       <c r="C122" s="6"/>
       <c r="D122" s="6"/>
     </row>
-    <row r="123" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B123" s="6"/>
+    <row r="123" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A123" s="1">
+        <v>45841</v>
+      </c>
+      <c r="B123" s="7">
+        <v>1.14107</v>
+      </c>
       <c r="C123" s="6"/>
       <c r="D123" s="6"/>
     </row>
-    <row r="124" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B124" s="6"/>
+    <row r="124" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A124" s="1">
+        <v>45840</v>
+      </c>
+      <c r="B124" s="7">
+        <v>1.140857</v>
+      </c>
       <c r="C124" s="6"/>
       <c r="D124" s="6"/>
     </row>
-    <row r="125" spans="1:4" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B125" s="6"/>
+    <row r="125" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A125" s="1">
+        <v>45839</v>
+      </c>
+      <c r="B125" s="7">
+        <v>1.1365989999999999</v>
+      </c>
       <c r="C125" s="6"/>
       <c r="D125" s="6"/>
     </row>
-    <row r="126" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A126" s="1"/>
       <c r="B126" s="6"/>
       <c r="C126" s="6"/>
       <c r="D126" s="6"/>
     </row>
-    <row r="127" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A127" s="1"/>
       <c r="B127" s="6"/>
       <c r="C127" s="6"/>
       <c r="D127" s="6"/>
     </row>
-    <row r="128" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A128" s="1"/>
       <c r="B128" s="6"/>
       <c r="C128" s="6"/>
       <c r="D128" s="6"/>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A129" s="1"/>
       <c r="B129" s="6"/>
       <c r="C129" s="6"/>
       <c r="D129" s="6"/>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A130" s="1"/>
       <c r="B130" s="6"/>
       <c r="C130" s="6"/>
       <c r="D130" s="6"/>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A131" s="1"/>
       <c r="B131" s="6"/>
       <c r="C131" s="6"/>
       <c r="D131" s="6"/>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A132" s="1"/>
@@ -9713,138 +10819,228 @@
       <c r="B182" s="6"/>
       <c r="C182" s="6"/>
       <c r="D182" s="6"/>
     </row>
     <row r="183" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A183" s="1"/>
       <c r="B183" s="6"/>
       <c r="C183" s="6"/>
       <c r="D183" s="6"/>
     </row>
     <row r="184" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A184" s="1"/>
       <c r="B184" s="6"/>
       <c r="C184" s="6"/>
       <c r="D184" s="6"/>
     </row>
     <row r="185" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A185" s="1"/>
       <c r="B185" s="6"/>
       <c r="C185" s="6"/>
       <c r="D185" s="6"/>
     </row>
     <row r="186" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A186" s="1"/>
       <c r="B186" s="6"/>
+      <c r="C186" s="6"/>
+      <c r="D186" s="6"/>
     </row>
     <row r="187" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A187" s="1"/>
       <c r="B187" s="6"/>
+      <c r="C187" s="6"/>
+      <c r="D187" s="6"/>
     </row>
     <row r="188" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A188" s="1"/>
       <c r="B188" s="6"/>
+      <c r="C188" s="6"/>
+      <c r="D188" s="6"/>
     </row>
     <row r="189" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A189" s="1"/>
       <c r="B189" s="6"/>
+      <c r="C189" s="6"/>
+      <c r="D189" s="6"/>
     </row>
     <row r="190" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A190" s="1"/>
       <c r="B190" s="6"/>
+      <c r="C190" s="6"/>
+      <c r="D190" s="6"/>
     </row>
     <row r="191" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A191" s="1"/>
       <c r="B191" s="6"/>
+      <c r="C191" s="6"/>
+      <c r="D191" s="6"/>
     </row>
     <row r="192" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A192" s="1"/>
       <c r="B192" s="6"/>
-    </row>
-    <row r="193" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C192" s="6"/>
+      <c r="D192" s="6"/>
+    </row>
+    <row r="193" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A193" s="1"/>
       <c r="B193" s="6"/>
-    </row>
-    <row r="194" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C193" s="6"/>
+      <c r="D193" s="6"/>
+    </row>
+    <row r="194" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A194" s="1"/>
       <c r="B194" s="6"/>
-    </row>
-    <row r="195" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C194" s="6"/>
+      <c r="D194" s="6"/>
+    </row>
+    <row r="195" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A195" s="1"/>
       <c r="B195" s="6"/>
-    </row>
-    <row r="196" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C195" s="6"/>
+      <c r="D195" s="6"/>
+    </row>
+    <row r="196" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A196" s="1"/>
       <c r="B196" s="6"/>
-    </row>
-    <row r="197" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C196" s="6"/>
+      <c r="D196" s="6"/>
+    </row>
+    <row r="197" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A197" s="1"/>
       <c r="B197" s="6"/>
-    </row>
-    <row r="198" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C197" s="6"/>
+      <c r="D197" s="6"/>
+    </row>
+    <row r="198" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A198" s="1"/>
       <c r="B198" s="6"/>
-    </row>
-    <row r="199" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C198" s="6"/>
+      <c r="D198" s="6"/>
+    </row>
+    <row r="199" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A199" s="1"/>
       <c r="B199" s="6"/>
-    </row>
-    <row r="200" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C199" s="6"/>
+      <c r="D199" s="6"/>
+    </row>
+    <row r="200" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A200" s="1"/>
       <c r="B200" s="6"/>
-    </row>
-    <row r="201" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="C200" s="6"/>
+      <c r="D200" s="6"/>
+    </row>
+    <row r="201" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A201" s="1"/>
       <c r="B201" s="6"/>
     </row>
-    <row r="202" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="202" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A202" s="1"/>
       <c r="B202" s="6"/>
     </row>
-    <row r="203" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="203" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A203" s="1"/>
       <c r="B203" s="6"/>
     </row>
-    <row r="204" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="204" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A204" s="1"/>
       <c r="B204" s="6"/>
     </row>
-    <row r="205" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="205" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A205" s="1"/>
       <c r="B205" s="6"/>
     </row>
-    <row r="206" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="206" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A206" s="1"/>
       <c r="B206" s="6"/>
     </row>
-    <row r="207" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="207" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A207" s="1"/>
       <c r="B207" s="6"/>
     </row>
-    <row r="208" spans="1:2" x14ac:dyDescent="0.35">
+    <row r="208" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A208" s="1"/>
       <c r="B208" s="6"/>
+    </row>
+    <row r="209" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A209" s="1"/>
+      <c r="B209" s="6"/>
+    </row>
+    <row r="210" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A210" s="1"/>
+      <c r="B210" s="6"/>
+    </row>
+    <row r="211" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A211" s="1"/>
+      <c r="B211" s="6"/>
+    </row>
+    <row r="212" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A212" s="1"/>
+      <c r="B212" s="6"/>
+    </row>
+    <row r="213" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A213" s="1"/>
+      <c r="B213" s="6"/>
+    </row>
+    <row r="214" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A214" s="1"/>
+      <c r="B214" s="6"/>
+    </row>
+    <row r="215" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A215" s="1"/>
+      <c r="B215" s="6"/>
+    </row>
+    <row r="216" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A216" s="1"/>
+      <c r="B216" s="6"/>
+    </row>
+    <row r="217" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A217" s="1"/>
+      <c r="B217" s="6"/>
+    </row>
+    <row r="218" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A218" s="1"/>
+      <c r="B218" s="6"/>
+    </row>
+    <row r="219" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A219" s="1"/>
+      <c r="B219" s="6"/>
+    </row>
+    <row r="220" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A220" s="1"/>
+      <c r="B220" s="6"/>
+    </row>
+    <row r="221" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A221" s="1"/>
+      <c r="B221" s="6"/>
+    </row>
+    <row r="222" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A222" s="1"/>
+      <c r="B222" s="6"/>
+    </row>
+    <row r="223" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A223" s="1"/>
+      <c r="B223" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Prepaid Funeral_Funeral Bond</vt:lpstr>
       <vt:lpstr>Investment Bond</vt:lpstr>